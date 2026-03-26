--- v0 (2026-02-07)
+++ v1 (2026-03-26)
@@ -129,51 +129,51 @@
   <si>
     <t>Indica a necessidade de realizar operação tapa-buracos em toda a extensão da Avenida Centenário na Comunidade Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>Indicação nº 3 de 2026</t>
   </si>
   <si>
     <t>Fabiano Teruel,Clênio Joaquim,Dr. Gediel,Janaina Nordestina,João Fique Frio,Miguel De Paula,Paulinho da Fartura,Professora Socorro,Prof. Fabio Alves,Rosangela Contadora,Silvio Eventos,Zé Barbeiro,Zézinho da Farmacia</t>
   </si>
   <si>
     <t>Indica a necessidade de realizar o manilhamento em toda a extensão da Avenida Centenário, na Comunidade Santo Antônio da Fartura, visando ao adequado escoamento de águas pluviais.</t>
   </si>
   <si>
     <t>Indicação nº 4 de 2026</t>
   </si>
   <si>
     <t>– Indica a necessidade de iniciar o Processo de Regularização Fundiária Urbana (REURB) nas quadras do Bairro Jupiara ainda não contempladas, com atenção especial às situadas em frente à Avenida Senador Atílio Fontana.</t>
   </si>
   <si>
     <t>Indicação nº 6 de 2026</t>
   </si>
   <si>
     <t>Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>Indica a urgente necessidade de realizar nova pavimentação asfáltica em aproximadamente 500 (quinhentos) metros, ligando a MT-344 à Sede da Associação da Comunidade 04 de Outubro, bem como a implantação de uma Academia ao Ar Livre e a construção de um Barracão Comunitário na área de uso comum da Comunidade.</t>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE REALIZAR NOVA PAVIMENTAÇÃO ASFÁLTICA EM APROXIMADAMENTE 500 (QUINHENTOS) METROS, LIGANDO A MT-344 À SEDE DA ASSOCIAÇÃO DA COMUNIDADE 04 DE OUTUBRO, BEM COMO A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE E A CONSTRUÇÃO DE UM BARRACÃO COMUNITÁRIO NA ÁREA DE USO COMUM DA COMUNIDADE.</t>
   </si>
   <si>
     <t>Indicação nº 7 de 2026</t>
   </si>
   <si>
     <t>Dr. Gediel,Clênio Joaquim,Rosangela Contadora</t>
   </si>
   <si>
     <t>– Indica a necessidade de tomar medidas, visando a aquisição de um Veículo Utilitário, tipo Sedan, a fim de atender às demandas do Hospital Municipal Coração de Jesus.</t>
   </si>
   <si>
     <t>Indicação nº 9 de 2026</t>
   </si>
   <si>
     <t>Rosangela Contadora,Clênio Joaquim,Dr. Gediel</t>
   </si>
   <si>
     <t>Indica a necessidade de adotar medidas administrativas e legislativas visando à redução da carga horária de trabalho do Servidor Público Municipal que seja responsável legal e cuidador direto de Pessoa com Deficiência, sem prejuízo de seus direitos salariais, em conformidade com a Lei Complementar Estadual nº 41/2025.</t>
   </si>
   <si>
     <t>Indicação nº 10 de 2026</t>
   </si>
   <si>
     <t>Zé Barbeiro</t>
   </si>