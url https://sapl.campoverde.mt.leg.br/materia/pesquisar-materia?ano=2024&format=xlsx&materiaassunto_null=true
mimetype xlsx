--- v0 (2025-12-07)
+++ v1 (2026-03-17)
@@ -10,5991 +10,6000 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4072" uniqueCount="1980">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4080" uniqueCount="1983">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5881</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>ATAS</t>
   </si>
   <si>
     <t>Atas Sessões Extraordinarias</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5881/ata_193.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5881/ata_193.pdf</t>
   </si>
   <si>
     <t>ATAS 193/2024 - Atas Sessões Extraordinárias.</t>
   </si>
   <si>
     <t>5882</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5882/ata_194.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5882/ata_194.pdf</t>
   </si>
   <si>
     <t>ATAS 194/2024 - Atas Sessões Extraordinárias.</t>
   </si>
   <si>
     <t>5883</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5883/ata_195.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5883/ata_195.pdf</t>
   </si>
   <si>
     <t>ATAS 195/2024 - Atas Sessões Extraordinárias.</t>
   </si>
   <si>
     <t>6070</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6070/ata_02.07.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6070/ata_02.07.2024.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO 02.07.2024</t>
   </si>
   <si>
     <t>6071</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6071/ata_15.07.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6071/ata_15.07.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO 15.07.2024</t>
   </si>
   <si>
     <t>6255</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6255/ata_198-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6255/ata_198-24.pdf</t>
   </si>
   <si>
     <t>ATAS 197/2024 - Atas Sessões Extraordinárias</t>
   </si>
   <si>
     <t>5968</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Atas Sessões Ordinárias</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5968/05.02.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5968/05.02.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO DO DIA 05.02.2024</t>
   </si>
   <si>
     <t>5933</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5933/1321-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5933/1321-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.321/2024 DO DIA 19.02.2024.</t>
   </si>
   <si>
     <t>5935</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5935/1322-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5935/1322-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.322/2024 DO DIA 26.02.2024.</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5934/1323-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5934/1323-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.323/2024 DO DIA 04.03.2024.</t>
   </si>
   <si>
     <t>5936</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5936/1324-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5936/1324-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.324/2024 DO DIA 11.03.2024.</t>
   </si>
   <si>
     <t>5937</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5937/1325-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5937/1325-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.325/2024 DO DIA 18.03.2024.</t>
   </si>
   <si>
     <t>5938</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5938/1326-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5938/1326-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.326/2024 DO DIA 25.03.2024.</t>
   </si>
   <si>
     <t>5939</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5939/1327-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5939/1327-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.327/2024 DO DIA 01.04.2024.</t>
   </si>
   <si>
     <t>5942</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5942/1328-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5942/1328-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.328/2024 DO DIA 02.10.2024.</t>
   </si>
   <si>
     <t>5940</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5940/1329-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5940/1329-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.329/2024 DO DIA 08.04.2024.</t>
   </si>
   <si>
     <t>5941</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5941/1330-24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5941/1330-24.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.330/2024 DO DIA 22.04.2024.</t>
   </si>
   <si>
     <t>5965</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5965/29.04.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5965/29.04.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA Nº 133/2024 DO DIA 29.04.2024.</t>
   </si>
   <si>
     <t>5966</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5966/06.05.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5966/06.05.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO Nº 1332/2024 DO DIA 06.05.2024.</t>
   </si>
   <si>
     <t>5967</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5967/13.05.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5967/13.05.2024.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO Nº 1333/2024 DO DIA 13.05.2024.</t>
   </si>
   <si>
     <t>6024</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6024/20.05_ata.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6024/20.05_ata.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO DO DIA 10.05.2024</t>
   </si>
   <si>
     <t>6025</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6025/ata_27.05.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6025/ata_27.05.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO DO DIA 27.05.2024</t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6026/ata_03.06.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6026/ata_03.06.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO 03.06.2024</t>
   </si>
   <si>
     <t>6027</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6027/ata_10.061.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6027/ata_10.061.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO 10.06.2024</t>
   </si>
   <si>
     <t>6069</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6069/ata_17.06.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6069/ata_17.06.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO DIA 17.06.2024</t>
   </si>
   <si>
     <t>6072</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6072/ata_1339.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6072/ata_1339.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO 24.06.2024</t>
   </si>
   <si>
     <t>6091</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6091/05.08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6091/05.08.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO 05.08.2024.</t>
   </si>
   <si>
     <t>6092</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6092/12.08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6092/12.08.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO 12.08.2024.</t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6093/19.08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6093/19.08.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO 19.08.2024.</t>
   </si>
   <si>
     <t>6155</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6155/ata_1343.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6155/ata_1343.pdf</t>
   </si>
   <si>
     <t>ATA 1343/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6156</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6156/ata_1344.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6156/ata_1344.pdf</t>
   </si>
   <si>
     <t>ATA 1344/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6157</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6157/ata_1345.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6157/ata_1345.pdf</t>
   </si>
   <si>
     <t>ATA 1345/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6158</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6158/ata_1346.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6158/ata_1346.pdf</t>
   </si>
   <si>
     <t>ATA 1346/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6159</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6159/ata_1347.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6159/ata_1347.pdf</t>
   </si>
   <si>
     <t>ATA 1347/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6246</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6246/ata_1348.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6246/ata_1348.pdf</t>
   </si>
   <si>
     <t>ATA 1348/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6247</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6247/ata_1349.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6247/ata_1349.pdf</t>
   </si>
   <si>
     <t>ATA 1349/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6248</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6248/ata_1350.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6248/ata_1350.pdf</t>
   </si>
   <si>
     <t>ATA 1350/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6249</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6249/ata_1351.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6249/ata_1351.pdf</t>
   </si>
   <si>
     <t>ATA 1351/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6250</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6250/ata_1352.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6250/ata_1352.pdf</t>
   </si>
   <si>
     <t>ATA 1352/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6251</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6251/ata_1353.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6251/ata_1353.pdf</t>
   </si>
   <si>
     <t>ATA 1353/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6252</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6252/ata_1354.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6252/ata_1354.pdf</t>
   </si>
   <si>
     <t>ATA 1354/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6253/ata_1355.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6253/ata_1355.pdf</t>
   </si>
   <si>
     <t>ATA 1355/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6254</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6254/ata_1356.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6254/ata_1356.pdf</t>
   </si>
   <si>
     <t>ATA 1356/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>6774</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6774/ata_1357.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6774/ata_1357.pdf</t>
   </si>
   <si>
     <t>ATA 1357/2024 - Atas Sessões Ordinárias.</t>
   </si>
   <si>
     <t>5700</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5700/indicacao_no_001_cleberson_conselho_tutelar.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5700/indicacao_no_001_cleberson_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem na construção de sede própria do Conselho Tutelar.</t>
   </si>
   <si>
     <t>5701</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5701/indicacao_no_002_fabio_unemat.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5701/indicacao_no_002_fabio_unemat.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem em articular junto ao Governo do Estado de Mato Grosso e Universidade Estadual de Mato Grosso a implantação do Campus da UNEMAT em Campo Verde.</t>
   </si>
   <si>
     <t>5702</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Miguel De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5702/indicacao_no_003_miguel_contrucao_calcada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5702/indicacao_no_003_miguel_contrucao_calcada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras Viação e Serviços Públicos – SEMOV, que objetivem com a construção de calçada entre a Incubadora de Empresa e a Igreja Internacional Da Graça, Em Frente A Área De Lazer Recanto Do Sol.</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5703/indicacao_no_004_miguel_de_paula_rocadeira_hidraulica.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5703/indicacao_no_004_miguel_de_paula_rocadeira_hidraulica.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Agricultura, Regularização Fundiária, Habitação e Meio Ambiente com o objetivo de adquirir Roçadeira Hidráulica que engate em trator para a Associação dos Pequenos Produtores da Comunidade Capim Branco – APROCAB.</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Miguel De Paula, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5704/indicacao_no_004_miguel_de_paula_rocadeira_hidraulica.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5704/indicacao_no_004_miguel_de_paula_rocadeira_hidraulica.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto a Secretaria de Obras Viação e Serviços Públicos – SEMOV, que objetivem com a instalação de lâmpadas de leds na quadra esportiva da Escola Municipal José Garbugio, no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5705/indicacao_no_006_nei_construcao_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5705/indicacao_no_006_nei_construcao_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV com objetivo de construir redutor de velocidade na Avenida Isidoro Luiz Gentilin no Bairro Belvedere.</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Boneca, Clebinho do Judô, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5706/indicacao_no_007_nei_paulo_freire.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5706/indicacao_no_007_nei_paulo_freire.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos Órgãos Competentes com o objetivo de melhorar/ampliar a iluminação externa no Centro Educacional Paulo Freire.</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Boneca, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5707/indicacao_no_008_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5707/indicacao_no_008_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a secretaria Estadual de Educação- SEDUC com objetivo de realizar reforma na quadra de esportes da Escola Estadual Boa Esperança na comunidade Dom Osorio.</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Janaina Nordestina</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5708/indicacao_no_009_janaina_caism.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5708/indicacao_no_009_janaina_caism.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a liberação ao público do estacionamento do CAISM (Centro de Atenção Comunitária a Saúde da Mulher e da Criança) e CAED (Centro de Atendimento Especializado de Diagnóstico), bem como a implantação de cobertura neste.</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Gregório do Mercado Popular</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5709/indicacao_no_010_gregorio_santo_antonio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5709/indicacao_no_010_gregorio_santo_antonio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e instalação de parque infantil no Assentamento Santo Antônio da Fartura, nas proximidades da academia ao ar livre.</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5710/indicacao_no_011_gregorio_agrovila.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5710/indicacao_no_011_gregorio_agrovila.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de Praça com parque infantil e quadra poliesportiva na Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Professora Socorro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5711/indicacao_no_012_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5711/indicacao_no_012_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de PSF no Bairro Green Ville.</t>
   </si>
   <si>
     <t>5712</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5712/indicacao_no_013_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5712/indicacao_no_013_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas no sentido de realizar instalação de redutor de velocidade na Avenida Santa Tereza em frente ao Lar Maria de Lourdes.</t>
   </si>
   <si>
     <t>5713</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5713/indicacao_no_014_cleberson_piscina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5713/indicacao_no_014_cleberson_piscina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar estudo e medidas que objetivem em dar aos Agentes de Endemias autorização para adentrarem em imóveis fechados, abandonados e naqueles em que for recusado o acesso, para combater o mosquito aedes aegypti, transmissor da dengue, do zika vírus e do chikungunya, inclusive em horários extraturnos. Visando principalmente as residências que possuam piscinas.</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Elton Tobiano, Denival De Paula, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5714/indicacao_no_015_elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5714/indicacao_no_015_elton.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em dar continuidade na implantação de meio fio na esquina entre a Avenida dos Trabalhadores e Rua Ceará localizada no Bairro Bordas do Lago.</t>
   </si>
   <si>
     <t>5715</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5715/indicacao_no_016_silvio_construcao_quadra_aurea_marquetti.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5715/indicacao_no_016_silvio_construcao_quadra_aurea_marquetti.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Educação que objetivem com a construção da Quadra Poliesportiva na Escola Municipal Professora Áurea Gonçalves Marquetti, no Bairro Greenville II.</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Silvio Eventos, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5716/indicacao_no_017_silvio_iluminacao_cidade_viva.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5716/indicacao_no_017_silvio_iluminacao_cidade_viva.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras com o objetivo de implantar super postes com lâmpada de led na Rua paralela a MT 344, no trecho que compreende a frente do Loteamento Cidade Viva Campo Verde.</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5720/indicacao_no_18_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5720/indicacao_no_18_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Estadual de Educação (SEDUC) com o objetivo de realizar reforma geral na Escola Estadual Ulisses Guimarães.</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5721/indicacao_no_19_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5721/indicacao_no_19_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a manutenção na parte elétrica do sistema de iluminação pública do Campo Society do Assentamento Dom Osório, bem como a substituição das lâmpadas por lâmpadas de led dos postes e refletores.</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5722/indicacao_no_20_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5722/indicacao_no_20_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição de computadores/notebooks para os professores da rede municipal de educação do Município de Campo Verde.</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Juscelino Neves, Denival De Paula, Elton Tobiano</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5723/indicacao_no_21_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5723/indicacao_no_21_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de academias ao ar livre no Bairro Jardim Campo Verde, entre a Avenida Deputado Ulisses Guimarães e Avenida Vinicius de Moraes.</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Silvio Eventos, Nei do Dom Ozorio - PT, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5724/indicacao_no_22_silvio_construcao_quadra_adib_ayesh_nafi.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5724/indicacao_no_22_silvio_construcao_quadra_adib_ayesh_nafi.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto a Secretaria Estadual de Educação – SEDUC que objetivem com a construção da Quadra Poliesportiva na Escola Estadual Adib Ayesh Nafi Has Abdel Khaleq, no Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca, Janaina Nordestina</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5725/indicacao_no_23_silvio_limeira.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5725/indicacao_no_23_silvio_limeira.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em dar continuidade nas implantações dos Super Postes com lâmpadas de led em toda extensão do núcleo urbano da Comunidade Limeira.</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Paulinho da Fartura, Professora Socorro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5726/indicacao_no_24_paulo-socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5726/indicacao_no_24_paulo-socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas para que seja adequada a Base de cálculo da insalubridade devida aos Agentes de Saúde e Agentes de Endemias de Campo Verde-MT, de acordo com a Lei Federal nº 13.342/2016.</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5727/indicacao_no_25_miguel_boa_vista.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5727/indicacao_no_25_miguel_boa_vista.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas realizar Termo de Cooperação entre os Municípios de Campo Verde e Chapada dos Guimarães, com o objetivo de encascalhar toda extensão das estradas da Comunidade Boa Vista.</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5728/indicacao_no_26_miguel_de_paula_redutor_velocidade_avenida_beija_flor.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5728/indicacao_no_26_miguel_de_paula_redutor_velocidade_avenida_beija_flor.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de construir redutor de velocidade em frente a Mercearia e Conveniência LD, na Avenida Beija-Flor no Bairro São Miguel.</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5729/indicacao_no_27_silvio_aeroporto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5729/indicacao_no_27_silvio_aeroporto.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a ampliação e pavimentação asfáltica da pista do Aeroporto Municipal de Campo Verde, bem como a construção de sala de embarque.</t>
   </si>
   <si>
     <t>5731</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Paulinho da Fartura</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com apoio ao Clube de Tiro e Caça Koller - Ctkol / Campo Verde-MT a construção de duas pistas de tiro desportivo para a promoção do convívio social e de capacitação pessoal por meio da prática de esporte/lazer e de cursos técnicos profissionalizantes.</t>
   </si>
   <si>
     <t>5736</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5736/indicacao_no_29_neison_pavimentacao_asfaltica.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5736/indicacao_no_29_neison_pavimentacao_asfaltica.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 29/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a continuidade da pavimentação asfáltica a partir da Ponte do Rio das Morte até a Escola Estadual Boa Esperança no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5740/indicacao_no_30_paulo_bem_me_quer.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5740/indicacao_no_30_paulo_bem_me_quer.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma geral e ampliação do Centro Educacional Bem-me-quer no Bairro Jupiara.</t>
   </si>
   <si>
     <t>5741</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5741/indicacao_no_31_miguel_de_paula_faixa_elevada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5741/indicacao_no_31_miguel_de_paula_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de faixa elevada em frente ao CAED (Centro de Atendimento Especializado de Diagnóstico).</t>
   </si>
   <si>
     <t>5742</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5742/indicacao_no_32_silvio_chromebook.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5742/indicacao_no_32_silvio_chromebook.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Educação que objetivem com a aquisição de Kit Chromebook (notebooks) para os alunos do ensino fundamental da Rede Pública de Educação do Município de Campo Verde.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Silvio Eventos, Janaina Nordestina, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5743/indicacao_no_33_silvio_mini_estadio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5743/indicacao_no_33_silvio_mini_estadio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma/revitalização do Mini Estádios Ivo Rauber Junior.</t>
   </si>
   <si>
     <t>5744</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5744/indicacao_no_34_fabio_centro_de_zoonose.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5744/indicacao_no_34_fabio_centro_de_zoonose.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de implantação do Centro de Reabilitação Animal ou “Casa Abrigo de Animais” em Campo Verde, bem como contratação de equipe capacitada.</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5745/indicacao_no_35_juscelino_poda_de_arvores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5745/indicacao_no_35_juscelino_poda_de_arvores.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente no intuito de realizar poda padronizada das árvores no Bairro Recanto do Bosque I e II.</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5746/indicacao_no_36_juscelino_parque.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5746/indicacao_no_36_juscelino_parque.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a conclusão da construção do Parque dos Pássaros, localizado entre os Bairros Jardim América e Recanto dos Pássaros II, conforme consta no Plano de Governo.</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5747/indicacao_no_37_miguel_de_paula_transporte_greenville_ii.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5747/indicacao_no_37_miguel_de_paula_transporte_greenville_ii.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Educação para viabilizar o transporte escolar até a última rotatória do Bairro Greenville II, no intuito de atender os alunos daquela região.</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5748/indicacao_no_38_fabio_av_dom_aquino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5748/indicacao_no_38_fabio_av_dom_aquino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, no intuito de realizar reforma na calçada anexa ao canteiro central da Avenida Dom Aquino, situada no Bairro Jupiara.</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5749/indicacao_no_39_paulinho_suspensao_de_feiroes.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5749/indicacao_no_39_paulinho_suspensao_de_feiroes.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos orgãos competentes no intuito de suspender os feirões de venda de veículos em nosso Município.</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Silvio Eventos, Clebinho do Judô, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a viabilização de recursos para a construção de cobertura na quadra poliesportiva localizada dentro do perímetro do Estádio Municipal Félix Belém de Castro. Bem como reforma e adequação na estrutura já existente.</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Silvio Eventos, Miguel De Paula, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5757/indicacao_no_41_silvio_refletores_estadio_felix_belem.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5757/indicacao_no_41_silvio_refletores_estadio_felix_belem.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a substituição das lâmpadas de sódio do sistema de iluminação do Estádio Municipal Félix Belém de Castro por refletores de led.</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5758/indicacao_no_42_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5758/indicacao_no_42_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, que objetivem com a pavimentação asfáltica da entrada do Assentamento 28 de Outubro que dá início na MT 140 até o núcleo do mesmo.</t>
   </si>
   <si>
     <t>5759</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5759/indicacao_no_43_juscelino_pessoas_em_situacao_de_rua.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5759/indicacao_no_43_juscelino_pessoas_em_situacao_de_rua.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar parcerias com a Polícia Militar, a Defesa Civil e a Secretaria de Ação Social com o objetivo de realizar estudo e implantação de programa para que pessoas em situação de Rua que tenham interesse em permanecer na cidade através da reintegração social por meio do trabalho.</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5760/indicacao_no_44_miguel_de_paula_ampliacao_estacionamento_caed.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5760/indicacao_no_44_miguel_de_paula_ampliacao_estacionamento_caed.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Saúde com objetivo de ampliar o estacionamento do CAED (Centro de Atendimento Especializado de Diagnóstico) bem como a liberação desta ampliação ao público.</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5761/indicacao_no_45_miguel_de_paula_camera_monitoramento_capim_branco_e_taperinha.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5761/indicacao_no_45_miguel_de_paula_camera_monitoramento_capim_branco_e_taperinha.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com instalação de sistema de monitoramento e vigilância com câmeras, nas Comunidades Rurais do Capim Branco e Taperinha.</t>
   </si>
   <si>
     <t>5762</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Miguel De Paula, Elton Tobiano</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5762/indicacao_no_46_miguel_de_paula_ar_condicionado_laboratorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5762/indicacao_no_46_miguel_de_paula_ar_condicionado_laboratorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e instalação de aparelhos de ares condicionados no Laboratório Municipal que está anexo ao CAED (Centro de Atendimento Especializado de Diagnóstico).</t>
   </si>
   <si>
     <t>5763</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5763/indicacao_no_47_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5763/indicacao_no_47_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a pavimentação asfáltica do Distrito Industrial II, III e IV.</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5764/indicacao_no_48_nei_sinalizacao__motos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5764/indicacao_no_48_nei_sinalizacao__motos.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Obras, Viação e Serviços Públicos – SEMOV e Departamento Municipal de Trânsito Urbano - DMTU, com o objetivo de realizar estudo e implantação de sinalização horizontal de estacionamento para veículo de duas rodas “moto”, em frente as Escolas Municipais: São Lourenço, Dona Maria Artemir Pires e Monteiro Lobato.</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5765/indicacao_no_49_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5765/indicacao_no_49_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Assistência Social de Campo Verde, com o objetivo de renovar contratos ou realizar novas inscrições para o Programa Jovem Aprendiz.</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5772/indicacao_no_50_paulinho_encascalhamento.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5772/indicacao_no_50_paulinho_encascalhamento.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 50/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras, com o objetivo de realizar o encascalhamento e patrolamento nas entradas vicinais do Assentamento Santo Antônio da Fartura. Bem como a implantação de caixas de contenção, evitando assim a erosão em estradas rurais.</t>
   </si>
   <si>
     <t>5773</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5773/indicacao_no_51_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5773/indicacao_no_51_paulinho.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 51/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Agricultura para que se faça cumprir a Lei nº 2.943, 08 de fevereiro de 2023 a qual institui o Programa Porteira Adentro visando atender as demandas do encascalhamento das entradas dos lotes que já passaram por vistoria técnica.</t>
   </si>
   <si>
     <t>5774</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5774/indicacao_no_52_janaina_pista_recanto_do_sol.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5774/indicacao_no_52_janaina_pista_recanto_do_sol.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 52/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos Órgãos Competentes com o objetivo de construir trilha para caminhada e ciclismo (mountain bike), na Área de Preservação Permanente – APP do Parque Recanto do Sol.</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5775/indicacao_no_53_gregorio_iml.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5775/indicacao_no_53_gregorio_iml.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 53/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar providências junto ao Governo do Estado para que seja criado unidade do Instituto Médico Legal (IML) no Município de Campo Verde.</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5776/indicacao_no_54_gregorio_legista.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5776/indicacao_no_54_gregorio_legista.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 54/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado com objetivo de contratar Médico Legista, para o Município de Campo Verde -MT.</t>
   </si>
   <si>
     <t>5777</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5777/indicacao_no_55_miguel_de_paula_camera_monitoramento_limeira_e_agrovila.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5777/indicacao_no_55_miguel_de_paula_camera_monitoramento_limeira_e_agrovila.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 55/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com instalação de sistema de monitoramento e vigilância com câmeras, nas Comunidades Rurais do Limeira e Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>5778</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5778/indicacao_no_56_miguel_de_paula_iluminacao_quadra_parque_araras.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5778/indicacao_no_56_miguel_de_paula_iluminacao_quadra_parque_araras.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 56/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à SEMOV – Secretaria Municipal de Obras Viação e Serviços Públicos que objetivem com a manutenção/substituição das lâmpadas da quadra esportiva no Parque das Araras.</t>
   </si>
   <si>
     <t>5779</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5779/indicacao_no_57_miguel_de_paula_redutor_velocidade_rua_flamingo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5779/indicacao_no_57_miguel_de_paula_redutor_velocidade_rua_flamingo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 57/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de construir redutor de velocidade na Rua Flamingo entre as Avenidas Beija-Flor e Rua das Araras.</t>
   </si>
   <si>
     <t>5780</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Silvio Eventos, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5780/indicacao_no_58_silvio_cora_coralina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5780/indicacao_no_58_silvio_cora_coralina.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 58/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos orgãos competentes com o intuito de se realizar estudos que viabilizem com implantação de Parque Infantil (Playground), na Creche (Cora Coralina) que está sendo construida no Bairro Jardim América/ Santa Rosa.</t>
   </si>
   <si>
     <t>5781</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5781/indicacao_no_59_silvio_calcada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5781/indicacao_no_59_silvio_calcada.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 59/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem a construção de calçada com Passeio compartilhado junto a lateral da Área de Lazer Recanto do Sol, na Rua Bordas do Lago.</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5789/indicacao_no_60_juscelino_p_onibus_buritis.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5789/indicacao_no_60_juscelino_p_onibus_buritis.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 60/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Apoio a Segurança Pública e seu Departamento Municipal de Trânsito Urbano – DMTU, com o objetivo de construir/implantar ponto de ônibus com cobertura e bancos no Bairro Buritis.</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5790/indicacao_no_61_nei_brasil_sorridente.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5790/indicacao_no_61_nei_brasil_sorridente.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 61/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Saúde com o objetivo de se fazer cumprir e realizar uma maior divulgação/publicidade do Projeto Brasil Sorridente, projeto este já existe em nosso Município.</t>
   </si>
   <si>
     <t>5791</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5791/indicacao_no_62_gregorio_dourado_encascalhamento_14_de_agosto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5791/indicacao_no_62_gregorio_dourado_encascalhamento_14_de_agosto.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 62/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras Viação e Serviços Públicos - SEMOV, com o objetivo de realizar manutenção do encascalhamento nas estradas da Comunidade 14 de Agosto.</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5792/indicacao_no_63_paulinho_tapa_buracos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5792/indicacao_no_63_paulinho_tapa_buracos.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, com o intuito de realizar operação tapa buracos na Avenida Centenário localizada no Assentamento Santo Antônio da Fartura, no trecho entre a Espetaria do Ricardo até o Ponto de Pagamento Fartura.</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5793/indicacao_no_64_elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5793/indicacao_no_64_elton.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em estender a faixa elevada localizada em frente ao Centro Educacional Paulo Freire, ficando assim a mesma em ambos os sentidos da Avenida Airton Senna.</t>
   </si>
   <si>
     <t>5794</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5794/indicacao_no_65_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5794/indicacao_no_65_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em interligar a Avenida Piranhaçu com a Avenida Atílio Fontana, no Bairro Jupiara, bem como realizar pavimentação asfáltica neste trecho.</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5795/indicacao_no_66_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5795/indicacao_no_66_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em implantar bancos em frente a Área de Lazer Parque Recanto dos Pássaros João do Nascimento Conceição.</t>
   </si>
   <si>
     <t>5796</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5796/indicacao_no_67_miguel_de_paula_manilhamento_serrinha.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5796/indicacao_no_67_miguel_de_paula_manilhamento_serrinha.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV com objetivo de realizar estudo e implantação de manilhamento nos locais críticos em toda extensão das estradas da Comunidade Serrinha.</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5797/indicacao_no_68_miguel_de_paula_rebaixamento_calcada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5797/indicacao_no_68_miguel_de_paula_rebaixamento_calcada.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV com objetivo de realizar o rebaixamento da calçada frente à faixa de pedestre localizada na Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5805/indicacao_no_69_juscelino_ar_cond.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5805/indicacao_no_69_juscelino_ar_cond.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com aquisição e instalação de climatizador/ar-condicionado nos ônibus escolares das Comunidades 14 de Agosto, Taperinha, Capim Branco, Paulo Freire, 28 de Outubro e Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>5806</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5806/indicacao_no_70_juscelino_uniforme_escolar.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5806/indicacao_no_70_juscelino_uniforme_escolar.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas junto a Secretaria Municipal de Educação que objetivem com viabilidade de troca da cor do uniforme da Zona Rural de Campo Verde.</t>
   </si>
   <si>
     <t>5807</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Gregório do Mercado Popular, Janaina Nordestina</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5807/indicacao_no_71_gregorio_repelente.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5807/indicacao_no_71_gregorio_repelente.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto a Secretaria Municipal de Saúde que objetivem com aquisição/compra de repelentes para gestantes e lactantes assistidas pelo CAISM, a fim de evitar a contaminação pelo mosquito Aedes Aegypti, transmissor do Zika Vírus, Dengue e Chicungunha.</t>
   </si>
   <si>
     <t>5808</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5808/indicacao_no_72_gregorio_incentivo_fiscal.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5808/indicacao_no_72_gregorio_incentivo_fiscal.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem a viabilidade de conceder incentivos fiscais às empresas para fomentar a inserção de jovens no mercado de trabalho.</t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5809/indicacao_no_73_gregorio_toldo_psf_estacao_da_luz.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5809/indicacao_no_73_gregorio_toldo_psf_estacao_da_luz.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a instalação de toldos de proteção no PSF Central do Bairro Estação da Luz.</t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5810/indicacao_no_74_janaina_av_mt_grosso.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5810/indicacao_no_74_janaina_av_mt_grosso.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV e Secretaria Municipal de Planejamento que objetivem com a revitalização e manutenção das calçadas em toda extensão da Avenida Mato Grosso.</t>
   </si>
   <si>
     <t>5811</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5811/indicacao_no_75_miguel_av_lourival_lopes.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5811/indicacao_no_75_miguel_av_lourival_lopes.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal necessidade de se tomar medidas junto aos Órgãos Competentes, com o intuito de realizar Pavimentação Asfáltica e Iluminação com Super Postes na Avenida Lourival Lopes localizada no Distrito Industrial.</t>
   </si>
   <si>
     <t>5812</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5812/indicacao_no_76_miguel_escola_sabina_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5812/indicacao_no_76_miguel_escola_sabina_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas, visando a contratação de monitores para atuar nos pátios e em toda a área interna da Escola Municipal Dona Sabina Lazarin Prati.</t>
   </si>
   <si>
     <t>5813</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5813/indicacao_no_77_silvio_farmacia_sao_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5813/indicacao_no_77_silvio_farmacia_sao_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde do Município com o objetivo de implantar unidade descentralizada da Farmácia Satélite Municipal nos Bairros Cidade Alta e São Miguel.</t>
   </si>
   <si>
     <t>5814</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5814/indicacao_no_78_silvio_cezar_lima.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5814/indicacao_no_78_silvio_cezar_lima.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a abertura de via a partir da BR 070 até o Bairro Campo Real II, dando assim continuidade à Avenida Vereador Cesar Lima, bem como à pavimentação asfáltica desta.</t>
   </si>
   <si>
     <t>5815</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5815/indicacao_no_79_silvio_fiscalizacao_terrenos_baldios.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5815/indicacao_no_79_silvio_fiscalizacao_terrenos_baldios.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas com o objetivo de intensificar a fiscalização e emissões de notificações aos proprietários de terrenos sem manutenção para cumprimento da lei 613/1999, no que se refere a limpeza de terrenos baldios urbanos, frisando que tal medida se deve ao fato do Município de Campo Verde ter registrado um grande aumento nos casos de dengue.</t>
   </si>
   <si>
     <t>5816</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5816/indicacao_no_80_juscelino_alambrado_psf_28.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5816/indicacao_no_80_juscelino_alambrado_psf_28.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de alambrado no entorno do PSF do Assentamento 28 de Outubro, bem como paisagismo e jardinagem.</t>
   </si>
   <si>
     <t>5817</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5817/indicacao_no_81_nei_grade_de_seguranca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5817/indicacao_no_81_nei_grade_de_seguranca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com manutenção das grades de proteção da Rodoviária Municipal de Campo Verde.</t>
   </si>
   <si>
     <t>5818</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5818/indicacao_no_82_nei_pavimentacao_rodoviaria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5818/indicacao_no_82_nei_pavimentacao_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a micro pavimentação asfáltica do pátio interno da Rodoviária Municipal de Campo Verde.</t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Clebinho do Judô, Denival De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5819/indicacao_no_83_nei_telhado_rodoviaria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5819/indicacao_no_83_nei_telhado_rodoviaria.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a manutenção do telhado da Rodoviária Municipal de Campo Verde.</t>
   </si>
   <si>
     <t>5820</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5820/indicacao_no_84_socorro_empaer.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5820/indicacao_no_84_socorro_empaer.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado que objetivem com a transferência da EMPAER/Campo Verde (Empresa Mato Grossense de Pesquisa Assistência e Extensão Rural) para a antiga Sede do SEFAZ (Secretaria de Estado da Fazenda).</t>
   </si>
   <si>
     <t>5821</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5821/indicacao_no_85_socorro_usina_de_trituracao_de_residuos_da_construcao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5821/indicacao_no_85_socorro_usina_de_trituracao_de_residuos_da_construcao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos Órgãos Competentes para que seja construída uma usina de trituração de resíduos da construção civil no Município de Campo Verde.</t>
   </si>
   <si>
     <t>5822</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Clebinho do Judô, Janaina Nordestina</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5822/indicacao_no_86_clebinho_agrovila.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5822/indicacao_no_86_clebinho_agrovila.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de um espaço de médio porte, multiuso na Comunidade Agrovila João Ponce de Arruda, para utilização de toda comunidade sem restrições associativas ou de entidades privadas.</t>
   </si>
   <si>
     <t>5823</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5823/indicacao_no_87_silvio_reforma_e_climatizacao_sao_lourenco.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5823/indicacao_no_87_silvio_reforma_e_climatizacao_sao_lourenco.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma do PSF São Lourenço no Bairro São Lourenço, e está contemple a climatização da recepção com ar condicionado.</t>
   </si>
   <si>
     <t>5824</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5824/indicacao_no_88_silvio_farmacia_belvedere.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5824/indicacao_no_88_silvio_farmacia_belvedere.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde do Município com o objetivo de implantar unidade descentralizada da Farmácia Satélite Municipal nos Bairros Belvedere e Green Ville.</t>
   </si>
   <si>
     <t>5825</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5825/indicacao_no_88_silvio_farmacia_belvedere.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5825/indicacao_no_88_silvio_farmacia_belvedere.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos órgãos competentes, com o objetivo de realizar a extensão de rede com colocação de super postes e lâmpadas de led, na comunidade Agrovila Governador João Ponce de Arruda, bem como a manutenção na parte elétrica do sistema de iluminação pública do Campo Society, com a substituição das lâmpadas por lâmpadas de led dos postes e refletores dessa localidade.</t>
   </si>
   <si>
     <t>5826</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5826/indicacao_no_90_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5826/indicacao_no_90_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação de Centro Esportivo ao ar livre no Residencial Green Ville I e II, com inúmeras aulas e atividades de esportes e lazer para a população, com diversas estruturas esportivas, tais como: quadras poliesportivas, campos de futebol, quadras de tênis, pistas de skate/esportes radicais, ginástica, alongamento, caminhada e muito mais.</t>
   </si>
   <si>
     <t>5829</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5829/indicacao_no_91_janaina_cobertura_quadra_araras.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5829/indicacao_no_91_janaina_cobertura_quadra_araras.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com construção de cobertura da quadra esportiva localizada na Área de Lazer Parque das Araras.</t>
   </si>
   <si>
     <t>5830</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5830/indicacao_no_92_paulinho_vigilancia_ambiental.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5830/indicacao_no_92_paulinho_vigilancia_ambiental.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com implantação/instalação de ar condicionado na sala dos ACEs (agentes de combate a endemias) localizada no prédio da Vigilância Ambiental, bem como aquisição de uniformes, EPIs (equipamento de proteção individual) e pulverizador costal motorizado para esses Profissionais da Saúde.</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5831/indicacao_no_93_socorro_contorno.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5831/indicacao_no_93_socorro_contorno.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com objetivo de realizar abertura de via de acesso (contorno) no Canteiro da Avenida presidente Tancredo Neves com a Avenida Deputado Ulisses Guimarães, próximo a Padaria Dona Hortência.</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5832/indicacao_no_94_socorro_paisagismo_av_dos_trabalhadores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5832/indicacao_no_94_socorro_paisagismo_av_dos_trabalhadores.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com ornamentação e paisagismo no Canteiro Central da Avenida dos Trabalhadores.</t>
   </si>
   <si>
     <t>5833</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5833/indicacao_no_95_miguel_de_paula_reforma_campo_futebol.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5833/indicacao_no_95_miguel_de_paula_reforma_campo_futebol.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Cultura, Lazer e Esporte e à Secretaria Municipal de Obras Viação e Serviços Públicos com objetivo de realizar reforma no campo de futebol no Bairro Jardim América.</t>
   </si>
   <si>
     <t>5834</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5834/indicacao_no_96_miguel_de_paula_trevo_olvebra.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5834/indicacao_no_96_miguel_de_paula_trevo_olvebra.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a SINFRA (Secretaria de Estado de Infraestrutura e Logística) e DNIT (Departamento Nacional de Infraestrutura de Transportes) para estudo e implantação de TREVO entre a MT-140, BR-070 e BR-364, conhecido como o “Desvio da Olvebra”.</t>
   </si>
   <si>
     <t>5835</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5835/indicacao_no_97_janaina_farmacia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5835/indicacao_no_97_janaina_farmacia.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde do Município com o objetivo de implantar unidade descentralizada da Farmácia Municipal no Bairro Jupiara.</t>
   </si>
   <si>
     <t>5836</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5836/indicacao_no_98__gregorio_construcao_de_raias_flutuantes.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5836/indicacao_no_98__gregorio_construcao_de_raias_flutuantes.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Cultura Lazer e Esporte que objetivem com a implantação de raias flutuantes para práticas esportivas aquáticas no lago da área de lazer Recanto do Sol.</t>
   </si>
   <si>
     <t>5837</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5837/indicacao_no_99_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5837/indicacao_no_99_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a cedência de espaço adequado para o grupo de apicultores e de equipamentos para processamento do mel produzido.</t>
   </si>
   <si>
     <t>5838</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5838/indicacao_no_100_silvio_torre_telefone_fartura.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5838/indicacao_no_100_silvio_torre_telefone_fartura.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto as empresas concessionarias com o objetivo de viabilizar a instalação de torre para telefonia móvel com internet, para atender o Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>5839</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Silvio Eventos, Janaina Nordestina, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5839/indicacao_no_101_silvio_creche_cora_coralina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5839/indicacao_no_101_silvio_creche_cora_coralina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Educação com o objetivo de realizar estudo para implantação do período integral quando a Creche Cora Coralina estiver na nova instalação no Bairro Jardim América/Santa Rosa.</t>
   </si>
   <si>
     <t>5848</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de praça com passeio (pista de caminhada) na área social do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>5849</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5849/indicacao_no_103_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5849/indicacao_no_103_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de mini estádio com campo de futebol e quadra de areia no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>5850</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5850/indicacao_no_104_gregorio_sangue.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5850/indicacao_no_104_gregorio_sangue.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária de Saúde e Secretária de Estado de Saúde para que haja unidade de coleta e transfusão de sangue em Campo Verde.</t>
   </si>
   <si>
     <t>5851</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5851/indicacao_no_105_gregorio_estadio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5851/indicacao_no_105_gregorio_estadio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de cobertura nas arquibancadas do Mini Estádio Ivo Rauber Junior, bem como instalação de placa com a denominação deste.</t>
   </si>
   <si>
     <t>5852</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5852/indicacao_no_106_cleberson_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5852/indicacao_no_106_cleberson_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de construir redutor de velocidade na Avenida São Paulo com a rua Maceió nas proximidades da Secretaria de Obras.</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5853/indicacao_no_107_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5853/indicacao_no_107_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de praça no Bairro Santo Rosa.</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5854/indicacao_no_108_socorro_amerecilda.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5854/indicacao_no_108_socorro_amerecilda.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma e ampliação das dependências administrativas e refeitório do Centro Educacional Amerecilda Conceição Fernandes Rezende.</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5855/indicacao_no_109_miguel_de_paula_lixeira_comunidade.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5855/indicacao_no_109_miguel_de_paula_lixeira_comunidade.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos órgãos competentes com objetivo de implantar lixeiras na entrada da Comunidade Rural Varjão.</t>
   </si>
   <si>
     <t>5856</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5856/indicacao_no_110_miguel_de_paula_continuidade_avenida_brasilia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5856/indicacao_no_110_miguel_de_paula_continuidade_avenida_brasilia.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com o objetivo da continuidade da Avenida Brasília que compreende entre a Bunge até a frente do Parque de Exposição Marcos Antônio Esteves da Rocha.</t>
   </si>
   <si>
     <t>5857</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5857/indicacao_no_111_socorro_forum_permanente.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5857/indicacao_no_111_socorro_forum_permanente.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em instituir Fórum permanente para a Secretaria de Cultura Lazer e Esportes.</t>
   </si>
   <si>
     <t>5858</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5858/indicacao_no_112_paulo_kits_de_materiais_de_construcao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5858/indicacao_no_112_paulo_kits_de_materiais_de_construcao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo Federal através do Instituto Nacional de Colonização e Reforma Agrária (INCRA) e Governo do Estado através do Instituto de Terras de Mato Grosso- INTERMAT, que objetivem com a destinação de kits de materiais de construção para construção/ampliação de casas populares na zona rural.</t>
   </si>
   <si>
     <t>5859</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5859/indicacao_no_113_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5859/indicacao_no_113_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de de instituir o benefício de isenção e remissão de débitos no IPTU e taxa de coleta de lixo aos contribuintes, cônjuges, pais e/ou filhos dos mesmos que comprovadamente sejam de baixa renda e sejam portadores de neoplasia (tumor maligno), alzheimer (DA), transtorno do aspecto autista (TEA).</t>
   </si>
   <si>
     <t>5860</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5860/indicacao_no_114_gregorio_ong.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5860/indicacao_no_114_gregorio_ong.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em firmar Termo de Cooperação com a ONG Patinhas Carentes, no intuito de viabilizar veículo para transporte e resgate de animais de pequeno porte no Munícipio de Campo Verde.</t>
   </si>
   <si>
     <t>5861</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5861/indicacao_no_115_gregorio_hemodialise.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5861/indicacao_no_115_gregorio_hemodialise.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de estudo junto ao Órgão competente no sentido de viabilizar a criação de Centro de Hemodiálise e Diálise, espaço especializado no tratamento de insuficiência renal crônica e aguda.</t>
   </si>
   <si>
     <t>5862</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5862/indicacao_no_116_miguel_de_paula_cora_coralina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5862/indicacao_no_116_miguel_de_paula_cora_coralina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Educação visando que após a transferência da Creche Cora Coralina para o Bairro Santa Rosa/Jardim América, a implantação de extensão da mesma na atual instalação, com objetivo de atender o público dos Bairros Cidade Alta I, II e III, bem como o São Miguel.</t>
   </si>
   <si>
     <t>5863</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5863/indicacao_no_117_miguel_de_paula__poda_de_arvores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5863/indicacao_no_117_miguel_de_paula__poda_de_arvores.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos órgãos competentes no intuito de realizar poda de árvores na Comunidade Capim Branco.</t>
   </si>
   <si>
     <t>5865</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5865/indicacao_no_118_miguel_de_paula_construcao_de_creche_bairro_cidade_alta_ou_sao_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5865/indicacao_no_118_miguel_de_paula_construcao_de_creche_bairro_cidade_alta_ou_sao_miguel.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 118/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Educação com objetivo de construir uma Creche no Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>5866</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5866/indicacao_no_119_gregorio_buritis.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5866/indicacao_no_119_gregorio_buritis.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 119/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de academia ao ar livre no Loteamento Buritis.</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Clebinho do Judô, Denival De Paula, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5867/indicacao_no_120_nei_limpeza_br.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5867/indicacao_no_120_nei_limpeza_br.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 120/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos Órgãos Competentes com o objetivo de realizar limpeza na Avenida Atílio Fontana, paralela a BR 070, a partir da Iguaçu Máquinas Agrícolas – John Deere, até o Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>5868</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5868/indicacao_no_121_silvio_av_pedro_garbuio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5868/indicacao_no_121_silvio_av_pedro_garbuio.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 121/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras com o objetivo de dar continuidade da duplicação da Avenida Pedro Garbúgio, entre os Bairros Belvedere e Greenville, até a entrada da fazendo do Mineirinho.</t>
   </si>
   <si>
     <t>5869</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5869/indicacao_no_122_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5869/indicacao_no_122_paulo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 122/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos órgãos competentes com o objetivo de realizar instalações necessárias para o funcionamento do poço perfurado no setor BR do lote do Nei, o mesmo ainda não possui bomba e interligação com a caixa d’água do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>5870</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5870/indicacao_no_123__miguel_de_paula_pista_de_motocross.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5870/indicacao_no_123__miguel_de_paula_pista_de_motocross.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 123/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em agregar na Pista de Motocroos tais benfeitorias: instalação e construção de academia pública, pista de caminhada, quadra de areia, e iluminação com lâmpadas de led.</t>
   </si>
   <si>
     <t>5871</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5871/indicacao_no_124_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5871/indicacao_no_124_socorro.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 124/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em dar continuidade ao nome da Avenida Mato Grosso – Região Sul conforme Lei Municipal nº 2.384/2018, onde hoje é denominada Diretriz nº 15 no Bairro Greenville II.</t>
   </si>
   <si>
     <t>5895</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5895/indicacao_no_125__miguel_de_paula_contrucao_calcada_lateral_estacionamento_andreis.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5895/indicacao_no_125__miguel_de_paula_contrucao_calcada_lateral_estacionamento_andreis.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 125/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de calçadas na lateral do pátio de estacionamento do Posto de Combustível Araras que inclui a Travessa dos Esportistas e a Rua Aroeira.</t>
   </si>
   <si>
     <t>5896</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5896/indicacao_no_126_jana_kit_material_de_construcao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5896/indicacao_no_126_jana_kit_material_de_construcao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 126/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas   que objetivem com a destinação de Kits de Materiais de construção para as famílias de baixa renda.</t>
   </si>
   <si>
     <t>5897</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5897/indicacao_no_127_paulo_aduelas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5897/indicacao_no_127_paulo_aduelas.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 127/2024 - Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a substituição da ponte de madeira por pontes de aduelas de concreto no Assentamento Santo Antônio da Fartura nos setores: “sede velha” e “setor Tadashi 1ª linha”.</t>
   </si>
   <si>
     <t>5898</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5898/indicacao_no_128_paulo_reforma_ponte_rio_bigorna.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5898/indicacao_no_128_paulo_reforma_ponte_rio_bigorna.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 128/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma da Ponte sobre o Rio Bigorna no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>5899</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5899/indicacao_no_129_paulopoco.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5899/indicacao_no_129_paulopoco.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 129/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas   que objetivem na perfuração de dois poços artesianos, no Assentamento Santo Antônio da Fartura no “setor sede nova”, sentido linha do IFMT, e na divisa com a Comunidade Mata Mata, bem como a ampliação na rede de abastecimento destes.</t>
   </si>
   <si>
     <t>5900</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5900/indicacao_no_130_miguel_de_paula_ponto_onibus.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5900/indicacao_no_130_miguel_de_paula_ponto_onibus.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 130/2024 - Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a construção de ponto de ônibus com cobertura no loteamento cidade viva.</t>
   </si>
   <si>
     <t>5901</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5901/indicacao_no_131__gregorio_ponto_de_onibus.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5901/indicacao_no_131__gregorio_ponto_de_onibus.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 131/2024 - Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto a Secretaria de Apoio a Segurança Pública e seu Departamento Municipal de Trânsito Urbano – DMTU e demais órgãos Competentes, com o objetivo de construir/implantar quatro Pontos de Ônibus com cobertura e bancos na Comunidade Limeira, nas seguintes localidades, Fazenda Adriana, Fazenda Flamboyant, Fazenda Nossa Senhora Aparecida e Algodoeira Paraíso.</t>
   </si>
   <si>
     <t>5902</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Clebinho do Judô, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5902/indicacao_no_132__cesar_lima.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5902/indicacao_no_132__cesar_lima.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 132/2024 - Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a construção de calçada com ciclovia paralela no canteiro central da Avenida Vereador Cesar Lima em toda a sua extensão.</t>
   </si>
   <si>
     <t>5943</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5943/indicacao_no_133_clebinho_av._beija_flor.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5943/indicacao_no_133_clebinho_av._beija_flor.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a construção de calçada com ciclovia paralela no canteiro central da Avenida Beija-Flor em toda a sua extensão.</t>
   </si>
   <si>
     <t>5944</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Silvio Eventos, Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5944/indicacao_no_134_silvio_e_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5944/indicacao_no_134_silvio_e_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas que objetivem com a construção de ciclovia paralela ao canteiro central na Avenida Presidente João Goulart.</t>
   </si>
   <si>
     <t>5945</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5945/indicacao_no_135_miguel_de_paula_asfaltar_estrada_que_liga_br070.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5945/indicacao_no_135_miguel_de_paula_asfaltar_estrada_que_liga_br070.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a continuidade da pavimentação no acesso que liga a Avenida São Cristóvão no Bairro Santa Rosa, à BR-070 (lateral da antiga Transportadora Guanabara), bem como iluminação com lâmpadas de led.</t>
   </si>
   <si>
     <t>5946</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5946/indicacao_no_136_silvio_agrovila.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5946/indicacao_no_136_silvio_agrovila.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em disponibilizar caminhão pipa para molhar as vias da Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>5947</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5947/indicacao_no_137_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5947/indicacao_no_137_silvio.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas   que objetivem com a reforma do PSF (Posto de saúde) Zacarias Furtado no Bairro Vale do Sol. bem como aquisição e implantação de ar condicionado na recepção desta.</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5970/indicacao_no_138_miguel_concha_acustica.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5970/indicacao_no_138_miguel_concha_acustica.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 138/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de uma Concha Acústica em Alvenaria, para Apresentações Culturais na Praça João Paulo II.</t>
   </si>
   <si>
     <t>5952</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5952/indicacao_no_139_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5952/indicacao_no_139_juscelino.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 139/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas junto ao Departamento Nacional de Infraestrutura de Transportes – DNIT, com o objetivo de construir um viaduto na BR 070, no trecho entre a Avenida Brasil com a Avenida São Lourenço.</t>
   </si>
   <si>
     <t>5953</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5953/indicacao_no_140_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5953/indicacao_no_140_juscelino.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 140/2024 - Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto ao Departamento Municipal de Trânsito Urbano – DMTU e Secretaria Integrada de Apoio à Segurança Pública, com o intuito realizar estudo e levantamento de cruzamento de vias que ocorrem constantemente acidentes, para realizar a instalação de semáforos nestes locais.</t>
   </si>
   <si>
     <t>5971</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5971/indicacao_no_141_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5971/indicacao_no_141_miguel.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 141/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de construir redutor de velocidade antes da rotatória da Avenida São Cristóvão com a Avenida José Carlos de Aguiar, sentido Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>5955</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5955/indicacao_no_142_elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5955/indicacao_no_142_elton.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 142/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com substituição/implantação de placas de identificação nas Ruas e Avenidas do Bairro Belvedere.</t>
   </si>
   <si>
     <t>5956</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5956/indicacao_no_143_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5956/indicacao_no_143_paulo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 143/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto com a Secretaria de Agricultura Municipal e Governo do Estado, buscando fundo de valores para investimento na criação de Projeto para estimular os agricultores familiares na produção de arroz e feijão.</t>
   </si>
   <si>
     <t>5957</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Denival De Paula, Juscelino Neves, Silvio Eventos</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 144/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com o levantamento e encascalhamento das estradas Rurais de acesso dos Assentamentos 28 de Outubro.</t>
   </si>
   <si>
     <t>5958</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Clebinho do Judô, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5958/indicacao_no_145_nei_combustivel_melosa.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5958/indicacao_no_145_nei_combustivel_melosa.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 145/2024 - Indica Ao Poder Executivo Municipal a necessidade de se realizar estudo para que seja instalado deposito apropriado ou caminhão tipo comboio (melosa) nas comunidades rurais, para que seja feito abastecimento, lubrificação e manutenção dos ônibus escolares na própria localidade.</t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5959/indicacao_no_146_jose_humberto_iluminacao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5959/indicacao_no_146_jose_humberto_iluminacao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 146/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas que objetivem com instalação de iluminação pública na MT 344 no trecho que compreende a entrada da Comunidade Capim Branco.</t>
   </si>
   <si>
     <t>5960</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5960/indicacao_no_147_jose_humberto_torre.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5960/indicacao_no_147_jose_humberto_torre.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 147/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas junto as Empresas com o objetivo de implantar iluminação nas Antenas de Rádio e torres Telefônicas do Município.</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5972/indicacao_no_148_silvio_distrito_industrial.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5972/indicacao_no_148_silvio_distrito_industrial.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 148/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em disponibilizar caminhão pipa para molhar as vias do Distrito Industrial ll.</t>
   </si>
   <si>
     <t>5973</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5973/indicacao_no_149_silvio_e_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5973/indicacao_no_149_silvio_e_nei.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 149/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao departamento competente para restauração/recuperação com micro revestimento no trecho asfaltado da rodovia Municipal Sebastião Antonio Pereira (antiga cv-010).</t>
   </si>
   <si>
     <t>5974</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5974/indicacao_no_150_nei_e_jusc.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5974/indicacao_no_150_nei_e_jusc.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 150/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Empresa de Telecomunicação Claro S/A com o objetivo de viabilizar a instalação de torre telefônica móvel com internet, para atender o Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>5975</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5975/indicacao_no_151_juscelino_bordas_do_lago.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5975/indicacao_no_151_juscelino_bordas_do_lago.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 151/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com substituição/implantação de placas de identificação nas Ruas e Avenidas do Bairro Bordas do Lago.</t>
   </si>
   <si>
     <t>5976</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5976/indicacao_no_152_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5976/indicacao_no_152_paulo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 152/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas que objetivem com a aquisição de caminhão caçamba, destinando este a Secretaria Municipal de Agricultura, para atender as áreas rurais inclusive o Projeto Porteira Adentro.</t>
   </si>
   <si>
     <t>5977</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5977/indicacao_no_153_ze.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5977/indicacao_no_153_ze.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 153/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas que objetivem em inserir no calendário Municipal o dia 31 de outubro como sendo dia do Evangélico em conformidade com a Lei Municipal nº 1133, de 09 de março de 2006.</t>
   </si>
   <si>
     <t>5978</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Zé Barbeiro, Denival De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5978/indicacao_no_154_ze.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5978/indicacao_no_154_ze.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 154/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas junto Secretaria Integrada de Apoio à Segurança Pública através do DMTU, com o objetivo de realizar estudo e implantação de estacionamento paralelo ao canteiro central da Avenida Mato Grosso em toda sua extensão.</t>
   </si>
   <si>
     <t>5979</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5979/indicacao_no_155_ze.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5979/indicacao_no_155_ze.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 155/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas junto Secretaria Integrada de Apoio à Segurança Pública através do DMTU, com o objetivo de realizar estudo e implantação de faixa de pedestre na Avenida Airton Senna nas proximidades do Bar Central, bem como acesso a cadeirantes no canteiro central desta localidade.</t>
   </si>
   <si>
     <t>5980</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5980/indicacao_no_156_silvio_fabio_e_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5980/indicacao_no_156_silvio_fabio_e_alaene.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 156/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas junto a Secretaria de Saúde com o objetivo de realizar credenciamento com as clinicas particulares do Município de Psicólogos, Fonoaudiólogos, Neuropediatras, Fisioterapeutas e Terapeuta Ocupacional visando atender a demanda dos Munícipes.</t>
   </si>
   <si>
     <t>5981</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5981/indicacao_no_157_juscelino_capela_mortuaria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5981/indicacao_no_157_juscelino_capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 157/2024 - Indica Ao Poder Executivo Municipal a necessidade e se tomar medidas com o objetivo de construir Capela Mortuária Municipal ampla com banheiros, quartos, copa, bem como estrutura que atenda mais de um velório.</t>
   </si>
   <si>
     <t>5983</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5983/indicacao_no_158_juscelino_eckert.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5983/indicacao_no_158_juscelino_eckert.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 158/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com substituição/implantação de placas de identificação nas Ruas e Avenidas do Bairro Eckert.</t>
   </si>
   <si>
     <t>5984</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 159/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de academia pública ao ar livre no Bairro Residencial Jardim Cuiabá.</t>
   </si>
   <si>
     <t>5985</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5985/indicacao_no_160_silvio_jardim_cuiaba_1.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5985/indicacao_no_160_silvio_jardim_cuiaba_1.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 160/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de Praça com parque infantil visando contemplar o Bairro Residencial Jardim Cuiabá.</t>
   </si>
   <si>
     <t>5986</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5986/indicacao_no_161_jana.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5986/indicacao_no_161_jana.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 161/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a disponibilização de plantas para construção residencial, visando atender as famílias de baixa renda.</t>
   </si>
   <si>
     <t>5987</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5987/indicacao_no_162_paulo.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5987/indicacao_no_162_paulo.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 162/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Integrada de Apoio à Segurança Pública através do DMTU com o objetivo de realizar implantação de sinalização horizontal e vertical e redutor de velocidade na Avenida Centenário, locais:  primeira curva da Avenida Centenário e no Trevo do Tadachi até a vila do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>5988</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5988/indicacao_no_163_juscelino.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5988/indicacao_no_163_juscelino.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 163/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto à iniciativa privada com o objetivo de viabilizar a construção de Asilo/Residencial para Idosos no Município de Campo Verde.</t>
   </si>
   <si>
     <t>5989</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5989/indicacao_no_164_neison_barracao.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5989/indicacao_no_164_neison_barracao.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 164/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma do Barracão da Feira do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>5990</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Denival De Paula, Silvio Eventos, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5990/indicacao_no_165_neison_pavimentacao.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5990/indicacao_no_165_neison_pavimentacao.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 165/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a retomada da obra de pavimentação asfáltica na Rodovia Pedro Garbugio antiga CV 01.</t>
   </si>
   <si>
     <t>5991</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5991/indicacao_no_166_miguel_de_paula_tea_-_autismo.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5991/indicacao_no_166_miguel_de_paula_tea_-_autismo.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 166/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Ministério da Saúde e Secretaria Municipal de Saúde com o objetivo de criar Centro de Diagnóstico e Tratamento para pessoas com Transtornos do Espectro Autista (TEA), objetivando o diagnóstico precoce, o atendimento multiprofissional e o acesso a medicamentos e nutrientes.</t>
   </si>
   <si>
     <t>5992</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5992/indicacao_no_167_miguel_de_paula_calcada_e_rampa_amerecilda.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5992/indicacao_no_167_miguel_de_paula_calcada_e_rampa_amerecilda.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 167/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos órgãos competentes que objetivem com a implantação de faixa elevada em frente ao Centro Educacional Amerecilda Conceição Fernandes Rezende.</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5993/indicacao_no_168_silvio_fesccam.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5993/indicacao_no_168_silvio_fesccam.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº168/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Cultura Lazer e Esporte com objetivo de contratar Show Nacional Gospel para o encerramento do XXIX FESCCAM.</t>
   </si>
   <si>
     <t>5994</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Zé Barbeiro, Denival De Paula, Nei do Dom Ozorio - PT, Professora Socorro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5994/indicacao_no_169_ze.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5994/indicacao_no_169_ze.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº169/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao DNIT (Departamento Nacional de Infraestrutura de Transportes) que objetivem com a construção de uma passarela sobre a Avenida Brasília, BR 070 e Avenida Senador Atílio Fontana, ligando a região central ao Bairro São Lourenço.</t>
   </si>
   <si>
     <t>5995</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5995/indicacao_no_170_socorro_ornamentacao_av_campo_grande.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5995/indicacao_no_170_socorro_ornamentacao_av_campo_grande.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº170/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com ornamentação e paisagismo no Canteiro Central da Avenida Campo Grande.</t>
   </si>
   <si>
     <t>5996</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5996/indicacao_no_171_socorro_trevo_garbugio.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5996/indicacao_no_171_socorro_trevo_garbugio.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº171/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao DNIT (Departamento Nacional de Infraestrutura de Transportes) e SINFRA (Secretaria de Estado de Infraestrutura e Logística) com objetivo de se construir trevo com sinalização, dispositivos refletivos e placas indicativas na BR-070 que dá acesso à Rodovia Pedro Garbúgio.</t>
   </si>
   <si>
     <t>5997</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5997/indicacao_no_172_fabio_criacao_de_fundo.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5997/indicacao_no_172_fabio_criacao_de_fundo.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº172/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação do Fundo de Proteção Animal no Município de Campo Verde.</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6002/indicacao_no_173_juscelino_jupiara.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6002/indicacao_no_173_juscelino_jupiara.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 173/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com substituição/implantação de placas de identificação nas Ruas e Avenidas do Bairro Jupiara.</t>
   </si>
   <si>
     <t>6003</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6003/indicacao_no_174_ze_humberto_asfaltar_belo_horizonte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6003/indicacao_no_174_ze_humberto_asfaltar_belo_horizonte.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 174/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV com objetivo de realizar pavimentação asfáltica na Rua Principal do Bairro Belo Horizonte.</t>
   </si>
   <si>
     <t>6004</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6004/indicacao_no_175_jana.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6004/indicacao_no_175_jana.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 175/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Cultura e Órgãos Competentes objetivando a construção de palco fixo na área pública em frente ao Parque das Araras, visando contemplar principalmente as festas e eventos realizados pelo Município.</t>
   </si>
   <si>
     <t>6005</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6005/indicacao_no_176_silvio_reforma_e_climatizacao_psf_olimpia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6005/indicacao_no_176_silvio_reforma_e_climatizacao_psf_olimpia.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 176/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma do PSF Olímpia Macarini no Bairro Jardim Campo Verde, e está contemple a climatização da recepção com ar condicionado.</t>
   </si>
   <si>
     <t>6006</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Clebinho do Judô, Silvio Eventos, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6006/indicacao_no_177_nei_limpeza_sadia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6006/indicacao_no_177_nei_limpeza_sadia.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 177/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a antiga Empresa BRF (Sadia) no intuito de realizar limpeza da área onde se encontra instalada o escritório e indústria de rações da mesma, nas proximidades do Bairro São Lourenço.</t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Zé Barbeiro, Denival De Paula, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6007/indicacao_no178__ze_humberto_acesso_canteiro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6007/indicacao_no178__ze_humberto_acesso_canteiro.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 178/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Departamento Nacional de Infraestrutura de Transportes – DNIT que objetivem com abertura de acesso no Canteiro Central para ligar a Avenida Dom Aquino à BR-070.</t>
   </si>
   <si>
     <t>6008</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6008/indicacao_no179__ze_humberto_-_viaduto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6008/indicacao_no179__ze_humberto_-_viaduto.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 179/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Departamento Nacional de Infraestrutura de Transportes – DNIT com objetivo de construir viaduto no cruzamento da Avenida Mato Grosso e MT-140, ligando os Bairros Centro e Belvedere.</t>
   </si>
   <si>
     <t>6009</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6009/indicacao_no180_miguel_redutor_de_velocidade_rua_goiania.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6009/indicacao_no180_miguel_redutor_de_velocidade_rua_goiania.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 180/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de construir redutor de velocidade na Rua Goiânia próximo a Conveniência 24 horas, no Bairro Eckert.</t>
   </si>
   <si>
     <t>6010</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6010/indicacao_no181_miguel_patrolar_estrada_capim_branco.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6010/indicacao_no181_miguel_patrolar_estrada_capim_branco.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 181/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de realizar patrolamento nas estradas das comunidades: Taperinha e Capim Branco até a BR-070 (próximo a Fazenda 2 Corações).</t>
   </si>
   <si>
     <t>6015</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6015/indicacao_no_182_socorro_caminhao_pipa.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6015/indicacao_no_182_socorro_caminhao_pipa.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 182/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em disponibilizar um caminhão pipa para molhar as vias do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6016/indicacao_no_183_socorro_reforma_escola_boa_esperanca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6016/indicacao_no_183_socorro_reforma_escola_boa_esperanca.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 183/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Estadual de Educação - SEDUC com objetivo de realizar reforma geral e ampliação de mais duas salas de aula na Escola Estadual Boa Esperança na Comunidade Dom Osório.</t>
   </si>
   <si>
     <t>6017</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6017/indicacao_no_184_juscelino_internet.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6017/indicacao_no_184_juscelino_internet.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 184/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com instalação de internet WI-FI no PSF do Assentamento 04 de Outubro.</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6018/indicacao_no_185_janaina_estudo_redutor_de_velocidade_a._beija_flor.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6018/indicacao_no_185_janaina_estudo_redutor_de_velocidade_a._beija_flor.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 185/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de realizar estudo para implantação de dois redutores de velocidade na Avenida Beija-Flor no Bairro São Miguel.</t>
   </si>
   <si>
     <t>6019</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6019/indicacao_no_186_juscelino_regularizacao_fundiaria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6019/indicacao_no_186_juscelino_regularizacao_fundiaria.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 186/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem Parceria com o Governo do Estado por meio do Instituto de Terras do Estado de Mato Grosso – INTERMAT - MT, na forma de Convênio para fins de Regularização Fundiária de Imóveis no núcleo considerado Urbano da Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6020/indicacao_no_187_miguel__show_gospel_expoverde.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6020/indicacao_no_187_miguel__show_gospel_expoverde.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 187/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Sindicato Rural de Campo Verde que objetivem com a realização de Show Gospel na Expoverde.</t>
   </si>
   <si>
     <t>6021</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6021/indicacao_no_188_miguel_de_paula_recuperacao_meio_fio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6021/indicacao_no_188_miguel_de_paula_recuperacao_meio_fio.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 188/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de recuperar os meios fios dos Bairros Santa Rosa, Jardim América e Recanto dos Pássaros I e II.</t>
   </si>
   <si>
     <t>6022</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6022/indicacao_no_189_ze_praca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6022/indicacao_no_189_ze_praca.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 189/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma e manutenção da Praça da Bíblia, localizada no Bairro Jardim Campo Verde.</t>
   </si>
   <si>
     <t>6023</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6023/indicacao_no_190_ze_suinucultura.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6023/indicacao_no_190_ze_suinucultura.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 190/2024 - Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas articular parceria com o Frigorifico Suinutri instalado neste Município de Campo Verde, na Fazenda Caverá, para implantação de sistema de integração com os Assentados do Dom Osório e outros Assentamentos que tiverem interesse na parceria.</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6030/indicacao_no_191_juscelino_poda_de_arvore.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6030/indicacao_no_191_juscelino_poda_de_arvore.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 191/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente no intuito de realizar poda padronizada das árvores no Bairro São Lourenço.</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6031/indicacao_no_192_juscelino__viaduto_br-070.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6031/indicacao_no_192_juscelino__viaduto_br-070.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 192/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Departamento Nacional de Infraestrutura de Transportes – DNIT com objetivo de construir viaduto na BR-070 em frente ao Restaurante Campinense.</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6032/indicacao_no_193_juscelino_jardim_cuiaba.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6032/indicacao_no_193_juscelino_jardim_cuiaba.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 193/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com substituição/implantação de placas de identificação nas Ruas e Avenidas do Bairro Jardim Cuiabá.</t>
   </si>
   <si>
     <t>6033</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6033/indicacao_no_194_ze_poco.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6033/indicacao_no_194_ze_poco.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 194/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem na perfuração de poço artesiano no Assentamento Paulo Freire.</t>
   </si>
   <si>
     <t>6034</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6034/indicacao_no_195__ze_encascalhar_estrada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6034/indicacao_no_195__ze_encascalhar_estrada.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 195/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV que objetivem no encascalhamento e futuramente a pavimentação asfáltica da estrada vicinal que dá acesso ao “Setor do Itamar”.</t>
   </si>
   <si>
     <t>6035</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6035/indicacao_no_196_miguel_trocador_fraldas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6035/indicacao_no_196_miguel_trocador_fraldas.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 196/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos Órgãos Competentes, com objetivo de se instalar fraldário ou trocador retrátil nos banheiros do Hospital Municipal Coração de Jesus para higienização de crianças de colo.</t>
   </si>
   <si>
     <t>6036</t>
   </si>
   <si>
     <t>Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6036/indicacao_no_197_alaene_cameras_parquinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6036/indicacao_no_197_alaene_cameras_parquinho.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 197/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à secretaria de segurança pública com o objetivo de realizar estudo/levantamento dos parques infantis que necessitam de ampliação de monitoramento, bem como a implantação desse sistema nos parques que ainda não possuem.</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6048/indicacao_no_198_nei_p_onibus_av_sao_cristovao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6048/indicacao_no_198_nei_p_onibus_av_sao_cristovao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de Pontos de Ônibus com banco e cobertura na Avenida São Cristóvão.</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6049/indicacao_no_199_paulinho_aedes_do_bem.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6049/indicacao_no_199_paulinho_aedes_do_bem.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se fazer estudo junto ao Departamento Competente, com o intuito de implantar a tecnologia do" Aedes do Bem" no município de Campo Verde para o combate ao mosquito transmissor da Dengue (Aedes Aegypti).</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Elton Tobiano, Denival De Paula, Juscelino Neves, Professora Socorro, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6050/indicacao_no_200_elton_reservatorio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6050/indicacao_no_200_elton_reservatorio_.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de reservatório de água no Aeroporto Municipal ou a cedência do reservatório do Parque de Exposições Marco Antônio Esteves da Rocha, para abastecer os aviões em combate a incêndio em período de estiagem.</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6051/indicacao_no_201_jana_cobertura_caed.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6051/indicacao_no_201_jana_cobertura_caed.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com implantação/construção de extensão da cobertura em frente ao Complexo de Atendimento Especializado e Diagnóstico (CAED) Cyrio Schenkel.</t>
   </si>
   <si>
     <t>6052</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6052/indicacao_no_202_janaina_creche_padre_joao_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6052/indicacao_no_202_janaina_creche_padre_joao_integral.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Educação que objetivem com a implantação de aulas em Período Integral para os alunos da Educação Infantil da Creche Municipal Johannes Berthold Henning (Padre João).</t>
   </si>
   <si>
     <t>6053</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6053/indicacao_no_203_jana.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6053/indicacao_no_203_jana.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas    junto a Secretaria Integrada De Apoio à Segurança Pública através do DMTU com o objetivo de realizar construção de canteiro central e rotatórias no recém trecho pavimentado da Avenida São Cristóvão, bem como implantação de redutores de velocidade neste.</t>
   </si>
   <si>
     <t>6054</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6054/indicacao_no_204_juscelino_psf_28.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6054/indicacao_no_204_juscelino_psf_28.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com instalação de internet WI-FI no PSF do   Assentamento 28 de Outubro.</t>
   </si>
   <si>
     <t>6055</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6055/indicacao_no_205_juscelino_recanto_do_bosque_i_e_ii.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6055/indicacao_no_205_juscelino_recanto_do_bosque_i_e_ii.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com substituição/implantação de placas de identificação nas Ruas e Avenidas dos Bairros Recanto do Bosque I e II.</t>
   </si>
   <si>
     <t>6056</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6056/indicacao_no_206_fabio_estadio__1.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6056/indicacao_no_206_fabio_estadio__1.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de viabilizar a instalação de 2 (dois) postes para armação de rede de voleibol na quadra poliesportiva do Estádio Félix Belém de Castro.</t>
   </si>
   <si>
     <t>6057</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6057/indicacao_no_207_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6057/indicacao_no_207_fabio.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se instalar um Posto de Policiamento no Hospital Municipal Coração de Jesus – ASAS, assim como realizar policiamento ostensivo em seu entorno.</t>
   </si>
   <si>
     <t>6058</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6058/indicacao_no_208_miguel_fios_de_internet.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6058/indicacao_no_208_miguel_fios_de_internet.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto as Operadoras de Telefonia e Internet do Município para que estas façam manutenção nos fios/cabos que estão abaixo da distância mínima do solo exigida para segurança nas vias públicas, bem como a retirada dos cabos e a fiação em excesso e sem uso.</t>
   </si>
   <si>
     <t>6059</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6059/indicacao_no_209_socorro_aulas_parque_recanto_do_sol.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6059/indicacao_no_209_socorro_aulas_parque_recanto_do_sol.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária de Cultura, Lazer e Esporte com o objetivo de implantar aulas de esportes para crianças e adolescentes, tais como: Futebol na Areia, Vôlei de Praia, Futevôlei, Atletismo, Beach Tennis, etc. no Parque Recanto do Sol.</t>
   </si>
   <si>
     <t>6060</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6060/indicacao_n.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6060/indicacao_n.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com construção de Portal com ornamentação e paisagismo no início do Bairro São Lourenço, bem como placas informativas ao acesso a comércios, CREAS, CRAS, Quartel da Policia Militar entre outros.</t>
   </si>
   <si>
     <t>6061</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Silvio Eventos, Elton Tobiano</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6061/indicacao_no_211_silvio_super_postes_av_sao_cristovao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6061/indicacao_no_211_silvio_super_postes_av_sao_cristovao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a colocação de super postes com lâmpadas de led no trecho recém pavimentado da Avenida São Cristóvão.</t>
   </si>
   <si>
     <t>6062</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6062/indicacao_no_212_silvio_pipa_capim_branco.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6062/indicacao_no_212_silvio_pipa_capim_branco.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em disponibilizar caminhão pipa para molhar as vias do núcleo urbano da Comunidade Capim Branco.</t>
   </si>
   <si>
     <t>6063</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6063/indicacao_no_213_silvio_pipa_taperinha.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6063/indicacao_no_213_silvio_pipa_taperinha.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em disponibilizar caminhão pipa para molhar as vias do núcleo urbano da Comunidade Taperinha.</t>
   </si>
   <si>
     <t>6064</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6064/indicacao_no_214_elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6064/indicacao_no_214_elton.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de academia ao ar livre no Bairro São _x000D_
 Lourenço na área onde se encontra o Ginásio Municipal de Esportes Joubert Isaías Romancini, Pista de Skate e o Kart Clube Campo Verde – MT.</t>
   </si>
   <si>
     <t>6065</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6065/indicacao_no_215_juscelino_sao_lourenco.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6065/indicacao_no_215_juscelino_sao_lourenco.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com substituição/implantação de placas de identificação nas Ruas e Avenidas do Bairro São Lourenço.</t>
   </si>
   <si>
     <t>6066</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6066/indicacao_no_216_politec_miguel_de_paula.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6066/indicacao_no_216_politec_miguel_de_paula.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo Federal, que objetivem com a viabilidade de implantação no Município Unidade de Perícia Oficial e Identificação Técnica – POLITEC, visando realizar as pericias de criminalística, serviços de identificação civil e criminal e demais atribuições competentes deste órgão, para atender Campo Verde e Região.</t>
   </si>
   <si>
     <t>6067</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6067/indicacao_no_217_nei_raio_x_odontologico.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6067/indicacao_no_217_nei_raio_x_odontologico.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição de aparelho de Raio X Odontológico para _x000D_
 o CEM - Centro Especializado Médico.</t>
   </si>
   <si>
     <t>6068</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6068/indicacao_no_218_jana_caed.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6068/indicacao_no_218_jana_caed.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão Competente com objetivo de realizar construção de _x000D_
 escadaria e rampa com corrimão no canteiro central entre o (CAED) Cyrio Schenkel e a calçada, na proximidade da entrada principal.</t>
   </si>
   <si>
     <t>6074</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6074/indicacao_no_219_fabio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6074/indicacao_no_219_fabio_.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 219/2024 - Indica ao Poder Executivo Municipal a necessidade de aplicar adicional de periculosidade para os profissionais que atuam como Agentes das Autoridades de Trânsito em Campo Verde, em consonância ao artigo 193, inciso III da Consolidação das Leis do Trabalho (CLT).</t>
   </si>
   <si>
     <t>6075</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6075/indicacao_no_220_ze_fesccam.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6075/indicacao_no_220_ze_fesccam.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 220/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Cultura, Lazer e Esporte, para que haja um dia de apresentação exclusivo para os residentes do Município no Festival da Canção de Campo Verde (FESCCAM) com categoria livre. Sendo os demais dias para candidatos locais e da região.</t>
   </si>
   <si>
     <t>6076</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6076/indicacao_no_221_silvio_hidratacao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6076/indicacao_no_221_silvio_hidratacao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 221/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Empresa Terceirizada que cuida das limpezas das vias públicas e jardinagem de Campo Verde, visando estabelecer e aplicar cronograma para hidratação destes colaboradores. Principalmente nos períodos matutinos e vespertino de calor intenso.</t>
   </si>
   <si>
     <t>6077</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6077/indicacao_no_222_silvio_45_graus.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6077/indicacao_no_222_silvio_45_graus.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 222/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto com o DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, Secretaria de Obras e Viação e Secretaria Integrada de Apoio À Segurança Pública, com o objetivo de dar continuidade na implantação de estacionamento de 45 graus da Avenida Mato Grosso (paralelo as calçadas), no trecho que corresponde o início do Bairro Belvedere até o Greenville II.</t>
   </si>
   <si>
     <t>6078</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6078/indicacao_no_223_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6078/indicacao_no_223_socorro.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 223/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com objetivo de realizar abertura de via de acesso (contorno) no Canteiro da Avenida Santa Tereza com a Avenida Atílio Fontana.</t>
   </si>
   <si>
     <t>6079</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6079/indicacao_no_224_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6079/indicacao_no_224_miguel.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 224/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado, no intuito de construir acostamento bidirecional (sentido duplo de circulação), a partir do trevo da saída para Chapada dos Guimarães até o Trevo do Gardez.</t>
   </si>
   <si>
     <t>6080</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6080/indicacao_no_225_paulo_caminhao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6080/indicacao_no_225_paulo_caminhao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 225/2024 - Indica ao Poder Executivo Municipal a necessidade de buscar recurso financeiro próprio ou através de emenda parlamentar visando a compra de caminhão com equipamentos de perfuração de poços artesianos, com o objetivo de que a cada 3 ou 5 lotes haja um poço atendendo os produtores ruais e agricultores familiares.</t>
   </si>
   <si>
     <t>6081</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6081/indicacao_no_226_elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6081/indicacao_no_226_elton.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 226/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de redutores de velocidade na Avenida Airton Senna, e Avenida Presidente Tancredo Neves, nos acessos a Praça da Bíblia.</t>
   </si>
   <si>
     <t>6082</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6082/indicacao_no_227_silvio_av_brasilia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6082/indicacao_no_227_silvio_av_brasilia.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 227/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de super postes com lâmpadas de led, na Avenida Brasília a partir da Erosaine Máquinas Agrícola até o Trevo que dá acesso ao Jardim América.</t>
   </si>
   <si>
     <t>6083</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6083/indicacao_no_228_silvio_parque_inf.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6083/indicacao_no_228_silvio_parque_inf.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 228/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e instalação de parque infantil (playground) nas imediações do núcleo urbano da Comunidade do Limeira.</t>
   </si>
   <si>
     <t>6084</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6084/indicacao_no_229_ze_porta.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6084/indicacao_no_229_ze_porta.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 229/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de projetar e construir portal de entrada no Assentamento Santo Antônio da Fartura e Dom Osório.</t>
   </si>
   <si>
     <t>6085</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 230/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente com objetivo de realizar a construção de faixa elevada em frente à Igreja Nossa Senhora Aparecida no Bairro Recanto dos Pássaros II.</t>
   </si>
   <si>
     <t>6086</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6086/indicacao_no_231_ze.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6086/indicacao_no_231_ze.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 231/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em estudo e implantação de vantagem individual por produtividade aos Técnicos de Enfermagem e Auxiliares de Saúde Bucal, pelo exercício do cargo com valor fixado em Lei.</t>
   </si>
   <si>
     <t>6087</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6087/indicacao_no_232_nei_trevo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6087/indicacao_no_232_nei_trevo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 232/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao DNIT (Departamento Nacional de Infraestrutura de Transportes) e SINFRA (Secretaria de Estado de Infraestrutura e Logística) com objetivo de construir Trevo na BR070 que dá acesso a Estrada Bom Futuro MT 244 sentido Nova Brasilândia.</t>
   </si>
   <si>
     <t>6088</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6088/indicacao_no_233_miguel_de_paula_construcao_de_academia_e_parque.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6088/indicacao_no_233_miguel_de_paula_construcao_de_academia_e_parque.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 233/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de Academia ao Ar Livre e Parque Infantil na área entre as Avenidas Deputado Ulisses Guimarães e Vinicius de Moraes (em frente a quadra de esporte da Escola Municipal Maria Artemir Pires).</t>
   </si>
   <si>
     <t>6089</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6089/indicacao_no_234_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6089/indicacao_no_234_paulo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 234/2024 - Indica ao Poder Executivo Municipal a necessidade de se buscar junto ao Governo do Estado emendas parlamentares com o objetivo de realizar a pavimentação ecológica nas principais vicinais coletoras dos Assentamentos Santo Antônio da Fartura, Agrovila João Ponce de Arruada, 28 de Outubro, Paulo Freire e 04 de Outubro.</t>
   </si>
   <si>
     <t>6090</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6090/indicacao_no235_miguel_de_paula_construcao_anel_viario.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6090/indicacao_no235_miguel_de_paula_construcao_anel_viario.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 235/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a SINFRA – Secretaria Estadual de Transporte e DNIT – Departamento Nacional de Trânsito que objetivem com a implantação de Anel Viário para trânsito de veículos pesados fora do perímetro urbano do Município interligando a MT-140, BR-070 e MT-344.</t>
   </si>
   <si>
     <t>6096</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6096/indicacao_no_236__ze_cartao_beneficio_material_escolar.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6096/indicacao_no_236__ze_cartao_beneficio_material_escolar.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 236/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com estudo e criação do “Cartão Material Escolar - CME” aos alunos regularmente matriculados na Rede Municipal.</t>
   </si>
   <si>
     <t>6097</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6097/indicacao_no_237_ze.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6097/indicacao_no_237_ze.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 237/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a viabilidade de implantação de auxílio-moradia aos Policiais Civis, Militares e Bombeiros que trabalham no Município.</t>
   </si>
   <si>
     <t>6098</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6098/indicacao_no_238_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6098/indicacao_no_238_paulo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 238/2024 - Indica ao Poder Executivo Municipal a necessidade de se buscar junto ao Governo do Estado emendas parlamentares com o objetivo de realizar a pavimentação ecológica nas principais vicinais coletoras dos Assentamentos: Dom Osório,14 de Agosto, Comunidades Taperinha, Limeira e Capim Branco.</t>
   </si>
   <si>
     <t>6099</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6099/indicacao_no_239_socorro_atendimento_odontologico.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6099/indicacao_no_239_socorro_atendimento_odontologico.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 239/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em realizar o atendimento odontológico em período integral no Posto de Saúde Rural.</t>
   </si>
   <si>
     <t>6100</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6100/indicacao_no_240_juscelino_micropavimentacao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6100/indicacao_no_240_juscelino_micropavimentacao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 240/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras com intuito de realizar micropavimentação asfáltica em toda extensão da Rua Rio de Janeiro localizada no Centro de Campo Verde.</t>
   </si>
   <si>
     <t>6101</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca, Professora Socorro, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6101/indicacao_no_241_silvio_salario.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6101/indicacao_no_241_silvio_salario.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 241/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Educação, com o objetivo de colocar no Plano de Orçamento da Educação de 2025 o aumento salarial dos auxiliares de sala/estagiários.</t>
   </si>
   <si>
     <t>6102</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6102/indicacao_no_242__miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6102/indicacao_no_242__miguel.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 242/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com objetivo de estudar a viabilidade de substituir a faixa de pedestre por faixa elevada na Avenida Presidente João Goulart em frente ao Parque das Araras. Autor: Miguel de Paula Oliveira.</t>
   </si>
   <si>
     <t>6103</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6103/indicacao_no_243_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6103/indicacao_no_243_miguel.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 243/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem a viabilidade de construir banheiros próximo a quadra de areia do Parque das Araras.</t>
   </si>
   <si>
     <t>6106</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6106/indicacao_no_244_elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6106/indicacao_no_244_elton.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 244/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras com intuito de realizar implantação de piso tátil nos Canteiros Centrais do Município de Campo Verde, bem como mapa tátil em braille nas Praças, Áreas de Lazer e pontos estratégicos informando rotas acessíveis.</t>
   </si>
   <si>
     <t>6107</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6107/indicacao_no_245_ze_porta_agrovi.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6107/indicacao_no_245_ze_porta_agrovi.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 245/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de projetar e construir portal de entrada na Comunidade Agrovila João Ponce de Arruda e Assentamentos 28 de Outubro.</t>
   </si>
   <si>
     <t>6108</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6108/indicacao_no_246__miguel_de_paula_senha_laboratorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6108/indicacao_no_246__miguel_de_paula_senha_laboratorio.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 246/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Saúde que objetivem com a entrega de protocolo com senha para o usuário acessar o resultado de exames laboratoriais online.</t>
   </si>
   <si>
     <t>6109</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Zé Barbeiro, Professora Socorro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6109/indicacao_no_247_ze_detran.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6109/indicacao_no_247_ze_detran.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 247/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com a transferência dos veículos apreendidos pelo Departamento Estadual de Trânsito de Mato Grosso - DETRAN/MT, para o imóvel urbano doado através da Lei nº 3.090, de 19 de junho de 2024, bem como conceder essa área após sua desocupação para uso e ampliação da Escola Municipal São Lourenço.</t>
   </si>
   <si>
     <t>6110</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6110/indicacao_no_248_silvio_psf_zacarias.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6110/indicacao_no_248_silvio_psf_zacarias.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 248/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a Reforma do PSF (Posto de Saúde) Zacarias Furtado de Lima, no Bairro Vale do Sol.</t>
   </si>
   <si>
     <t>6111</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6111/indicacao_no_249_nei_dom_osorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6111/indicacao_no_249_nei_dom_osorio.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 249/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Educação que objetivem com a construção de Creche no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>6112</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6112/indicacao_no_250_silvio_caminhao_pipa.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6112/indicacao_no_250_silvio_caminhao_pipa.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 250/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas em Regime Emergencial que objetivem em alugar caminhão pipa para transporte de água nesse momento crítico de queimadas e clima seco em nosso Município, bem como contratação de bombeiro civil ou brigadista para prestar serviços neste caminhão.</t>
   </si>
   <si>
     <t>6114</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6114/indicacao_no_251_ze_humberto_portal_p._freire_e_04_de_outubro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6114/indicacao_no_251_ze_humberto_portal_p._freire_e_04_de_outubro.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 251/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de projetar e construir portal de entrada do Assentamento Paulo Freire e Assentamento 04 de Outubro.</t>
   </si>
   <si>
     <t>6115</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6115/indicacao_no_252__neison_costa__ar_condicionado.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6115/indicacao_no_252__neison_costa__ar_condicionado.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 252/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e instalação de ar condicionado com a potência compatível ao tamanho das enfermarias, sala de medicação e espera do Hospital Municipal Coração de Jesus.</t>
   </si>
   <si>
     <t>6116</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6116/indicacao_no_253_ze_humberto_micropavimentacao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6116/indicacao_no_253_ze_humberto_micropavimentacao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 253/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, com o intuito de realizar micropavimentação nas vias dos Bairros Jardim Campo Verde I, II e III.</t>
   </si>
   <si>
     <t>6117</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6117/indicacao_no_254_miguel_de_paula_bebe_conforto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6117/indicacao_no_254_miguel_de_paula_bebe_conforto.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 254/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Saúde que objetivem com o fornecimento de bebê conforto, cadeirinha ou assento de elevação no transporte de pacientes para Cuiabá e Rondonópolis.</t>
   </si>
   <si>
     <t>6118</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6118/indicacao_no_255__miguel_de_paula_bebedouro_j._america.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6118/indicacao_no_255__miguel_de_paula_bebedouro_j._america.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 255/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção ou instalação de bebedouro na Praça do Bairro Jardim América.</t>
   </si>
   <si>
     <t>6119</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6119/indicacao_no_256__elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6119/indicacao_no_256__elton.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 256/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de redutores de velocidade na Avenida Brasil, nos acessos a Praça 04 de Julho.</t>
   </si>
   <si>
     <t>6120</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6120/indicacao_no_257_jana.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6120/indicacao_no_257_jana.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 257/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Educação que objetivem com a implantação de aulas em Período Integral para os alunos do Centro Educacional Amerecilda Conceição Fernandes Rezende, Creche Francisco Tirado e Centro Educacional Bem Me Quer.</t>
   </si>
   <si>
     <t>6122</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6122/indicacao_no_258_ze_porta_taper.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6122/indicacao_no_258_ze_porta_taper.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 258/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de projetar e construir portal de entrada do Assentamento 14 de Agosto e Comunidade Taperinha.</t>
   </si>
   <si>
     <t>6123</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6123/indicacao_no_259_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6123/indicacao_no_259_juscelino.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 259/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com ampliação da capacidade da rede de escoamento das águas pluviais na Avenida São Lourenço.</t>
   </si>
   <si>
     <t>6124</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Boneca, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6124/indicacao_no_260_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6124/indicacao_no_260_alaene.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 260/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em realizar estudo e implantação de cobertura para estacionamentos com painéis solares no Centro de Atendimento Especializado de Diagnóstico-CAED.</t>
   </si>
   <si>
     <t>6125</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6125/indicacao_no_261_neison.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6125/indicacao_no_261_neison.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 261/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto aos órgãos competentes e a empresa METAMAT com o objetivo de dar continuidade na perfuração do poço artesiano localizado na Escola Estadual Boa Esperança no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>6126</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6126/indicacao_no_262_miguel_de_paula_gincana_municipal.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6126/indicacao_no_262_miguel_de_paula_gincana_municipal.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 262/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Cultura, Lazer e Esporte que objetivem com a implantação de Gincana.</t>
   </si>
   <si>
     <t>6127</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6127/indicacao_no_263_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6127/indicacao_no_263_juscelino.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 263/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a empresa vencedora do Processo Licitatório de Serviços Públicos de Transporte Coletivo de Passageiros do Município de Campo Verde, para que a mesma preste esse serviço no Assentamento Dom Osório ao menos duas vezes por semana.</t>
   </si>
   <si>
     <t>6129</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6129/indicacao_no_264_cleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6129/indicacao_no_264_cleberson.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção ou instalação de bebedouros na Avenida Mato Grosso, visando ofertar hidratação aos praticantes de atividade física.</t>
   </si>
   <si>
     <t>6130</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6130/indicacao_no_265_juscelinodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6130/indicacao_no_265_juscelinodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma e sinalização de piso e refletores na ciclovia para visibilidade noturna nas margens da BR 070, a partir do entroncamento com a MT 344 até o Distrito Industrial II.</t>
   </si>
   <si>
     <t>6131</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6131/indicacao_no_266_jana.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6131/indicacao_no_266_jana.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de cobertura com tela na quadra esportiva localizada na Praça São Miguel.</t>
   </si>
   <si>
     <t>6132</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Denival De Paula, Elton Tobiano, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6132/indicacao_no_267_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6132/indicacao_no_267_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas no sentido de realizar instalação de Faixa elevada na Rua Manoel Genildo de Araújo, em frente ao CEJUSC-Centro Judiciário de Solução de Conflitos e Cidadania.</t>
   </si>
   <si>
     <t>6133</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6133/indicacao_no_268_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6133/indicacao_no_268_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de calçada para caminhada em toda a extensão do canteiro central da Avenida Brasil.</t>
   </si>
   <si>
     <t>6134</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6134/indicacao_no_269_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6134/indicacao_no_269_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, com o intuito de realiza restauração/recuperação com micro revestimento nas vias do Bairro Bordas do Lago.</t>
   </si>
   <si>
     <t>6135</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6135/indicacao_no_269_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6135/indicacao_no_269_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a empresa Podium Transportes e Terraplanagem LTDA, com o objetivo de realizar manutenção do encascalhamento na estrada principal do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>6139</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6139/indicacao_no_271_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6139/indicacao_no_271_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a limpeza, revitalização, ornamentação e paisagismo no Canteiro Central entre à MT. 344 e Avenida Piranhaçú, saída para o Município de Dom Aquino.</t>
   </si>
   <si>
     <t>6140</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6140/indicacao_no_272_denivalldocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6140/indicacao_no_272_denivalldocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente com o objetivo de realizar estudo e instalação de tartarugas/olho de gato, nos espaços existentes entre as lombadas e o meio fio.</t>
   </si>
   <si>
     <t>6141</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6141/indicacao_no_273_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6141/indicacao_no_273_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de mais um PSF para atender o Bairro São Miguel, visto que o referido Bairro possui grandes proporções e consequentemente maior demanda de atendimento.</t>
   </si>
   <si>
     <t>6142</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6142/indicacao_no_274_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6142/indicacao_no_274_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde com o objetivo de se instalar/adaptar leito pediátrico na UTI (unidade de terapia intensiva) do Hospital Municipal Coração de Jesus.</t>
   </si>
   <si>
     <t>6143</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6143/indicacao_no_275_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6143/indicacao_no_275_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com instalação de postes com refletores no mini estádio Ivo Rauber Junior localizado no Bairro São Miguel.</t>
   </si>
   <si>
     <t>6144</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6144/indicacao_no_276_juscelino_quadra_futsal.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6144/indicacao_no_276_juscelino_quadra_futsal.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de quadra de futsal no núcleo urbano do Assentamento 14 de Agosto (ao lado do Barracão Comunitário).</t>
   </si>
   <si>
     <t>6145</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6145/indicacao_no_277_silvio_academia_publica.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6145/indicacao_no_277_silvio_academia_publica.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e instalação de Academia Pública, no canteiro Central da Avenida Airton Senna em frente ao Centro Educacional Paulo Freire.</t>
   </si>
   <si>
     <t>6147</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6147/indicacao_no_278_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6147/indicacao_no_278_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com recuperação dos meios-fios do Canteiro Central da Avenida dos Trabalhadores bem como a arborização, verificando a possibilidade de abrir acesso no Canteiro Central da Avenida dos Trabalhadores com a Rua Rio Grande do Sul no Bairro São Lourenço.</t>
   </si>
   <si>
     <t>6148</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6148/indicacao_no_279__juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6148/indicacao_no_279__juscelino.pdf</t>
   </si>
   <si>
     <t>6149</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Silvio Eventos, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6149/indicacao_no_280_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6149/indicacao_no_280_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se buscar recursos junto ao Governo do Estado visando construir frigorífico para abate e processamento de ovinos em Campo Verde.</t>
   </si>
   <si>
     <t>6150</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6150/indicacao_no_281_paulo_patrolamento.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6150/indicacao_no_281_paulo_patrolamento.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras, com o objetivo de realizar patrolamento nas vias do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>6151</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6151/indicacao_no_282_humberto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6151/indicacao_no_282_humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Apoio a Segurança Pública e seu Departamento Municipal de Trânsito Urbano –DMTU, com o objetivo de construir/implantar ponto de ônibus com cobertura e banco nas proximidades da Assembleia de Deus Ministério Madureira.</t>
   </si>
   <si>
     <t>6152</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Clebinho do Judô, Miguel De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6152/indicacao_no_283_clebinho_guard_rail.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6152/indicacao_no_283_clebinho_guard_rail.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão competente com o objetivo de instalar guard rail na saída para Chapada dos Guimarães próximo a subestação de energia, entre as bacias de contenção de água e a MT 140.</t>
   </si>
   <si>
     <t>6153</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6153/indicacao_no_284_miguel_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6153/indicacao_no_284_miguel_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio A Segurança Pública com objetivo de construir redutor de velocidade na Rua das Araras entre as Avenidas Beija-Flor e Presidente João Goulart.</t>
   </si>
   <si>
     <t>6154</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6154/indicacao_no_285_miguel_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6154/indicacao_no_285_miguel_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com objetivo de estudar a viabilidade da abertura de via de acesso (contorno) no canteiro da Av. Airton Senna antes da Saida na Av. Atílio Fontana nas proximidades da Panificadora Gaúcha.</t>
   </si>
   <si>
     <t>6164</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6164/indicacao_no_286_miguel_hanseniase.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6164/indicacao_no_286_miguel_hanseniase.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Ministério da Saúde e Secretaria Municipal de Saúde com o objetivo de criar uma ala de Centro de Diagnóstico e Tratamento para pessoas com Hanseníase, no prédio do CAED, objetivando o diagnóstico precoce e o acesso a medicamentos.</t>
   </si>
   <si>
     <t>6165</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6165/indicacao_no_287_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6165/indicacao_no_287_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em construir estrutura com cobertura em frente ao Posto Paraná, visando dar abrigo aos trabalhadores de carga e descarga de caminhões reconhecidos como Chapas, protegendo-os contra o sol e as chuvas.</t>
   </si>
   <si>
     <t>6166</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6166/indicacao_no_288_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6166/indicacao_no_288_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se buscar recursos para a ampliação no Centro de Convivência do Assentamento Santo Antônio da Fartura, sendo uma sala para reunião e duas salas para ministrar cursos.</t>
   </si>
   <si>
     <t>6167</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6167/indicacao_no_289_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6167/indicacao_no_289_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de sistema de monitoramento e vigilância com câmeras, na via que dá acesso a antiga entrada do Sol de Verão no Bairro Recanto dos Pássaros.</t>
   </si>
   <si>
     <t>6168</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6168/indicacao_no_290_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6168/indicacao_no_290_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de realizar estudo para implantação de redutores de velocidade nas Ruas Francisco Beltrão e Jussara no Bairro Cidade Alta I.</t>
   </si>
   <si>
     <t>6169</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6169/indicacao_no_291_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6169/indicacao_no_291_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em regulamentar Lei Federal nº 11.770, a qual amplia de 120 para 180 dias o período de licença-maternidade para as servidoras públicas do Município.</t>
   </si>
   <si>
     <t>6170</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6170/indicacao_no_292_neison.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6170/indicacao_no_292_neison.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com o patrolamento das estradas vicinais do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>6171</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6171/indicacao_no_293_silvio_psf.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6171/indicacao_no_293_silvio_psf.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma dos PSFS (Posto de Saúde) Recanto do Bosque e Jupiara no Bairro Jupiara.</t>
   </si>
   <si>
     <t>6172</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6172/indicacao_no_294_silvio_psf.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6172/indicacao_no_294_silvio_psf.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se construir pista de caminhada no canteiro central entre a BR 070 e a Avenida Atílio Fontana no trecho que compreende o Bairro Jupiara, bem como implantação de academia ao ar livre.</t>
   </si>
   <si>
     <t>6175</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6175/indicacao_no_295_ze_camera.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6175/indicacao_no_295_ze_camera.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 295/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com instalação de sistema de monitoramento e vigilância com câmera de segurança no cruzamento entre as Avenida Deputado Ulisses Guimarães e Avenida Presidente Tancredo Neves.</t>
   </si>
   <si>
     <t>6176</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6176/indicacao_no_296_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6176/indicacao_no_296_nei.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 296/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Incra Visando a Obtenção de Autorização para Transformação da Sede I, Localizada no Assentamento Dom Osório em área de interesse Social, ficando a Cargo do Município sua Destinação.</t>
   </si>
   <si>
     <t>6177</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6177/indicacao_no_297_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6177/indicacao_no_297_nei.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 297/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde para que se estenda o atendimento e o acompanhamento contínuo do “Melhor em Casa” para a Zona Rural.</t>
   </si>
   <si>
     <t>6178</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6178/indicacao_no_298_silvio_totem_platao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6178/indicacao_no_298_silvio_totem_platao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 298/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de Totem de Monitoramento no Ginásio Joubert Isaías Romancini.</t>
   </si>
   <si>
     <t>6179</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6179/indicacao_no_299_silvio_agrovila.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6179/indicacao_no_299_silvio_agrovila.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 299/2024 - Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto aos órgãos competentes com o objetivo de realizar mutirão de limpeza e manutenção na Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>6180</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6180/indicacao_no_300_miguel_de_paula_cantores_locais.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6180/indicacao_no_300_miguel_de_paula_cantores_locais.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 300/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Cultura, Lazer e Esporte no sentido de priorizar os cantores locais nos Eventos Municipais.</t>
   </si>
   <si>
     <t>6181</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6181/indicacao_no_301_miguel_de_paula_faixa_elevada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6181/indicacao_no_301_miguel_de_paula_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 301/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Obras Viação e Serviços Públicos que objetivem com a construção de faixa elevada no ponto de ônibus (onde alunos aguardam o transporte escolar), na Avenida São Cristóvão no Bairro Jardim América.</t>
   </si>
   <si>
     <t>6182</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>Miguel De Paula, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6182/indicacao_no_302_miguel_de_paula_micropavimentacao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6182/indicacao_no_302_miguel_de_paula_micropavimentacao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 302/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV que objetivem com a micro pavimentação da Rua Cascavel no Bairro Jardim Campo Verde.</t>
   </si>
   <si>
     <t>6183</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6183/indicacao_no_303_socorro_contorno_cesar_lima.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6183/indicacao_no_303_socorro_contorno_cesar_lima.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 303/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com objetivo de realizar abertura de via de acesso (contorno) no canteiro da Avenida Vereador Cesar Lima em frente a Avenida Atílio Fontana.</t>
   </si>
   <si>
     <t>6187</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6187/indicacao_no_304_paulo_area_social.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6187/indicacao_no_304_paulo_area_social.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Incra visando a obtenção de autorização para transformação da área social, localizada no Assentamento Santo Antônio da Fartura em área de interesse social, ficando a cargo do Município sua destinação.</t>
   </si>
   <si>
     <t>6188</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6188/indicacao_no_305_ze_trevo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6188/indicacao_no_305_ze_trevo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente a fim de construir trevo na Avenida Airton Senna (Jardim Campo Verde) que dá acesso à Avenida Brasília.</t>
   </si>
   <si>
     <t>6189</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6189/indicacao_no_306_fabio_curso_preparatorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6189/indicacao_no_306_fabio_curso_preparatorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com implantação de curso preparatório gratuito para Enem e Vestibular em Campo Verde.</t>
   </si>
   <si>
     <t>6190</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6190/indicacao_no_307_miguel_tarifa_social.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6190/indicacao_no_307_miguel_tarifa_social.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a ampliação e ampla divulgação do programa de tarifa social na fatura de água/esgoto visando atender o maior número de famílias inscritas no Cadúnico/baixa renda do Município de Campo Verde.</t>
   </si>
   <si>
     <t>6191</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Professora Socorro, Elton Tobiano</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6191/indicacao_no_308_socorro_lei_fogos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6191/indicacao_no_308_socorro_lei_fogos.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação de lei que proíba a soltura e comercialização de fogos de artifício que produzam barulho no Município de Campo Verde e que esta lei se estenda a qualquer outro artefato pirotécnico do tipo.</t>
   </si>
   <si>
     <t>6192</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6192/indicacao_no_309_miguel_de_paula_ponto_onibus_greenville_ii.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6192/indicacao_no_309_miguel_de_paula_ponto_onibus_greenville_ii.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV que objetivem com a construção de ponto de ônibus no bairro Greenville II (nas proximidades da igreja batista gerar).</t>
   </si>
   <si>
     <t>6193</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>Silvio Eventos, Miguel De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6193/indicacao_no_310_silvio_mutirao_de_poda.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6193/indicacao_no_310_silvio_mutirao_de_poda.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto à Secretaria Municipal de Agricultura, Regularização Fundiária, Habitação e Meio Ambiente para se realizar mutirão de poda no Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>6194</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Miguel De Paula, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6194/indicacao_no311_miguel_trevo_olvebra.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6194/indicacao_no311_miguel_trevo_olvebra.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a Operação Tapa Buraco na MT-140 entre as BR- 070 e 364, trecho conhecido como Desvio da Olvebra.</t>
   </si>
   <si>
     <t>6196</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Professora Socorro, Denival De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6196/indicacao_no_312_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6196/indicacao_no_312_socorro.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 312/2024 – Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV que objetivem com a micro pavimentação asfáltica na Rua Rio de Janeiro no Centro.</t>
   </si>
   <si>
     <t>6197</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6197/indicacao_no_313_ze_humberto_poda_de_arvore.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6197/indicacao_no_313_ze_humberto_poda_de_arvore.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº313/2024 - Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com podas de árvores que compõem a arborização das vias públicas, sobretudo as que obstruem ou estão próximas da Rede Elétrica.</t>
   </si>
   <si>
     <t>6198</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6198/indicacao_no_314_miguel_de_paula_programa_habitacional.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6198/indicacao_no_314_miguel_de_paula_programa_habitacional.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 314/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação de Programa Habitacional para atender famílias inscritas no Cadúnico/Baixa Renda no Município de Campo Verde.</t>
   </si>
   <si>
     <t>6199</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6199/indicacao_no_315_miguel_de_paula__viaduto.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6199/indicacao_no_315_miguel_de_paula__viaduto.docx</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AOS ÓRGÃOS COMPETENTES COM OBJETIVO DE CONSTRUIR VIADUTO NO CRUZAMENTO DA AVENIDA BRASÍLIA, BR-070 E AVENIDA SANTA TEREZA, INTERLIGANDO OS BAIRROS BELVEDERE E JUPIARA.</t>
   </si>
   <si>
     <t>6200</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6200/indicacao_no_316_silvio_faixa_elevada_alice_barbosa_pacheco.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6200/indicacao_no_316_silvio_faixa_elevada_alice_barbosa_pacheco.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº316/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de construir Faixa Elevada em frente Escola Estadual Alice Barbosa Pacheco, localizada na Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>6207</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6207/indicacao_no_317_miguel_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6207/indicacao_no_317_miguel_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 317/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Integrada de Apoio a Segurança Pública com objetivo de construir redutor de velocidade na Avenida Porto Alegre, próximo ao Complexo de Comunicação Arnaldo Eckert/TV Real, no Centro.</t>
   </si>
   <si>
     <t>6208</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6208/indicacao_no_318_fabio_criacao_de_conselho_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6208/indicacao_no_318_fabio_criacao_de_conselho_.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 318/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação do Conselho do Bem-Estar Animal.</t>
   </si>
   <si>
     <t>6209</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6209/indicacao_no_319_paulo_enfeites_natalinos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6209/indicacao_no_319_paulo_enfeites_natalinos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 319/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e colocação de enfeites natalinos, para ornamentar a área social e vila comercial do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>6210</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6210/indicacao_no_320_fabio_centro_de_zoonoses.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6210/indicacao_no_320_fabio_centro_de_zoonoses.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 320/2024 - Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a criação do Centro de Controle de Zoonoses no Município de Campo Verde.</t>
   </si>
   <si>
     <t>6211</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6211/indicacao_no_321_fabio_departamento_municipal_de_defesa.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6211/indicacao_no_321_fabio_departamento_municipal_de_defesa.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 321/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação do Departamento Municipal de Defesa, Proteção e Bem-Estar Animal.</t>
   </si>
   <si>
     <t>6217</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6217/indicacao_no_322_silvio_agrovila_parque_academia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6217/indicacao_no_322_silvio_agrovila_parque_academia.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 322/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de Área de Lazer com parque infantil, academia ao ar livre e quadra de areia na Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>6218</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6218/indicacao_no_323_socorro_enfeites_natalinos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6218/indicacao_no_323_socorro_enfeites_natalinos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 323/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e colocação de enfeites natalinos, para ornamentar a Área Social e Vila Comercial da Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>6219</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6219/indicacao_no_324_ze_humberto_micropavimentacao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6219/indicacao_no_324_ze_humberto_micropavimentacao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 324/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV, com objetivo de realizar recuperação com micro pavimentação na Rua Goiânia no Bairro Eckert.</t>
   </si>
   <si>
     <t>6220</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6220/indicacao_no_325_miguel_manutencao_de_bueiros.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6220/indicacao_no_325_miguel_manutencao_de_bueiros.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 325/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV com objetivo de realizar manutenções nos bueiros dos Bairros Greenville I e II.</t>
   </si>
   <si>
     <t>6221</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6221/indicacao_no_326_miguel_construcao_de_salas_aurea_marquetti.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6221/indicacao_no_326_miguel_construcao_de_salas_aurea_marquetti.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 326/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Educação com objetivo de construir mais salas de aulas na Escola Municipal Professora Áurea Gonçalves Marquetti no Bairro Greenville II.</t>
   </si>
   <si>
     <t>6222</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6222/indicacao_no_327_neison_sala_de_espera.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6222/indicacao_no_327_neison_sala_de_espera.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 327/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Saúde com objetivo de construir sala de espera ou ampliar a recepção do Posto de Saúde da Família - PSF no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>6223</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6223/indicacao_no328_socorro_iptu_impostos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6223/indicacao_no328_socorro_iptu_impostos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 328/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem instituir o programa de Recuperação Fiscal de IPTU, ISSQN, contribuição de melhoria e demais débitos, junto ao Município de Campo Verde – MT para o ano de 2025.</t>
   </si>
   <si>
     <t>6241</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6241/indicacao_no_329_miguel_ponto_coleta_lixo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6241/indicacao_no_329_miguel_ponto_coleta_lixo.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 329/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria Municipal de Obras Viação e Serviços Públicos – SEMOV com objetivo de construir ponto de coleta de lixo na entrada da comunidade serrinha a margem da MT-140.</t>
   </si>
   <si>
     <t>6242</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6242/indicacao_no_330_miguel_att_refeitorio_e_guarita.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6242/indicacao_no_330_miguel_att_refeitorio_e_guarita.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 330/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Agricultura, Regularização Fundiária, Habitação e Meio Ambiente com objetivo de construir guarita com refeitório na Área de Transbordo e Triagem – ATT.</t>
   </si>
   <si>
     <t>6243</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6243/indicacao_no_331_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6243/indicacao_no_331_nei.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 331/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e colocação de enfeites natalinos, para ornamentar a área Social Núcleo Urbano do Dom Osório.</t>
   </si>
   <si>
     <t>6244</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6244/indicacao_no_332_socorro_faixa_elevada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6244/indicacao_no_332_socorro_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 332/2024 - Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em estender a faixa elevada localizada em frente ao Centro Educacional Paulo Freire, ficando assim a mesma em ambos os sentidos da Avenida Airton Senna.</t>
   </si>
   <si>
     <t>5771</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5771/mocao_de_aplauso_socorro_no_obmep.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5771/mocao_de_aplauso_socorro_no_obmep.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO Nº02/2024 - MOÇÃO DE APLAUSO E RECONHECIMENTO AOS ALUNOS E PROFESSORES DA REDE PÚBLICA DE CAMPO VERDE QUE SE DESTACARAM NA OLIMPÍADA BRASILEIRA DE MATEMÁTICA ENTRE OS 18 MILHÕES DE ESTUDANTES DO BRASIL QUE PARTICIPARAM DA 18ª EDIÇÃO DA OBMEP/2023. “OS RESULTADOS ALCANÇADOS RETRATAM A DEDICAÇÃO DESSES ALUNOS E PROFESSORES E A QUALIDADE DO ENSINO OFERTADO EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>5963</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO Nº 03/2024 - MOÇÃO DE APLAUSO E RECONHECIMENTO PELO 30º ANIVERSÁRIO DO MOVIMENTO DE CURSILHOS DE CRISTANDADE DA PARÓQUIA SÃO CRISTÓVÃO DE CAMPO VERDE MT.</t>
   </si>
   <si>
     <t>6184</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6184/mocao_n_04_socorro_janete.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6184/mocao_n_04_socorro_janete.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO Nº 04/2024 - MOÇÃO DE APLAUSO E RECONHECIMENTO A MICRO EMPREENDEDORA INDIVIDUAL JANETE MEDEIROS - MILLENIUM SOFTWARE, PELA CONQUISTA DO 3º LUGAR DO PRÊMIO SEBRAE MULHER DE NEGÓCIOS, NA CATEGORIA CIÊNCIA E TECNOLOGIA, REALIZADA NO DIA 16 DE OUTUBRO PELO SERVIÇO DE APOIO ÀS MICRO E PEQUENAS EMPRESAS ENTRE 182 MULHERES DO ESTADO DE MATO GROSSO.</t>
   </si>
   <si>
     <t>6186</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6186/mocao_de_aplauso_no_05.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6186/mocao_de_aplauso_no_05.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO À LUCINÉIA DE MOURA RITTES KONARGEVSKI, QUE POR MEIO DO SEU TRABALHO NO ESPAÇO DE VIDA SAUDÁVEL, MAIS CONHECIDO COMO ESPAÇO DA LU, MODIFICOU E CONSCIENTIZOU A PRATICA HÁBITOS SAUDÁVEIS NA VIDA DE DIVERSAS PESSOAS ATRAVÉS DOS DESAFIOS QUE PROMOVEU NO ANO DE 2024.</t>
   </si>
   <si>
     <t>6212</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6212/mocao_de_aplauso_no_06_fabio_professor_reginaldo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6212/mocao_de_aplauso_no_06_fabio_professor_reginaldo.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO N.º 06/2024 - MOÇÃO DE APLAUSO E RECONHECIMENTO AO PROFESSOR REGINALDO JOSÉ GUIMARÃES E AO ALUNO LUÍS CALEBE AMARAL DE MORAES PELO EXCELENTE DESEMPENHO NO PEA 2024 - PROGRAMA DE EDUCAÇÃO AMBIENTAL REALIZADO PELO CONSELHO ESTADUAL DAS ASSOCIAÇÕES DAS REVENDAS DE PRODUTOS AGROPECUÁRIOS DE MATO GROSSO - CEARPA MT.</t>
   </si>
   <si>
     <t>6227</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CJRL - Comissão de Justiça e Redação de Leis</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6227/parecer_01_ao_projeto_01.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6227/parecer_01_ao_projeto_01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA NOVA LEI DE POLÍTICA MUNICAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, FUNDO MUNICIPAL DOS _x000D_
 DIREITOS DA CRIANÇA E ADOLESCENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6228</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6228/parecer_02_ao_projeto_05.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6228/parecer_02_ao_projeto_05.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO AO PODER EXECUTIVO A PERMUTAR IMÓVEL PÚBLICO URBANO POR ÁREA RURAL PRIVADA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6229</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6229/parecer_03_ao_projeto_21.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6229/parecer_03_ao_projeto_21.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O VALOR MÍNIMO DE DÉBITO INSCRITO EM DÍVIDA ATIVA PARA PROPOR AÇÃO DE EXECUÇÃO FISCAL ÂMBITO DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6230</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6230/parecer_04_ao_projeto_84.2023.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6230/parecer_04_ao_projeto_84.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS PROCEDIMENTOS DE LANÇAMENTO E COBRANÇA DE TAXAS DECORRENTES DA PRESTAÇÃO DE SERVIÇO PÚBLICO E/OU EXERCÍCIO DO PODER DE POLÍCIA EM MATÉRIA AMBIENTAL PELA SECRETARIA MUNICIPAL DE AGRICULTURA, REGULARIZAÇÃO FUNDIÁRIA HABITAÇÃO E MEIO AMBIENTE – SMARFHMA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6231</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6231/parecer_05_ao_projeto_15.2023.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6231/parecer_05_ao_projeto_15.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 002, DE 22 DE DEZEMBRO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5842</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5842/parecer_06_ao_projeto_24.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5842/parecer_06_ao_projeto_24.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE CAMPO VERDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6232</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6232/parecer_07_ao_projeto_31.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6232/parecer_07_ao_projeto_31.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DA REAVALIAÇÃO ATUARIAL DO EXERCÍCIO DE 2024, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6233</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6233/parecer_08_ao_plc_08.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6233/parecer_08_ao_plc_08.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 171, DE 11 DE NOVEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6224</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6224/parecer_09_ao_pl_35.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6224/parecer_09_ao_pl_35.2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6225</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6225/parecer_10_ao_pl_46.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6225/parecer_10_ao_pl_46.2024.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICIPIO DE CAMPO VERDE-MT, PARA O EXERCICIO DE 2025, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6226</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6226/parecer_11_ao_pl_50.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6226/parecer_11_ao_pl_50.2024.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O PODER EXECUTIVO FIRMA TERMO DE CONVÊNIO ENTRE O MUNICÍPIO DE NOVA BRASILÂNDIA E CAMPO VERDE PARA REALIZAÇÃO DE POLÍTICAS PÚBLICAS RELACIONADAS A DESTINAÇÃO ADEQUADA DE RESÍDUOS SÓLIDOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6137</t>
   </si>
   <si>
     <t>PRTCE</t>
   </si>
   <si>
     <t>Parecer Tribunal de Contas</t>
   </si>
   <si>
     <t>TCE/MT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6137/contas_2023_resumo_executivo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6137/contas_2023_resumo_executivo.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DO PARECER PRÉVIO FAVORÁVEL Nº 39/2024 – PP – Que dispõe sobre as Contas Anuais de Governo de 2023 – Gestor Alexandre Lopes de Oliveira.</t>
   </si>
   <si>
+    <t>7196</t>
+  </si>
+  <si>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/7196/parecer_04_prestacao_de_contas_2024.pdf</t>
+  </si>
+  <si>
+    <t>PARECER  DAS COMISSÕES Nº 04 - JUSTIÇA E REDAÇÃO DE LEIS E FINANÇAS E ORÇAMENTOS, SOBRE A APROVAÇÃO DAS CONTAS DO MUNICÍPIO DE CAMPO VERDE/MT - EXERCÍCIO DE 2024.</t>
+  </si>
+  <si>
     <t>5689</t>
   </si>
   <si>
     <t>PAUTA</t>
   </si>
   <si>
     <t>Pautas das Sessões da Câmara</t>
   </si>
   <si>
     <t>Presidência</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5689/sessao_extra_silvio_17.01.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5689/sessao_extra_silvio_17.01.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO EXTRAORDINÁRIA DO DIA 17.01.2024.</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5697/pauta__da__sessao__ordinaria__do__dia__01.02.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5697/pauta__da__sessao__ordinaria__do__dia__01.02.2024.pdf</t>
   </si>
   <si>
     <t>PAUTA  DA  SESSÃO  EXTRAORDINÁRIA  DO  DIA  01.02.2024.</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 05.02.2024.</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5730/pauta_da_sessao_ordinaria_do_dia_19.02.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5730/pauta_da_sessao_ordinaria_do_dia_19.02.2024.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 19.02.2024</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5737/pauta_da_sessao_ordinaria_do_dia_26.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5737/pauta_da_sessao_ordinaria_do_dia_26.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 26/02/2024.</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5767/pauta_da_sessao_ordinaria_do_dia_26.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5767/pauta_da_sessao_ordinaria_do_dia_26.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 04/03/2024.</t>
   </si>
   <si>
     <t>5770</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5770/pauta_da_sessao_ordinaria_do_dia_26_1.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5770/pauta_da_sessao_ordinaria_do_dia_26_1.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 11.03.2024.</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5782/pauta_da_sessao_18.03.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5782/pauta_da_sessao_18.03.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINARIA DO DIA 18.03.2024</t>
   </si>
   <si>
     <t>5783</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5783/pauta_da_sessao_18.03.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5783/pauta_da_sessao_18.03.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 18/03/2024</t>
   </si>
   <si>
     <t>5845</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5845/pauta_da_sessao_ordinaria_do_dia_08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5845/pauta_da_sessao_ordinaria_do_dia_08.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 08.04.2024.</t>
   </si>
   <si>
     <t>5948</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5948/pauta_da_sessao_ordinaria_do_dia_13.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5948/pauta_da_sessao_ordinaria_do_dia_13.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 13.05.2024.</t>
   </si>
   <si>
     <t>5964</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5964/pauta_da_sessao_ordinaria_do_dia_13.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5964/pauta_da_sessao_ordinaria_do_dia_13.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 20.05.2024.</t>
   </si>
   <si>
     <t>5969</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5969/pauta_da_sessao_ordinaria_do_dia_27.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5969/pauta_da_sessao_ordinaria_do_dia_27.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 27.05.2024</t>
   </si>
   <si>
     <t>5998</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5998/pauta_da_sessao_ordinaria_do_dia_03.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5998/pauta_da_sessao_ordinaria_do_dia_03.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 03.06.2024.</t>
   </si>
   <si>
     <t>5999</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5999/pauta_da_sessao_ordinaria_do_dia_10.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5999/pauta_da_sessao_ordinaria_do_dia_10.pdf</t>
   </si>
   <si>
     <t>PAUTADA.</t>
   </si>
   <si>
     <t>6028</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6028/pauta_da_sessao_ordinaria_do_dia_24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6028/pauta_da_sessao_ordinaria_do_dia_24.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO DO DIA 24.06.2024</t>
   </si>
   <si>
     <t>6041</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6041/pauta__da__sessao__extra._vereadores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6041/pauta__da__sessao__extra._vereadores.pdf</t>
   </si>
   <si>
     <t>6044</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6044/pauta_da_sessao_ordinaria_do_dia_05.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6044/pauta_da_sessao_ordinaria_do_dia_05.pdf</t>
   </si>
   <si>
     <t>6094</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6094/pauta_da_sessao_ordinaria_do_dia_02.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6094/pauta_da_sessao_ordinaria_do_dia_02.pdf</t>
   </si>
   <si>
     <t>6104</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6104/pauta_da_sessao_ordinaria_do_dia_09.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6104/pauta_da_sessao_ordinaria_do_dia_09.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 09.09.2024</t>
   </si>
   <si>
     <t>6113</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6113/pauta_16.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6113/pauta_16.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO DO DIA 16/09/2024</t>
   </si>
   <si>
     <t>6121</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 23/09/2024</t>
   </si>
   <si>
     <t>6128</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6128/pauta_da_sessao_ordinaria_do_dia_30.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6128/pauta_da_sessao_ordinaria_do_dia_30.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 30/09/2024.</t>
   </si>
   <si>
     <t>6136</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6136/pauta_da_sessao_ordinaria_do_dia_07.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6136/pauta_da_sessao_ordinaria_do_dia_07.docx</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 07.10.24.</t>
   </si>
   <si>
     <t>6146</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6146/pauta_da_sessao_ordinaria_do_dia_14.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6146/pauta_da_sessao_ordinaria_do_dia_14.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 14.10.24.</t>
   </si>
   <si>
     <t>6160</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6160/pauta_da_sessao_ordinaria_do_dia_21.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6160/pauta_da_sessao_ordinaria_do_dia_21.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 21.10.24.</t>
   </si>
   <si>
     <t>6195</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6195/pauta_da_sessao_ordinaria_do_dia_18.11.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6195/pauta_da_sessao_ordinaria_do_dia_18.11.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 18/11/2024</t>
   </si>
   <si>
     <t>6201</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6201/pauta_da_sessao_ordinaria_do_dia_25.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6201/pauta_da_sessao_ordinaria_do_dia_25.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 25/11/2024</t>
   </si>
   <si>
     <t>5804</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5804/decreto_legislativo_no_01_2024_alteracao_teletrabalho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5804/decreto_legislativo_no_01_2024_alteracao_teletrabalho.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO Nº 01, DE 25 DE MARÇO DE 2024 . Altera o decreto legislativo n.º 127/2023 que instituiu o regime de teletrabalho no âmbito da Câmara Municipal de Campo Verde-MT, e dá providências correlatas.</t>
   </si>
   <si>
     <t>5894</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5894/projeto_de_decreto_legislativo_no_02.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5894/projeto_de_decreto_legislativo_no_02.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO N. º 02/2024 - “CONCEDE TÍTULO DE “CIDADÃO CAMPOVERDENSE E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>6238</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6238/projeto_de_decreto_legislativo_no_03_cassacao_do_vereador.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6238/projeto_de_decreto_legislativo_no_03_cassacao_do_vereador.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CASSAÇÃO DO MANDATO ELETIVO DO VEREADOR GREGÓRIO DOURADO FILHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6239</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6239/projeto_de_decreto_legislativo_n04_contas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6239/projeto_de_decreto_legislativo_n04_contas.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE CAMPO VERDE-MT, DO EXERCÍCIO DE 2023”.</t>
   </si>
   <si>
     <t>6240</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6240/projeto_de_decreto_legislativo_n_05.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6240/projeto_de_decreto_legislativo_n_05.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO Nº 05/2024 - REGULAMENTA A CONCESSÃO DE DIÁRIAS NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Alexandre Lopes de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5690/projeto_de_lei_complementar_no._001-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_agente_comunitario_de_saude_-_rga.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5690/projeto_de_lei_complementar_no._001-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_agente_comunitario_de_saude_-_rga.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 124, DE 13 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5696/projeto_de_lei_complementar_no._002-2024_-_iptu_2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5696/projeto_de_lei_complementar_no._002-2024_-_iptu_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DESCONTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO-IPTU, PARA O EXERCICIO 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5732</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5732/projeto_de_lei_complementar_no._003-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_altera_anexo_i_-_aumenta_vaga_fiscal.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5732/projeto_de_lei_complementar_no._003-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_altera_anexo_i_-_aumenta_vaga_fiscal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 124, DE 13 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5787/1projeto_de_lei_complementar_no._004-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_altera_anexo_i_-_operador_de_maquinas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5787/1projeto_de_lei_complementar_no._004-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_altera_anexo_i_-_operador_de_maquinas.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 04/2024 - "DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 124, DE 13 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5801/projeto_de_lei_complementar__005-2024_dispoe_sobre_a_alteracao_da_lei_complementar_n_124.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5801/projeto_de_lei_complementar__005-2024_dispoe_sobre_a_alteracao_da_lei_complementar_n_124.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 005/2024 - DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 124, DE 13 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5847</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5847/plc_06.24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5847/plc_06.24.pdf</t>
   </si>
   <si>
     <t>5892</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5892/projeto_de_lei_complementar_no_007_de_2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5892/projeto_de_lei_complementar_no_007_de_2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 007/2024 – DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 124, DE 23 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6014</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6014/pl_complementar_08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6014/pl_complementar_08.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR 08/2024 – Dispõe sobre a alteração da Lei Complementar nº 171, de 11 de novembro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>6043</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6043/brn3c2af478029f_0000042202.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6043/brn3c2af478029f_0000042202.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 009/2024 - DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR N.º 22, DE 25 DE NOVEMBRO DE 2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5694/projeto_de_01.24_000050.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5694/projeto_de_01.24_000050.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA NOVA LEI DE POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E ADOLESCENTE, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5691</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5691/projeto_de_lei_no._002-2024_-_legislacao_acessoria_a_loa-2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5691/projeto_de_lei_no._002-2024_-_legislacao_acessoria_a_loa-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REMANEJAMENTO, TRANSPOSIÇÃO, REALOCAÇÃO E A TRANSFERÊNCIA DE SALDOS ORÇAMENTÁRIOS NA LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO PARA O EXERCÍCIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5692/projeto_de_lei_n_003-2024_-_rga_-_servidores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5692/projeto_de_lei_n_003-2024_-_rga_-_servidores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL PREVISTA NO INCISO X DA CONSTITUIÇÃO FEDERAL SOBRE OS VENCIMENTOS DOS SERVIDORES PÚBLICOS MUNICIPAIS, AOS PROVENTOS E PENSÕES DOS APOSENTADOS E PENSIONISTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5693/projeto_de_lei_n_004-2024_-_rga_-_professores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5693/projeto_de_lei_n_004-2024_-_rga_-_professores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REAJUSTE DE 8,12% AOS SERVIDORES ATIVOS E INATIVOS DA CARREIRA DO MAGISTÉRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5695/projeto_de_lei_005-2024_-_permuta_sao_cristovao_2.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5695/projeto_de_lei_005-2024_-_permuta_sao_cristovao_2.pdf</t>
   </si>
   <si>
     <t>5698</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5698/pl_06.24_000082.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5698/pl_06.24_000082.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI Nº 2917, DE 30 NOVEMBRO DE 2022, E DÁ POUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5699</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5699/projeto_de_lei_n._007-2024_-_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5699/projeto_de_lei_n._007-2024_-_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E ESPECIAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5733/projeto_de_lei_n._008-2024_-_revogacao_da_lei_nr_2850-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5733/projeto_de_lei_n._008-2024_-_revogacao_da_lei_nr_2850-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2.850, DE 29 DE JUNHO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5734/projeto_de_lei_n._009-2024_-_rga_-_hora_delegada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5734/projeto_de_lei_n._009-2024_-_rga_-_hora_delegada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CORREÇÃO DOS VALORES RELATIVOS Á HORA DELEGADA COM FULCRO NO §4º DO ARTIGO 1º DA LEI MUNICIPAL Nº 2.331, DE 22 DE DEZEMBRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5735</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5735/projeto_de_lei_n._010-2024_-_abertura_de_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5735/projeto_de_lei_n._010-2024_-_abertura_de_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTUTA DE CRÉDITO ADICIONAL SUPLEMENTAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5738</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5738/projeto_de_lei_n._011-2024_-_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5738/projeto_de_lei_n._011-2024_-_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTUTA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5739</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5739/projeto_de_lei_n._012-2024_-_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5739/projeto_de_lei_n._012-2024_-_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5750/projeto_de_lei_no._013-2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5750/projeto_de_lei_no._013-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A SUPLEMENTAÇÃO DE CRÉDITO ADICIONAL DISPOSTO NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5751</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5752</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5752/projeto_de_lei_no._015-2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5752/projeto_de_lei_no._015-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5753/projeto_de_lei_no._016-2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5753/projeto_de_lei_no._016-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5754/projeto_lei_no._017-2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5754/projeto_lei_no._017-2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DOS PROJETOS DE INCENTIVO AO ESPORTE E A CULTURA DENOMINADOS “ESPORTE E CULTURA PARA TODA A VIDA”, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>5768</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5768/projeto_de_lei_no._018-2024_-_dispoe_sobre_a_abertura_de_credito_adicional_especial_para_a_inclusao_de_acao_natureza_da_despesa_e_fontes_de_recursos_no_ppa.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5768/projeto_de_lei_no._018-2024_-_dispoe_sobre_a_abertura_de_credito_adicional_especial_para_a_inclusao_de_acao_natureza_da_despesa_e_fontes_de_recursos_no_ppa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5769/projeto_de_lei_no._019-2024_-_locacao_imovel_saude.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5769/projeto_de_lei_no._019-2024_-_locacao_imovel_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CELEBRAÇÃO DE CONTRATO DE LOCAÇÃO DE IMÓVEL PELO EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5784</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 020/2024 - “DISPÕE SOBRE A CELEBRAÇÃO DE CONTRATO DE LOCAÇÃO DE IMÓVEL PELO EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5785</t>
   </si>
   <si>
     <t>PROJETO DE LEI 021/2024 – “DISPÕE SOBRE O VALOR MÍNIMO DE DÉBITO INSCRITO EM DÍVIDA ATIVA PARA PROPOR AÇÃO DE EXECUÇÃO FISCAL ÂMBITO DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5786/projeto_de_lei_no._022-2024_-_alteracao_da_lei_3033-2023.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5786/projeto_de_lei_no._022-2024_-_alteracao_da_lei_3033-2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 022/2024 – “DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 3.033, DE 24 DE NOVEMBRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5798/projeto_de_lei_no._023-2024_alteracao_da_lei_no_3.070_de_06_de_marco_de_2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5798/projeto_de_lei_no._023-2024_alteracao_da_lei_no_3.070_de_06_de_marco_de_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº3070 DE 06 DE MARÇO DE 2024 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5799</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5799/projeto_de_lei_024-2024_dispoe_sobre_o_sistema_unico_de_assistencia_social.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5799/projeto_de_lei_024-2024_dispoe_sobre_o_sistema_unico_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 024/2024 - DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE CAMPO VERDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5800/projeto_de_lei_025-2024_dispoe_sobre_a_abertura_de_credito_adicional_especial.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5800/projeto_de_lei_025-2024_dispoe_sobre_a_abertura_de_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 025/2024 - DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5827/projeto_de_lei_026-2024_dispoe_sobre_a_abertura_de_credito_adicionais_especiais_de_acao_natureza_da_despeza_e_fontes_de_recurso_no_ppa_ldo_e_loa_vigente.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5827/projeto_de_lei_026-2024_dispoe_sobre_a_abertura_de_credito_adicionais_especiais_de_acao_natureza_da_despeza_e_fontes_de_recurso_no_ppa_ldo_e_loa_vigente.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 026/2024 - DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS PARAR A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5846</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5846/pl_27.24.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5846/pl_27.24.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE PROCESSO SELETIVO PARA A CONTRATAÇÃO POR TEMPO DETERMINADO AFIM DE ATENDER A NECESSIDADE TEMPORÁRIO DE EXCEPCIONAL INTERESSE PÚBLICO NOS TERMOS DO INCISO IX DA ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5864/pl_c_28.04_000087.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5864/pl_c_28.04_000087.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº. 3.080, DE 11 DE ABRIL DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5961</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5961/projeto_de_lei_029-2024_dispoe_sobre_a_abertura_de_credito_adicional_suplementar_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5961/projeto_de_lei_029-2024_dispoe_sobre_a_abertura_de_credito_adicional_suplementar_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 29/2024 – DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5962</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5962/projeto_de_lei_030-2024_autoriza_o_poder_executivo_a_afetar_bem_publico_do_municipio_e_da_outras_providencias_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5962/projeto_de_lei_030-2024_autoriza_o_poder_executivo_a_afetar_bem_publico_do_municipio_e_da_outras_providencias_.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 30/2024 – AUTORIZA O PODER EXECUTIVO A AFETAR BEM PÚBLICO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6000/projeto_de_lei_no._031-2024_--_dispoe_sobre_a_aprovacao_da_reavaliacao_atuarial_do_exercicio_de_2024_e_da_outras_providencias_-_previverde.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6000/projeto_de_lei_no._031-2024_--_dispoe_sobre_a_aprovacao_da_reavaliacao_atuarial_do_exercicio_de_2024_e_da_outras_providencias_-_previverde.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 031/2024 – DISPÕE SOBRE A APROVAÇÃO DA REAVALIAÇÃO ATUARIAL DO EXERCICIO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6011/pl_032.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6011/pl_032.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 032/2024 – Dispõe sobre a abertura de crédito adicionais especiais para a inclusão de ação, natureza da despesa e fontes de recursos no PPA, LDO e LOA vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6012/pl_033.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6012/pl_033.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 033/2024 – Dispõe sobre a desafetação e doação de imóvel urbano ao Departamento Estadual de Trânsito de Mato Grosso – DETRAN/MT, e dá outras providências.</t>
   </si>
   <si>
     <t>6013</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6013/pl_034.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6013/pl_034.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 034/2024 – Autorizo o Poder Executivo a desafetar e fazer concessão do direito real de uso a título precário e gratuito, com encargos, de imóvel público ao Departamento Estadual de Trânsito de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>6038</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6038/projeto_de_lei_n035-2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6038/projeto_de_lei_n035-2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 035/2024 - DISPÕE SOBRE  AS DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6039</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6039/projeto_de_lei_036.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6039/projeto_de_lei_036.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 036/2024 - DISPÕE SOBRE A ALTERAÇÃO DA LEI N.º 3.045, DE 12 DE DEZEMBRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6040</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6040/projeto_de_lei_037.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6040/projeto_de_lei_037.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 037/2024 – DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6042</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6042/brn3c2af478029f_0000042196.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6042/brn3c2af478029f_0000042196.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 038/2024 – AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO E ELEMENTO DE DESPESA E FONTE DE RECURSO NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>6045</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6045/projeto_de_lei_no._040-2024_-_abertura_de_credito_-_esporte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6045/projeto_de_lei_no._040-2024_-_abertura_de_credito_-_esporte.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 040/2024 – AUTORIZO A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO E ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6046/projeto_de_lei_no._041-2024_-_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6046/projeto_de_lei_no._041-2024_-_.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 041/2024 – AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE COLABORAÇÃO COM A FUNDAÇÃO UNIVERSIDADE DO ESTADO DE MATO GROSSO [UNEMAT] E A FUNDAÇÃO DE APOIO AO ENSINO SUPERIOR PÚBLICO ESTADUAL [FUNDAÇÃO FAESPE], PARA A EXECUÇÃO DO PROJETO PEDAGÓGICO DO CURSO DE BACHARELADO EM ADMINISTRAÇÃO, EM TURMA ÚNICA, NO NÚCLEO PEDAGÓGICO DE CAMPO VERDE, NA FORMA QUE ESTABELECE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6047/projeto_de_lei_no_042-2024_autoriza_a_bertura_de_credito_adicional_especial_para_a_inclusao_de_acao_e_elemento_de_despesa_e_fontes_de_recursos_no_ppa_ldo_e_loa_vigente.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6047/projeto_de_lei_no_042-2024_autoriza_a_bertura_de_credito_adicional_especial_para_a_inclusao_de_acao_e_elemento_de_despesa_e_fontes_de_recursos_no_ppa_ldo_e_loa_vigente.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 042/2024 – AUTORIZO A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO E ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>6073</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6073/projeto_de_lei_no._043-2024_-_abertura_de_credito_-_seguranca_publica-_cco.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6073/projeto_de_lei_no._043-2024_-_abertura_de_credito_-_seguranca_publica-_cco.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 043/2024 – AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>6095</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6095/projeto_de_lei_no._044-2024_-_revogacao_da_lei_n._1958-2014.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6095/projeto_de_lei_no._044-2024_-_revogacao_da_lei_n._1958-2014.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 044/2024 – DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº. 1958, DE 25 DE FEVEREIRO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6105</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6105/projeto_de_lei_045-2024_dispoe_sobre_a_celebracao_de_contrato_de_locacao_de_imovel_pelo_executivo_municipal.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6105/projeto_de_lei_045-2024_dispoe_sobre_a_celebracao_de_contrato_de_locacao_de_imovel_pelo_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 045/2024 – DISPÕE SOBRE A CELEBRAÇÃO DE CONTRATO DE LOCAÇÃO DE IMÓVEL PELO EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6138</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6138/projeto_de_lei_no_046-2024_loa_-__2025.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6138/projeto_de_lei_no_046-2024_loa_-__2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 046 - ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICIPIO DE CAMPO VERDE-MT PARA O EXERCÍCIO DE 2025, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6161</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6161/projeto_de_lei_n._047_-2024_-_abertura_de_credito_-_sec._obras_-_pavimentacao_distrito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6161/projeto_de_lei_n._047_-2024_-_abertura_de_credito_-_sec._obras_-_pavimentacao_distrito.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO E ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>6162</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6162/projeto_de_lei_n._048-2024_-_revogacao_da_lei_n_1.471_-_2009.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6162/projeto_de_lei_n._048-2024_-_revogacao_da_lei_n_1.471_-_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº. 1471, DE 18 DE MARÇO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6163</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6163/projeto_de_lei_n._049-2024_-_abertura_de_credito_-_saude.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6163/projeto_de_lei_n._049-2024_-_abertura_de_credito_-_saude.pdf</t>
   </si>
   <si>
     <t>6202</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6202/projeto_de_lei_no._050-2024_-_convenio_brasilandia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6202/projeto_de_lei_no._050-2024_-_convenio_brasilandia.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 50/2024 – “DISPOE SOBRE O PODER EXECUTIVO FIRMAR TERMO DE CONVÊNIO ENTRE O MUNICÍPIO DE NOVA BRASILÂNDIA E CAMPO VERDE PARA REALIZAÇÃO DE POLÍTICAS PÚBLICAS RELACIONADAS A DESTINAÇÃO ADEQUADA DE RESÍDUOS SÓLIDOS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>6173</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6173/projeto_de_lei_no._051-2024_-_abertura_de_credito_-_saude.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6173/projeto_de_lei_no._051-2024_-_abertura_de_credito_-_saude.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 051/2024 – AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO E ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>6174</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6174/projeto_de_lei_no._052-2024_-_abertura_de_credito_-_saude_-_copia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6174/projeto_de_lei_no._052-2024_-_abertura_de_credito_-_saude_-_copia.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 52/2024 – AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO E ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>6203</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6203/projeto_de_lei_no._054-2024_-_uso_de_celular_-_escolas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6203/projeto_de_lei_no._054-2024_-_uso_de_celular_-_escolas.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 54/2024 – “DISPÕE SOBRE A PROIBIÇÃO DA UTILIZAÇÃO DE SMARTPHONES EM SALAS DE AULAS PARA FINS NÃO PEDAGÓGICOS NA CIDADE DE CAMPO VERDE/MT”.</t>
   </si>
   <si>
     <t>6204</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6204/projeto_de_lei_no._055-2024_-_fethab.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6204/projeto_de_lei_no._055-2024_-_fethab.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 55/2024 – “DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE TRANSPORTES (FMT), JUNTO À SECRETARIA MUNICIPAL DE OBRAS, VIAÇÃO E SERVIÇOS PÚBLICOS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>6205</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6205/projeto_de_lei_no._056-2024_-_alteracao_da_lei_no._3041-2023_-_aumenta_limite_para_34_creditos_adicionais_suplementares_1.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6205/projeto_de_lei_no._056-2024_-_alteracao_da_lei_no._3041-2023_-_aumenta_limite_para_34_creditos_adicionais_suplementares_1.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 56/2024 – “DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 3.041/2023, DE 12 DE DEZEMBRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>6213</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6213/projeto_de_lei_no_057-2024_-_processo_seletivo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6213/projeto_de_lei_no_057-2024_-_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 57/2024 – “DISPÕE SOBRE A REALIZAÇÃO DE PROCESSO SELETIVO PARA A CONTRATAÇÃO POR TEMPO DETERMINADO AFIM DE ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>6206</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6206/projeto_de_lei_no._058-2024_-_legislacao_acessoria_a_loa-2025.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6206/projeto_de_lei_no._058-2024_-_legislacao_acessoria_a_loa-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 58/2024 – “DISPÕE SOBRE O REMANEJAMENTO, TRANSPOSIÇÃO, REALOCAÇÃO E A TRANSFERÊNCIA DE SALDOS ORÇAMENTÁRIOS NA LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO PARA O EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>6214</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6214/projeto_de_lei_no._059-2024_-_permuta_sao_cristovao_-_alteracao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6214/projeto_de_lei_no._059-2024_-_permuta_sao_cristovao_-_alteracao.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 59/2024 – “DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 3.058, DE 21 DE FEVEREIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>6215</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6215/projeto_de_lei_no._060-2024_-_desafetacao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6215/projeto_de_lei_no._060-2024_-_desafetacao.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 60/2024 – “DISPÕE SOBRE A, DESAFETAÇÃO E ALTERAÇÕES DE DESTINAÇÕES DE IMÓVEIS URBANOS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>6234</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6234/projeto_de_lei_no061.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6234/projeto_de_lei_no061.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 061/2024 – Dispõe sobre a alteração do Plano Plurianual – PPA do Município, para o período de 2022 a 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>6245</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6245/projeto_de_lei_no_62-2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6245/projeto_de_lei_no_62-2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 062/2024 - DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº. 3.041/2023, DE 12 DE DEZEMBRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária/Legislativo</t>
   </si>
   <si>
     <t>Boneca, Denival De Paula, Elton Tobiano, Professora Socorro, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5718/projeto_de_lei_do_legislativo_no_01.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5718/projeto_de_lei_do_legislativo_no_01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA COZINHA PILOTO E DA PADARIA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5719/projeto_de_lei_do_legislativo_no_02.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5719/projeto_de_lei_do_legislativo_no_02.pdf</t>
   </si>
   <si>
     <t>INSTITUI O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO AUXILIAR DE ORIENTAÇÃO PARA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS, NO MUNICÍPIO DE CAMPO VERDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
     <t>Boneca, Janaina Nordestina, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5766/projeto_de_lei_do_legislativo__no_03_passarela.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5766/projeto_de_lei_do_legislativo__no_03_passarela.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA PASSARELA LOCALIZADA NA ÁREA DE LAZER RECANTO DO SOL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5828</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5828/pll_04.24_000084.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5828/pll_04.24_000084.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 04/2024 – FIXA O VALOR DOS SUBSÍDIOS DOS VEREADORES DE CAMPO VERDE PARAR A LEGISLATURA DE 2025-2028, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5982</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5982/pl_legislativo_no_05.2024_visao_monocular_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5982/pl_legislativo_no_05.2024_visao_monocular_.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 05/2024 - REGULAMENTA A FRUIÇÃO DOS BENEFÍCIOS LEGAIS A SER RECONHECIDO PELO MUNICÍPIO DE CAMPO VERDE PARA AS PESSOAS COM VISÃO MONOCULAR EM CONDIÇÃO DE IGUALDADE DAQUELES CONCEDIDOS PARA AS PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6001/projeto_de_lei_no_06.2024_legislativo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6001/projeto_de_lei_no_06.2024_legislativo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 06/2024 - DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO DE REFERÊNCIA ESPECIALIZADO DE ASSISTÊNCIA SOCIAL (CREAS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6185</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6185/projeto_de_lei_no07-024_legislativo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6185/projeto_de_lei_no07-024_legislativo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 07/2024 - DISPÕE SOBRE A DECLARAÇÃO DE UTILIDADE PÚBLICA À FEDERAÇÃO MATOGROSSENSE DE JUDO.</t>
   </si>
   <si>
     <t>6216</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6216/projeto_de_lei_no_08_2024_-_vereadores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6216/projeto_de_lei_no_08_2024_-_vereadores.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 08/2024 - DISPÕE SOBRE A ALTERAÇÃO DA LEI 1.879/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6235</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6235/projeto_de_lei_legislativo_no_09.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6235/projeto_de_lei_legislativo_no_09.2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 09/2024 - DISPÕE SOBRE A ALTERAÇÃO DA DENOMINAÇÃO DO AEROPORTO MUNICIPAL DE CAMPO VERDE-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6236</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6236/projeto_de_lei_legislativo_no_10.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6236/projeto_de_lei_legislativo_no_10.2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 10/2024 - FIXA O VALOR DOS SUBSÍDIOS DOS SECRETÁRIOS MUNICIPAIS E DOS CARGOS COM MESMO “STATUS”, DO MUNICÍPIO DE CAMPO VERDE, A PARTIR DE JANEIRO DE 2025, NOS TERMOS DO ARTIGO 29, INCISO V, DA CONSTITUIÇÃO FEDERAL DE 1988 E ARTIGO 21, INCISO XXIV DA LEI ORGÂNICA DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6237</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6237/projeto_de_lei_legislativo_no_11.2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6237/projeto_de_lei_legislativo_no_11.2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 11/2024 - FIXA OS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO MUNICIPAL DE CAMPO VERDE, NOS TERMOS DO ARTIGO 29, INCISO V, DA CONSTITUIÇÃO FEDERAL DE 1988 E ARTIGOS 20 E 21, DA LEI ORGÂNICA DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5788</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5788/mensagem_ao_projeto_de_resolucao_n_01.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5788/mensagem_ao_projeto_de_resolucao_n_01.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 01/2024 – "DISPONIBILIZA, PROVISORIAMENTE, ESTRUTURA ESPECÍFICA DA CÂMARA MUNICIPAL, PARA REALIZAÇÃO DE SESSÕES DO TRIBUNAL DO JÚRI NO ANO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6029/projeto_de_resolucao_no_02_mocao_de_aplausos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6029/projeto_de_resolucao_no_02_mocao_de_aplausos.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 02/2024 - DISPÕE SOBRE A ALTERAÇÃO DA RESOLUÇÃO Nº 062/2023, QUE REGULAMENTA A CONCESSÃO DE MOÇÃO DE APLAUSO, A SER CONCEDIDA PELA CÂMARA MUNICIPAL DE CAMPO VERDE – MT, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5755/veto_parcial_ao_projeto_de_lei_no_02-2024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5755/veto_parcial_ao_projeto_de_lei_no_02-2024.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL ao Projeto de Lei Legislativo nº 02/2024, de 19 de fevereiro de 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6301,67 +6310,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5881/ata_193.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5882/ata_194.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5883/ata_195.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6070/ata_02.07.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6071/ata_15.07.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6255/ata_198-24.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5968/05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5933/1321-24.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5935/1322-24.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5934/1323-24.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5936/1324-24.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5937/1325-24.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5938/1326-24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5939/1327-24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5942/1328-24.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5940/1329-24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5941/1330-24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5965/29.04.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5966/06.05.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5967/13.05.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6024/20.05_ata.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6025/ata_27.05.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6026/ata_03.06.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6027/ata_10.061.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6069/ata_17.06.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6072/ata_1339.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6091/05.08.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6092/12.08.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6093/19.08.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6155/ata_1343.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6156/ata_1344.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6157/ata_1345.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6158/ata_1346.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6159/ata_1347.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6246/ata_1348.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6247/ata_1349.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6248/ata_1350.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6249/ata_1351.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6250/ata_1352.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6251/ata_1353.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6252/ata_1354.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6253/ata_1355.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6254/ata_1356.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6774/ata_1357.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5700/indicacao_no_001_cleberson_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5701/indicacao_no_002_fabio_unemat.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5702/indicacao_no_003_miguel_contrucao_calcada.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5703/indicacao_no_004_miguel_de_paula_rocadeira_hidraulica.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5704/indicacao_no_004_miguel_de_paula_rocadeira_hidraulica.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5705/indicacao_no_006_nei_construcao_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5706/indicacao_no_007_nei_paulo_freire.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5707/indicacao_no_008_nei.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5708/indicacao_no_009_janaina_caism.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5709/indicacao_no_010_gregorio_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5710/indicacao_no_011_gregorio_agrovila.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5711/indicacao_no_012_socorro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5712/indicacao_no_013_socorro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5713/indicacao_no_014_cleberson_piscina.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5714/indicacao_no_015_elton.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5715/indicacao_no_016_silvio_construcao_quadra_aurea_marquetti.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5716/indicacao_no_017_silvio_iluminacao_cidade_viva.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5720/indicacao_no_18_socorro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5721/indicacao_no_19_nei.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5722/indicacao_no_20_fabio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5723/indicacao_no_21_juscelino.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5724/indicacao_no_22_silvio_construcao_quadra_adib_ayesh_nafi.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5725/indicacao_no_23_silvio_limeira.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5726/indicacao_no_24_paulo-socorro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5727/indicacao_no_25_miguel_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5728/indicacao_no_26_miguel_de_paula_redutor_velocidade_avenida_beija_flor.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5729/indicacao_no_27_silvio_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5736/indicacao_no_29_neison_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5740/indicacao_no_30_paulo_bem_me_quer.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5741/indicacao_no_31_miguel_de_paula_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5742/indicacao_no_32_silvio_chromebook.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5743/indicacao_no_33_silvio_mini_estadio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5744/indicacao_no_34_fabio_centro_de_zoonose.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5745/indicacao_no_35_juscelino_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5746/indicacao_no_36_juscelino_parque.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5747/indicacao_no_37_miguel_de_paula_transporte_greenville_ii.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5748/indicacao_no_38_fabio_av_dom_aquino.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5749/indicacao_no_39_paulinho_suspensao_de_feiroes.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5757/indicacao_no_41_silvio_refletores_estadio_felix_belem.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5758/indicacao_no_42_juscelino.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5759/indicacao_no_43_juscelino_pessoas_em_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5760/indicacao_no_44_miguel_de_paula_ampliacao_estacionamento_caed.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5761/indicacao_no_45_miguel_de_paula_camera_monitoramento_capim_branco_e_taperinha.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5762/indicacao_no_46_miguel_de_paula_ar_condicionado_laboratorio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5763/indicacao_no_47_silvio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5764/indicacao_no_48_nei_sinalizacao__motos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5765/indicacao_no_49_paulo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5772/indicacao_no_50_paulinho_encascalhamento.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5773/indicacao_no_51_paulinho.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5774/indicacao_no_52_janaina_pista_recanto_do_sol.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5775/indicacao_no_53_gregorio_iml.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5776/indicacao_no_54_gregorio_legista.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5777/indicacao_no_55_miguel_de_paula_camera_monitoramento_limeira_e_agrovila.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5778/indicacao_no_56_miguel_de_paula_iluminacao_quadra_parque_araras.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5779/indicacao_no_57_miguel_de_paula_redutor_velocidade_rua_flamingo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5780/indicacao_no_58_silvio_cora_coralina.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5781/indicacao_no_59_silvio_calcada.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5789/indicacao_no_60_juscelino_p_onibus_buritis.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5790/indicacao_no_61_nei_brasil_sorridente.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5791/indicacao_no_62_gregorio_dourado_encascalhamento_14_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5792/indicacao_no_63_paulinho_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5793/indicacao_no_64_elton.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5794/indicacao_no_65_juscelino.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5795/indicacao_no_66_juscelino.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5796/indicacao_no_67_miguel_de_paula_manilhamento_serrinha.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5797/indicacao_no_68_miguel_de_paula_rebaixamento_calcada.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5805/indicacao_no_69_juscelino_ar_cond.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5806/indicacao_no_70_juscelino_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5807/indicacao_no_71_gregorio_repelente.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5808/indicacao_no_72_gregorio_incentivo_fiscal.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5809/indicacao_no_73_gregorio_toldo_psf_estacao_da_luz.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5810/indicacao_no_74_janaina_av_mt_grosso.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5811/indicacao_no_75_miguel_av_lourival_lopes.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5812/indicacao_no_76_miguel_escola_sabina_.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5813/indicacao_no_77_silvio_farmacia_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5814/indicacao_no_78_silvio_cezar_lima.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5815/indicacao_no_79_silvio_fiscalizacao_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5816/indicacao_no_80_juscelino_alambrado_psf_28.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5817/indicacao_no_81_nei_grade_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5818/indicacao_no_82_nei_pavimentacao_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5819/indicacao_no_83_nei_telhado_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5820/indicacao_no_84_socorro_empaer.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5821/indicacao_no_85_socorro_usina_de_trituracao_de_residuos_da_construcao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5822/indicacao_no_86_clebinho_agrovila.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5823/indicacao_no_87_silvio_reforma_e_climatizacao_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5824/indicacao_no_88_silvio_farmacia_belvedere.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5825/indicacao_no_88_silvio_farmacia_belvedere.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5826/indicacao_no_90_clebinho.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5829/indicacao_no_91_janaina_cobertura_quadra_araras.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5830/indicacao_no_92_paulinho_vigilancia_ambiental.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5831/indicacao_no_93_socorro_contorno.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5832/indicacao_no_94_socorro_paisagismo_av_dos_trabalhadores.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5833/indicacao_no_95_miguel_de_paula_reforma_campo_futebol.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5834/indicacao_no_96_miguel_de_paula_trevo_olvebra.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5835/indicacao_no_97_janaina_farmacia.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5836/indicacao_no_98__gregorio_construcao_de_raias_flutuantes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5837/indicacao_no_99_clebinho.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5838/indicacao_no_100_silvio_torre_telefone_fartura.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5839/indicacao_no_101_silvio_creche_cora_coralina.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5849/indicacao_no_103_paulo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5850/indicacao_no_104_gregorio_sangue.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5851/indicacao_no_105_gregorio_estadio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5852/indicacao_no_106_cleberson_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5853/indicacao_no_107_silvio.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5854/indicacao_no_108_socorro_amerecilda.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5855/indicacao_no_109_miguel_de_paula_lixeira_comunidade.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5856/indicacao_no_110_miguel_de_paula_continuidade_avenida_brasilia.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5857/indicacao_no_111_socorro_forum_permanente.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5858/indicacao_no_112_paulo_kits_de_materiais_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5859/indicacao_no_113_silvio.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5860/indicacao_no_114_gregorio_ong.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5861/indicacao_no_115_gregorio_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5862/indicacao_no_116_miguel_de_paula_cora_coralina.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5863/indicacao_no_117_miguel_de_paula__poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5865/indicacao_no_118_miguel_de_paula_construcao_de_creche_bairro_cidade_alta_ou_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5866/indicacao_no_119_gregorio_buritis.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5867/indicacao_no_120_nei_limpeza_br.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5868/indicacao_no_121_silvio_av_pedro_garbuio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5869/indicacao_no_122_paulo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5870/indicacao_no_123__miguel_de_paula_pista_de_motocross.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5871/indicacao_no_124_socorro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5895/indicacao_no_125__miguel_de_paula_contrucao_calcada_lateral_estacionamento_andreis.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5896/indicacao_no_126_jana_kit_material_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5897/indicacao_no_127_paulo_aduelas.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5898/indicacao_no_128_paulo_reforma_ponte_rio_bigorna.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5899/indicacao_no_129_paulopoco.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5900/indicacao_no_130_miguel_de_paula_ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5901/indicacao_no_131__gregorio_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5902/indicacao_no_132__cesar_lima.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5943/indicacao_no_133_clebinho_av._beija_flor.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5944/indicacao_no_134_silvio_e_clebinho.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5945/indicacao_no_135_miguel_de_paula_asfaltar_estrada_que_liga_br070.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5946/indicacao_no_136_silvio_agrovila.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5947/indicacao_no_137_silvio.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5970/indicacao_no_138_miguel_concha_acustica.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5952/indicacao_no_139_juscelino.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5953/indicacao_no_140_juscelino.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5971/indicacao_no_141_miguel.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5955/indicacao_no_142_elton.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5956/indicacao_no_143_paulo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5958/indicacao_no_145_nei_combustivel_melosa.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5959/indicacao_no_146_jose_humberto_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5960/indicacao_no_147_jose_humberto_torre.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5972/indicacao_no_148_silvio_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5973/indicacao_no_149_silvio_e_nei.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5974/indicacao_no_150_nei_e_jusc.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5975/indicacao_no_151_juscelino_bordas_do_lago.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5976/indicacao_no_152_paulo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5977/indicacao_no_153_ze.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5978/indicacao_no_154_ze.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5979/indicacao_no_155_ze.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5980/indicacao_no_156_silvio_fabio_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5981/indicacao_no_157_juscelino_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5983/indicacao_no_158_juscelino_eckert.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5985/indicacao_no_160_silvio_jardim_cuiaba_1.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5986/indicacao_no_161_jana.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5987/indicacao_no_162_paulo.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5988/indicacao_no_163_juscelino.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5989/indicacao_no_164_neison_barracao.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5990/indicacao_no_165_neison_pavimentacao.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5991/indicacao_no_166_miguel_de_paula_tea_-_autismo.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5992/indicacao_no_167_miguel_de_paula_calcada_e_rampa_amerecilda.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5993/indicacao_no_168_silvio_fesccam.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5994/indicacao_no_169_ze.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5995/indicacao_no_170_socorro_ornamentacao_av_campo_grande.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5996/indicacao_no_171_socorro_trevo_garbugio.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5997/indicacao_no_172_fabio_criacao_de_fundo.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6002/indicacao_no_173_juscelino_jupiara.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6003/indicacao_no_174_ze_humberto_asfaltar_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6004/indicacao_no_175_jana.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6005/indicacao_no_176_silvio_reforma_e_climatizacao_psf_olimpia.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6006/indicacao_no_177_nei_limpeza_sadia.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6007/indicacao_no178__ze_humberto_acesso_canteiro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6008/indicacao_no179__ze_humberto_-_viaduto.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6009/indicacao_no180_miguel_redutor_de_velocidade_rua_goiania.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6010/indicacao_no181_miguel_patrolar_estrada_capim_branco.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6015/indicacao_no_182_socorro_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6016/indicacao_no_183_socorro_reforma_escola_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6017/indicacao_no_184_juscelino_internet.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6018/indicacao_no_185_janaina_estudo_redutor_de_velocidade_a._beija_flor.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6019/indicacao_no_186_juscelino_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6020/indicacao_no_187_miguel__show_gospel_expoverde.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6021/indicacao_no_188_miguel_de_paula_recuperacao_meio_fio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6022/indicacao_no_189_ze_praca.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6023/indicacao_no_190_ze_suinucultura.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6030/indicacao_no_191_juscelino_poda_de_arvore.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6031/indicacao_no_192_juscelino__viaduto_br-070.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6032/indicacao_no_193_juscelino_jardim_cuiaba.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6033/indicacao_no_194_ze_poco.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6034/indicacao_no_195__ze_encascalhar_estrada.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6035/indicacao_no_196_miguel_trocador_fraldas.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6036/indicacao_no_197_alaene_cameras_parquinho.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6048/indicacao_no_198_nei_p_onibus_av_sao_cristovao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6049/indicacao_no_199_paulinho_aedes_do_bem.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6050/indicacao_no_200_elton_reservatorio_.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6051/indicacao_no_201_jana_cobertura_caed.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6052/indicacao_no_202_janaina_creche_padre_joao_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6053/indicacao_no_203_jana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6054/indicacao_no_204_juscelino_psf_28.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6055/indicacao_no_205_juscelino_recanto_do_bosque_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6056/indicacao_no_206_fabio_estadio__1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6057/indicacao_no_207_fabio.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6058/indicacao_no_208_miguel_fios_de_internet.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6059/indicacao_no_209_socorro_aulas_parque_recanto_do_sol.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6060/indicacao_n.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6061/indicacao_no_211_silvio_super_postes_av_sao_cristovao.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6062/indicacao_no_212_silvio_pipa_capim_branco.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6063/indicacao_no_213_silvio_pipa_taperinha.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6064/indicacao_no_214_elton.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6065/indicacao_no_215_juscelino_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6066/indicacao_no_216_politec_miguel_de_paula.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6067/indicacao_no_217_nei_raio_x_odontologico.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6068/indicacao_no_218_jana_caed.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6074/indicacao_no_219_fabio_.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6075/indicacao_no_220_ze_fesccam.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6076/indicacao_no_221_silvio_hidratacao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6077/indicacao_no_222_silvio_45_graus.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6078/indicacao_no_223_socorro.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6079/indicacao_no_224_miguel.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6080/indicacao_no_225_paulo_caminhao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6081/indicacao_no_226_elton.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6082/indicacao_no_227_silvio_av_brasilia.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6083/indicacao_no_228_silvio_parque_inf.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6084/indicacao_no_229_ze_porta.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6086/indicacao_no_231_ze.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6087/indicacao_no_232_nei_trevo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6088/indicacao_no_233_miguel_de_paula_construcao_de_academia_e_parque.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6089/indicacao_no_234_paulo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6090/indicacao_no235_miguel_de_paula_construcao_anel_viario.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6096/indicacao_no_236__ze_cartao_beneficio_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6097/indicacao_no_237_ze.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6098/indicacao_no_238_paulo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6099/indicacao_no_239_socorro_atendimento_odontologico.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6100/indicacao_no_240_juscelino_micropavimentacao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6101/indicacao_no_241_silvio_salario.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6102/indicacao_no_242__miguel.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6103/indicacao_no_243_miguel.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6106/indicacao_no_244_elton.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6107/indicacao_no_245_ze_porta_agrovi.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6108/indicacao_no_246__miguel_de_paula_senha_laboratorio.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6109/indicacao_no_247_ze_detran.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6110/indicacao_no_248_silvio_psf_zacarias.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6111/indicacao_no_249_nei_dom_osorio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6112/indicacao_no_250_silvio_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6114/indicacao_no_251_ze_humberto_portal_p._freire_e_04_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6115/indicacao_no_252__neison_costa__ar_condicionado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6116/indicacao_no_253_ze_humberto_micropavimentacao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6117/indicacao_no_254_miguel_de_paula_bebe_conforto.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6118/indicacao_no_255__miguel_de_paula_bebedouro_j._america.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6119/indicacao_no_256__elton.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6120/indicacao_no_257_jana.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6122/indicacao_no_258_ze_porta_taper.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6123/indicacao_no_259_juscelino.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6124/indicacao_no_260_alaene.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6125/indicacao_no_261_neison.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6126/indicacao_no_262_miguel_de_paula_gincana_municipal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6127/indicacao_no_263_juscelino.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6129/indicacao_no_264_cleberson.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6130/indicacao_no_265_juscelinodocx.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6131/indicacao_no_266_jana.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6132/indicacao_no_267_denival.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6133/indicacao_no_268_silvio.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6134/indicacao_no_269_miguel.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6135/indicacao_no_269_miguel.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6139/indicacao_no_271_juscelino.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6140/indicacao_no_272_denivalldocx.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6141/indicacao_no_273_janaina.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6142/indicacao_no_274_clebinho.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6143/indicacao_no_275_miguel.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6144/indicacao_no_276_juscelino_quadra_futsal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6145/indicacao_no_277_silvio_academia_publica.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6147/indicacao_no_278_denival.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6148/indicacao_no_279__juscelino.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6149/indicacao_no_280_silvio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6150/indicacao_no_281_paulo_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6151/indicacao_no_282_humberto.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6152/indicacao_no_283_clebinho_guard_rail.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6153/indicacao_no_284_miguel_.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6154/indicacao_no_285_miguel_.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6164/indicacao_no_286_miguel_hanseniase.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6165/indicacao_no_287_denival.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6166/indicacao_no_288_paulo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6167/indicacao_no_289_miguel.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6168/indicacao_no_290_alaene.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6169/indicacao_no_291_juscelino.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6170/indicacao_no_292_neison.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6171/indicacao_no_293_silvio_psf.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6172/indicacao_no_294_silvio_psf.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6175/indicacao_no_295_ze_camera.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6176/indicacao_no_296_nei.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6177/indicacao_no_297_nei.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6178/indicacao_no_298_silvio_totem_platao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6179/indicacao_no_299_silvio_agrovila.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6180/indicacao_no_300_miguel_de_paula_cantores_locais.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6181/indicacao_no_301_miguel_de_paula_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6182/indicacao_no_302_miguel_de_paula_micropavimentacao.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6183/indicacao_no_303_socorro_contorno_cesar_lima.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6187/indicacao_no_304_paulo_area_social.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6188/indicacao_no_305_ze_trevo.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6189/indicacao_no_306_fabio_curso_preparatorio.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6190/indicacao_no_307_miguel_tarifa_social.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6191/indicacao_no_308_socorro_lei_fogos.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6192/indicacao_no_309_miguel_de_paula_ponto_onibus_greenville_ii.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6193/indicacao_no_310_silvio_mutirao_de_poda.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6194/indicacao_no311_miguel_trevo_olvebra.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6196/indicacao_no_312_socorro.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6197/indicacao_no_313_ze_humberto_poda_de_arvore.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6198/indicacao_no_314_miguel_de_paula_programa_habitacional.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6199/indicacao_no_315_miguel_de_paula__viaduto.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6200/indicacao_no_316_silvio_faixa_elevada_alice_barbosa_pacheco.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6207/indicacao_no_317_miguel_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6208/indicacao_no_318_fabio_criacao_de_conselho_.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6209/indicacao_no_319_paulo_enfeites_natalinos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6210/indicacao_no_320_fabio_centro_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6211/indicacao_no_321_fabio_departamento_municipal_de_defesa.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6217/indicacao_no_322_silvio_agrovila_parque_academia.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6218/indicacao_no_323_socorro_enfeites_natalinos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6219/indicacao_no_324_ze_humberto_micropavimentacao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6220/indicacao_no_325_miguel_manutencao_de_bueiros.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6221/indicacao_no_326_miguel_construcao_de_salas_aurea_marquetti.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6222/indicacao_no_327_neison_sala_de_espera.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6223/indicacao_no328_socorro_iptu_impostos.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6241/indicacao_no_329_miguel_ponto_coleta_lixo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6242/indicacao_no_330_miguel_att_refeitorio_e_guarita.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6243/indicacao_no_331_nei.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6244/indicacao_no_332_socorro_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5771/mocao_de_aplauso_socorro_no_obmep.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6184/mocao_n_04_socorro_janete.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6186/mocao_de_aplauso_no_05.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6212/mocao_de_aplauso_no_06_fabio_professor_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6227/parecer_01_ao_projeto_01.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6228/parecer_02_ao_projeto_05.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6229/parecer_03_ao_projeto_21.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6230/parecer_04_ao_projeto_84.2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6231/parecer_05_ao_projeto_15.2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5842/parecer_06_ao_projeto_24.2024.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6232/parecer_07_ao_projeto_31.2024.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6233/parecer_08_ao_plc_08.2024.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6224/parecer_09_ao_pl_35.2024.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6225/parecer_10_ao_pl_46.2024.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6226/parecer_11_ao_pl_50.2024.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6137/contas_2023_resumo_executivo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5689/sessao_extra_silvio_17.01.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5697/pauta__da__sessao__ordinaria__do__dia__01.02.2024.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5730/pauta_da_sessao_ordinaria_do_dia_19.02.2024.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5737/pauta_da_sessao_ordinaria_do_dia_26.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5767/pauta_da_sessao_ordinaria_do_dia_26.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5770/pauta_da_sessao_ordinaria_do_dia_26_1.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5782/pauta_da_sessao_18.03.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5783/pauta_da_sessao_18.03.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5845/pauta_da_sessao_ordinaria_do_dia_08.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5948/pauta_da_sessao_ordinaria_do_dia_13.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5964/pauta_da_sessao_ordinaria_do_dia_13.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5969/pauta_da_sessao_ordinaria_do_dia_27.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5998/pauta_da_sessao_ordinaria_do_dia_03.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5999/pauta_da_sessao_ordinaria_do_dia_10.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6028/pauta_da_sessao_ordinaria_do_dia_24.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6041/pauta__da__sessao__extra._vereadores.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6044/pauta_da_sessao_ordinaria_do_dia_05.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6094/pauta_da_sessao_ordinaria_do_dia_02.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6104/pauta_da_sessao_ordinaria_do_dia_09.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6113/pauta_16.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6128/pauta_da_sessao_ordinaria_do_dia_30.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6136/pauta_da_sessao_ordinaria_do_dia_07.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6146/pauta_da_sessao_ordinaria_do_dia_14.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6160/pauta_da_sessao_ordinaria_do_dia_21.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6195/pauta_da_sessao_ordinaria_do_dia_18.11.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6201/pauta_da_sessao_ordinaria_do_dia_25.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5804/decreto_legislativo_no_01_2024_alteracao_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5894/projeto_de_decreto_legislativo_no_02.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6238/projeto_de_decreto_legislativo_no_03_cassacao_do_vereador.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6239/projeto_de_decreto_legislativo_n04_contas.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6240/projeto_de_decreto_legislativo_n_05.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5690/projeto_de_lei_complementar_no._001-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_agente_comunitario_de_saude_-_rga.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5696/projeto_de_lei_complementar_no._002-2024_-_iptu_2024.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5732/projeto_de_lei_complementar_no._003-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_altera_anexo_i_-_aumenta_vaga_fiscal.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5787/1projeto_de_lei_complementar_no._004-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_altera_anexo_i_-_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5801/projeto_de_lei_complementar__005-2024_dispoe_sobre_a_alteracao_da_lei_complementar_n_124.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5847/plc_06.24.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5892/projeto_de_lei_complementar_no_007_de_2024.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6014/pl_complementar_08.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6043/brn3c2af478029f_0000042202.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5694/projeto_de_01.24_000050.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5691/projeto_de_lei_no._002-2024_-_legislacao_acessoria_a_loa-2024.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5692/projeto_de_lei_n_003-2024_-_rga_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5693/projeto_de_lei_n_004-2024_-_rga_-_professores.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5695/projeto_de_lei_005-2024_-_permuta_sao_cristovao_2.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5698/pl_06.24_000082.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5699/projeto_de_lei_n._007-2024_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5733/projeto_de_lei_n._008-2024_-_revogacao_da_lei_nr_2850-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5734/projeto_de_lei_n._009-2024_-_rga_-_hora_delegada.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5735/projeto_de_lei_n._010-2024_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5738/projeto_de_lei_n._011-2024_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5739/projeto_de_lei_n._012-2024_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5750/projeto_de_lei_no._013-2024.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5752/projeto_de_lei_no._015-2024.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5753/projeto_de_lei_no._016-2024.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5754/projeto_lei_no._017-2024.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5768/projeto_de_lei_no._018-2024_-_dispoe_sobre_a_abertura_de_credito_adicional_especial_para_a_inclusao_de_acao_natureza_da_despesa_e_fontes_de_recursos_no_ppa.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5769/projeto_de_lei_no._019-2024_-_locacao_imovel_saude.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5786/projeto_de_lei_no._022-2024_-_alteracao_da_lei_3033-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5798/projeto_de_lei_no._023-2024_alteracao_da_lei_no_3.070_de_06_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5799/projeto_de_lei_024-2024_dispoe_sobre_o_sistema_unico_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5800/projeto_de_lei_025-2024_dispoe_sobre_a_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5827/projeto_de_lei_026-2024_dispoe_sobre_a_abertura_de_credito_adicionais_especiais_de_acao_natureza_da_despeza_e_fontes_de_recurso_no_ppa_ldo_e_loa_vigente.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5846/pl_27.24.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5864/pl_c_28.04_000087.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5961/projeto_de_lei_029-2024_dispoe_sobre_a_abertura_de_credito_adicional_suplementar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5962/projeto_de_lei_030-2024_autoriza_o_poder_executivo_a_afetar_bem_publico_do_municipio_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6000/projeto_de_lei_no._031-2024_--_dispoe_sobre_a_aprovacao_da_reavaliacao_atuarial_do_exercicio_de_2024_e_da_outras_providencias_-_previverde.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6011/pl_032.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6012/pl_033.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6013/pl_034.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6038/projeto_de_lei_n035-2024.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6039/projeto_de_lei_036.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6040/projeto_de_lei_037.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6042/brn3c2af478029f_0000042196.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6045/projeto_de_lei_no._040-2024_-_abertura_de_credito_-_esporte.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6046/projeto_de_lei_no._041-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6047/projeto_de_lei_no_042-2024_autoriza_a_bertura_de_credito_adicional_especial_para_a_inclusao_de_acao_e_elemento_de_despesa_e_fontes_de_recursos_no_ppa_ldo_e_loa_vigente.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6073/projeto_de_lei_no._043-2024_-_abertura_de_credito_-_seguranca_publica-_cco.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6095/projeto_de_lei_no._044-2024_-_revogacao_da_lei_n._1958-2014.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6105/projeto_de_lei_045-2024_dispoe_sobre_a_celebracao_de_contrato_de_locacao_de_imovel_pelo_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6138/projeto_de_lei_no_046-2024_loa_-__2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6161/projeto_de_lei_n._047_-2024_-_abertura_de_credito_-_sec._obras_-_pavimentacao_distrito.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6162/projeto_de_lei_n._048-2024_-_revogacao_da_lei_n_1.471_-_2009.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6163/projeto_de_lei_n._049-2024_-_abertura_de_credito_-_saude.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6202/projeto_de_lei_no._050-2024_-_convenio_brasilandia.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6173/projeto_de_lei_no._051-2024_-_abertura_de_credito_-_saude.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6174/projeto_de_lei_no._052-2024_-_abertura_de_credito_-_saude_-_copia.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6203/projeto_de_lei_no._054-2024_-_uso_de_celular_-_escolas.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6204/projeto_de_lei_no._055-2024_-_fethab.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6205/projeto_de_lei_no._056-2024_-_alteracao_da_lei_no._3041-2023_-_aumenta_limite_para_34_creditos_adicionais_suplementares_1.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6213/projeto_de_lei_no_057-2024_-_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6206/projeto_de_lei_no._058-2024_-_legislacao_acessoria_a_loa-2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6214/projeto_de_lei_no._059-2024_-_permuta_sao_cristovao_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6215/projeto_de_lei_no._060-2024_-_desafetacao.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6234/projeto_de_lei_no061.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6245/projeto_de_lei_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5718/projeto_de_lei_do_legislativo_no_01.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5719/projeto_de_lei_do_legislativo_no_02.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5766/projeto_de_lei_do_legislativo__no_03_passarela.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5828/pll_04.24_000084.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5982/pl_legislativo_no_05.2024_visao_monocular_.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6001/projeto_de_lei_no_06.2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6185/projeto_de_lei_no07-024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6216/projeto_de_lei_no_08_2024_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6235/projeto_de_lei_legislativo_no_09.2024.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6236/projeto_de_lei_legislativo_no_10.2024.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6237/projeto_de_lei_legislativo_no_11.2024.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5788/mensagem_ao_projeto_de_resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6029/projeto_de_resolucao_no_02_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5755/veto_parcial_ao_projeto_de_lei_no_02-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5881/ata_193.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5882/ata_194.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5883/ata_195.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6070/ata_02.07.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6071/ata_15.07.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6255/ata_198-24.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5968/05.02.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5933/1321-24.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5935/1322-24.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5934/1323-24.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5936/1324-24.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5937/1325-24.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5938/1326-24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5939/1327-24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5942/1328-24.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5940/1329-24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5941/1330-24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5965/29.04.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5966/06.05.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5967/13.05.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6024/20.05_ata.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6025/ata_27.05.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6026/ata_03.06.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6027/ata_10.061.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6069/ata_17.06.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6072/ata_1339.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6091/05.08.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6092/12.08.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6093/19.08.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6155/ata_1343.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6156/ata_1344.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6157/ata_1345.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6158/ata_1346.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6159/ata_1347.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6246/ata_1348.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6247/ata_1349.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6248/ata_1350.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6249/ata_1351.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6250/ata_1352.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6251/ata_1353.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6252/ata_1354.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6253/ata_1355.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6254/ata_1356.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6774/ata_1357.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5700/indicacao_no_001_cleberson_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5701/indicacao_no_002_fabio_unemat.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5702/indicacao_no_003_miguel_contrucao_calcada.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5703/indicacao_no_004_miguel_de_paula_rocadeira_hidraulica.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5704/indicacao_no_004_miguel_de_paula_rocadeira_hidraulica.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5705/indicacao_no_006_nei_construcao_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5706/indicacao_no_007_nei_paulo_freire.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5707/indicacao_no_008_nei.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5708/indicacao_no_009_janaina_caism.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5709/indicacao_no_010_gregorio_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5710/indicacao_no_011_gregorio_agrovila.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5711/indicacao_no_012_socorro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5712/indicacao_no_013_socorro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5713/indicacao_no_014_cleberson_piscina.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5714/indicacao_no_015_elton.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5715/indicacao_no_016_silvio_construcao_quadra_aurea_marquetti.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5716/indicacao_no_017_silvio_iluminacao_cidade_viva.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5720/indicacao_no_18_socorro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5721/indicacao_no_19_nei.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5722/indicacao_no_20_fabio.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5723/indicacao_no_21_juscelino.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5724/indicacao_no_22_silvio_construcao_quadra_adib_ayesh_nafi.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5725/indicacao_no_23_silvio_limeira.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5726/indicacao_no_24_paulo-socorro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5727/indicacao_no_25_miguel_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5728/indicacao_no_26_miguel_de_paula_redutor_velocidade_avenida_beija_flor.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5729/indicacao_no_27_silvio_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5736/indicacao_no_29_neison_pavimentacao_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5740/indicacao_no_30_paulo_bem_me_quer.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5741/indicacao_no_31_miguel_de_paula_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5742/indicacao_no_32_silvio_chromebook.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5743/indicacao_no_33_silvio_mini_estadio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5744/indicacao_no_34_fabio_centro_de_zoonose.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5745/indicacao_no_35_juscelino_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5746/indicacao_no_36_juscelino_parque.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5747/indicacao_no_37_miguel_de_paula_transporte_greenville_ii.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5748/indicacao_no_38_fabio_av_dom_aquino.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5749/indicacao_no_39_paulinho_suspensao_de_feiroes.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5757/indicacao_no_41_silvio_refletores_estadio_felix_belem.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5758/indicacao_no_42_juscelino.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5759/indicacao_no_43_juscelino_pessoas_em_situacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5760/indicacao_no_44_miguel_de_paula_ampliacao_estacionamento_caed.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5761/indicacao_no_45_miguel_de_paula_camera_monitoramento_capim_branco_e_taperinha.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5762/indicacao_no_46_miguel_de_paula_ar_condicionado_laboratorio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5763/indicacao_no_47_silvio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5764/indicacao_no_48_nei_sinalizacao__motos.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5765/indicacao_no_49_paulo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5772/indicacao_no_50_paulinho_encascalhamento.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5773/indicacao_no_51_paulinho.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5774/indicacao_no_52_janaina_pista_recanto_do_sol.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5775/indicacao_no_53_gregorio_iml.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5776/indicacao_no_54_gregorio_legista.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5777/indicacao_no_55_miguel_de_paula_camera_monitoramento_limeira_e_agrovila.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5778/indicacao_no_56_miguel_de_paula_iluminacao_quadra_parque_araras.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5779/indicacao_no_57_miguel_de_paula_redutor_velocidade_rua_flamingo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5780/indicacao_no_58_silvio_cora_coralina.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5781/indicacao_no_59_silvio_calcada.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5789/indicacao_no_60_juscelino_p_onibus_buritis.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5790/indicacao_no_61_nei_brasil_sorridente.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5791/indicacao_no_62_gregorio_dourado_encascalhamento_14_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5792/indicacao_no_63_paulinho_tapa_buracos.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5793/indicacao_no_64_elton.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5794/indicacao_no_65_juscelino.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5795/indicacao_no_66_juscelino.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5796/indicacao_no_67_miguel_de_paula_manilhamento_serrinha.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5797/indicacao_no_68_miguel_de_paula_rebaixamento_calcada.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5805/indicacao_no_69_juscelino_ar_cond.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5806/indicacao_no_70_juscelino_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5807/indicacao_no_71_gregorio_repelente.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5808/indicacao_no_72_gregorio_incentivo_fiscal.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5809/indicacao_no_73_gregorio_toldo_psf_estacao_da_luz.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5810/indicacao_no_74_janaina_av_mt_grosso.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5811/indicacao_no_75_miguel_av_lourival_lopes.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5812/indicacao_no_76_miguel_escola_sabina_.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5813/indicacao_no_77_silvio_farmacia_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5814/indicacao_no_78_silvio_cezar_lima.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5815/indicacao_no_79_silvio_fiscalizacao_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5816/indicacao_no_80_juscelino_alambrado_psf_28.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5817/indicacao_no_81_nei_grade_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5818/indicacao_no_82_nei_pavimentacao_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5819/indicacao_no_83_nei_telhado_rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5820/indicacao_no_84_socorro_empaer.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5821/indicacao_no_85_socorro_usina_de_trituracao_de_residuos_da_construcao.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5822/indicacao_no_86_clebinho_agrovila.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5823/indicacao_no_87_silvio_reforma_e_climatizacao_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5824/indicacao_no_88_silvio_farmacia_belvedere.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5825/indicacao_no_88_silvio_farmacia_belvedere.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5826/indicacao_no_90_clebinho.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5829/indicacao_no_91_janaina_cobertura_quadra_araras.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5830/indicacao_no_92_paulinho_vigilancia_ambiental.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5831/indicacao_no_93_socorro_contorno.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5832/indicacao_no_94_socorro_paisagismo_av_dos_trabalhadores.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5833/indicacao_no_95_miguel_de_paula_reforma_campo_futebol.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5834/indicacao_no_96_miguel_de_paula_trevo_olvebra.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5835/indicacao_no_97_janaina_farmacia.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5836/indicacao_no_98__gregorio_construcao_de_raias_flutuantes.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5837/indicacao_no_99_clebinho.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5838/indicacao_no_100_silvio_torre_telefone_fartura.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5839/indicacao_no_101_silvio_creche_cora_coralina.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5849/indicacao_no_103_paulo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5850/indicacao_no_104_gregorio_sangue.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5851/indicacao_no_105_gregorio_estadio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5852/indicacao_no_106_cleberson_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5853/indicacao_no_107_silvio.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5854/indicacao_no_108_socorro_amerecilda.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5855/indicacao_no_109_miguel_de_paula_lixeira_comunidade.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5856/indicacao_no_110_miguel_de_paula_continuidade_avenida_brasilia.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5857/indicacao_no_111_socorro_forum_permanente.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5858/indicacao_no_112_paulo_kits_de_materiais_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5859/indicacao_no_113_silvio.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5860/indicacao_no_114_gregorio_ong.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5861/indicacao_no_115_gregorio_hemodialise.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5862/indicacao_no_116_miguel_de_paula_cora_coralina.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5863/indicacao_no_117_miguel_de_paula__poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5865/indicacao_no_118_miguel_de_paula_construcao_de_creche_bairro_cidade_alta_ou_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5866/indicacao_no_119_gregorio_buritis.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5867/indicacao_no_120_nei_limpeza_br.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5868/indicacao_no_121_silvio_av_pedro_garbuio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5869/indicacao_no_122_paulo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5870/indicacao_no_123__miguel_de_paula_pista_de_motocross.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5871/indicacao_no_124_socorro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5895/indicacao_no_125__miguel_de_paula_contrucao_calcada_lateral_estacionamento_andreis.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5896/indicacao_no_126_jana_kit_material_de_construcao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5897/indicacao_no_127_paulo_aduelas.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5898/indicacao_no_128_paulo_reforma_ponte_rio_bigorna.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5899/indicacao_no_129_paulopoco.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5900/indicacao_no_130_miguel_de_paula_ponto_onibus.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5901/indicacao_no_131__gregorio_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5902/indicacao_no_132__cesar_lima.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5943/indicacao_no_133_clebinho_av._beija_flor.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5944/indicacao_no_134_silvio_e_clebinho.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5945/indicacao_no_135_miguel_de_paula_asfaltar_estrada_que_liga_br070.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5946/indicacao_no_136_silvio_agrovila.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5947/indicacao_no_137_silvio.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5970/indicacao_no_138_miguel_concha_acustica.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5952/indicacao_no_139_juscelino.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5953/indicacao_no_140_juscelino.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5971/indicacao_no_141_miguel.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5955/indicacao_no_142_elton.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5956/indicacao_no_143_paulo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5958/indicacao_no_145_nei_combustivel_melosa.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5959/indicacao_no_146_jose_humberto_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5960/indicacao_no_147_jose_humberto_torre.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5972/indicacao_no_148_silvio_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5973/indicacao_no_149_silvio_e_nei.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5974/indicacao_no_150_nei_e_jusc.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5975/indicacao_no_151_juscelino_bordas_do_lago.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5976/indicacao_no_152_paulo.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5977/indicacao_no_153_ze.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5978/indicacao_no_154_ze.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5979/indicacao_no_155_ze.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5980/indicacao_no_156_silvio_fabio_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5981/indicacao_no_157_juscelino_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5983/indicacao_no_158_juscelino_eckert.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5985/indicacao_no_160_silvio_jardim_cuiaba_1.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5986/indicacao_no_161_jana.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5987/indicacao_no_162_paulo.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5988/indicacao_no_163_juscelino.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5989/indicacao_no_164_neison_barracao.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5990/indicacao_no_165_neison_pavimentacao.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5991/indicacao_no_166_miguel_de_paula_tea_-_autismo.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5992/indicacao_no_167_miguel_de_paula_calcada_e_rampa_amerecilda.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5993/indicacao_no_168_silvio_fesccam.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5994/indicacao_no_169_ze.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5995/indicacao_no_170_socorro_ornamentacao_av_campo_grande.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5996/indicacao_no_171_socorro_trevo_garbugio.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5997/indicacao_no_172_fabio_criacao_de_fundo.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6002/indicacao_no_173_juscelino_jupiara.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6003/indicacao_no_174_ze_humberto_asfaltar_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6004/indicacao_no_175_jana.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6005/indicacao_no_176_silvio_reforma_e_climatizacao_psf_olimpia.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6006/indicacao_no_177_nei_limpeza_sadia.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6007/indicacao_no178__ze_humberto_acesso_canteiro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6008/indicacao_no179__ze_humberto_-_viaduto.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6009/indicacao_no180_miguel_redutor_de_velocidade_rua_goiania.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6010/indicacao_no181_miguel_patrolar_estrada_capim_branco.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6015/indicacao_no_182_socorro_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6016/indicacao_no_183_socorro_reforma_escola_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6017/indicacao_no_184_juscelino_internet.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6018/indicacao_no_185_janaina_estudo_redutor_de_velocidade_a._beija_flor.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6019/indicacao_no_186_juscelino_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6020/indicacao_no_187_miguel__show_gospel_expoverde.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6021/indicacao_no_188_miguel_de_paula_recuperacao_meio_fio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6022/indicacao_no_189_ze_praca.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6023/indicacao_no_190_ze_suinucultura.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6030/indicacao_no_191_juscelino_poda_de_arvore.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6031/indicacao_no_192_juscelino__viaduto_br-070.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6032/indicacao_no_193_juscelino_jardim_cuiaba.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6033/indicacao_no_194_ze_poco.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6034/indicacao_no_195__ze_encascalhar_estrada.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6035/indicacao_no_196_miguel_trocador_fraldas.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6036/indicacao_no_197_alaene_cameras_parquinho.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6048/indicacao_no_198_nei_p_onibus_av_sao_cristovao.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6049/indicacao_no_199_paulinho_aedes_do_bem.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6050/indicacao_no_200_elton_reservatorio_.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6051/indicacao_no_201_jana_cobertura_caed.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6052/indicacao_no_202_janaina_creche_padre_joao_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6053/indicacao_no_203_jana.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6054/indicacao_no_204_juscelino_psf_28.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6055/indicacao_no_205_juscelino_recanto_do_bosque_i_e_ii.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6056/indicacao_no_206_fabio_estadio__1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6057/indicacao_no_207_fabio.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6058/indicacao_no_208_miguel_fios_de_internet.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6059/indicacao_no_209_socorro_aulas_parque_recanto_do_sol.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6060/indicacao_n.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6061/indicacao_no_211_silvio_super_postes_av_sao_cristovao.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6062/indicacao_no_212_silvio_pipa_capim_branco.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6063/indicacao_no_213_silvio_pipa_taperinha.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6064/indicacao_no_214_elton.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6065/indicacao_no_215_juscelino_sao_lourenco.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6066/indicacao_no_216_politec_miguel_de_paula.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6067/indicacao_no_217_nei_raio_x_odontologico.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6068/indicacao_no_218_jana_caed.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6074/indicacao_no_219_fabio_.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6075/indicacao_no_220_ze_fesccam.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6076/indicacao_no_221_silvio_hidratacao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6077/indicacao_no_222_silvio_45_graus.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6078/indicacao_no_223_socorro.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6079/indicacao_no_224_miguel.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6080/indicacao_no_225_paulo_caminhao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6081/indicacao_no_226_elton.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6082/indicacao_no_227_silvio_av_brasilia.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6083/indicacao_no_228_silvio_parque_inf.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6084/indicacao_no_229_ze_porta.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6086/indicacao_no_231_ze.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6087/indicacao_no_232_nei_trevo.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6088/indicacao_no_233_miguel_de_paula_construcao_de_academia_e_parque.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6089/indicacao_no_234_paulo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6090/indicacao_no235_miguel_de_paula_construcao_anel_viario.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6096/indicacao_no_236__ze_cartao_beneficio_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6097/indicacao_no_237_ze.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6098/indicacao_no_238_paulo.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6099/indicacao_no_239_socorro_atendimento_odontologico.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6100/indicacao_no_240_juscelino_micropavimentacao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6101/indicacao_no_241_silvio_salario.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6102/indicacao_no_242__miguel.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6103/indicacao_no_243_miguel.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6106/indicacao_no_244_elton.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6107/indicacao_no_245_ze_porta_agrovi.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6108/indicacao_no_246__miguel_de_paula_senha_laboratorio.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6109/indicacao_no_247_ze_detran.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6110/indicacao_no_248_silvio_psf_zacarias.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6111/indicacao_no_249_nei_dom_osorio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6112/indicacao_no_250_silvio_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6114/indicacao_no_251_ze_humberto_portal_p._freire_e_04_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6115/indicacao_no_252__neison_costa__ar_condicionado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6116/indicacao_no_253_ze_humberto_micropavimentacao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6117/indicacao_no_254_miguel_de_paula_bebe_conforto.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6118/indicacao_no_255__miguel_de_paula_bebedouro_j._america.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6119/indicacao_no_256__elton.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6120/indicacao_no_257_jana.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6122/indicacao_no_258_ze_porta_taper.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6123/indicacao_no_259_juscelino.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6124/indicacao_no_260_alaene.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6125/indicacao_no_261_neison.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6126/indicacao_no_262_miguel_de_paula_gincana_municipal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6127/indicacao_no_263_juscelino.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6129/indicacao_no_264_cleberson.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6130/indicacao_no_265_juscelinodocx.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6131/indicacao_no_266_jana.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6132/indicacao_no_267_denival.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6133/indicacao_no_268_silvio.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6134/indicacao_no_269_miguel.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6135/indicacao_no_269_miguel.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6139/indicacao_no_271_juscelino.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6140/indicacao_no_272_denivalldocx.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6141/indicacao_no_273_janaina.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6142/indicacao_no_274_clebinho.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6143/indicacao_no_275_miguel.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6144/indicacao_no_276_juscelino_quadra_futsal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6145/indicacao_no_277_silvio_academia_publica.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6147/indicacao_no_278_denival.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6148/indicacao_no_279__juscelino.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6149/indicacao_no_280_silvio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6150/indicacao_no_281_paulo_patrolamento.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6151/indicacao_no_282_humberto.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6152/indicacao_no_283_clebinho_guard_rail.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6153/indicacao_no_284_miguel_.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6154/indicacao_no_285_miguel_.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6164/indicacao_no_286_miguel_hanseniase.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6165/indicacao_no_287_denival.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6166/indicacao_no_288_paulo.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6167/indicacao_no_289_miguel.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6168/indicacao_no_290_alaene.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6169/indicacao_no_291_juscelino.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6170/indicacao_no_292_neison.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6171/indicacao_no_293_silvio_psf.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6172/indicacao_no_294_silvio_psf.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6175/indicacao_no_295_ze_camera.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6176/indicacao_no_296_nei.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6177/indicacao_no_297_nei.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6178/indicacao_no_298_silvio_totem_platao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6179/indicacao_no_299_silvio_agrovila.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6180/indicacao_no_300_miguel_de_paula_cantores_locais.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6181/indicacao_no_301_miguel_de_paula_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6182/indicacao_no_302_miguel_de_paula_micropavimentacao.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6183/indicacao_no_303_socorro_contorno_cesar_lima.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6187/indicacao_no_304_paulo_area_social.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6188/indicacao_no_305_ze_trevo.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6189/indicacao_no_306_fabio_curso_preparatorio.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6190/indicacao_no_307_miguel_tarifa_social.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6191/indicacao_no_308_socorro_lei_fogos.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6192/indicacao_no_309_miguel_de_paula_ponto_onibus_greenville_ii.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6193/indicacao_no_310_silvio_mutirao_de_poda.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6194/indicacao_no311_miguel_trevo_olvebra.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6196/indicacao_no_312_socorro.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6197/indicacao_no_313_ze_humberto_poda_de_arvore.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6198/indicacao_no_314_miguel_de_paula_programa_habitacional.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6199/indicacao_no_315_miguel_de_paula__viaduto.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6200/indicacao_no_316_silvio_faixa_elevada_alice_barbosa_pacheco.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6207/indicacao_no_317_miguel_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6208/indicacao_no_318_fabio_criacao_de_conselho_.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6209/indicacao_no_319_paulo_enfeites_natalinos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6210/indicacao_no_320_fabio_centro_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6211/indicacao_no_321_fabio_departamento_municipal_de_defesa.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6217/indicacao_no_322_silvio_agrovila_parque_academia.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6218/indicacao_no_323_socorro_enfeites_natalinos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6219/indicacao_no_324_ze_humberto_micropavimentacao.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6220/indicacao_no_325_miguel_manutencao_de_bueiros.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6221/indicacao_no_326_miguel_construcao_de_salas_aurea_marquetti.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6222/indicacao_no_327_neison_sala_de_espera.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6223/indicacao_no328_socorro_iptu_impostos.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6241/indicacao_no_329_miguel_ponto_coleta_lixo.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6242/indicacao_no_330_miguel_att_refeitorio_e_guarita.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6243/indicacao_no_331_nei.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6244/indicacao_no_332_socorro_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5771/mocao_de_aplauso_socorro_no_obmep.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6184/mocao_n_04_socorro_janete.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6186/mocao_de_aplauso_no_05.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6212/mocao_de_aplauso_no_06_fabio_professor_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6227/parecer_01_ao_projeto_01.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6228/parecer_02_ao_projeto_05.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6229/parecer_03_ao_projeto_21.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6230/parecer_04_ao_projeto_84.2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6231/parecer_05_ao_projeto_15.2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5842/parecer_06_ao_projeto_24.2024.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6232/parecer_07_ao_projeto_31.2024.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6233/parecer_08_ao_plc_08.2024.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6224/parecer_09_ao_pl_35.2024.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6225/parecer_10_ao_pl_46.2024.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6226/parecer_11_ao_pl_50.2024.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6137/contas_2023_resumo_executivo.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/7196/parecer_04_prestacao_de_contas_2024.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5689/sessao_extra_silvio_17.01.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5697/pauta__da__sessao__ordinaria__do__dia__01.02.2024.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5730/pauta_da_sessao_ordinaria_do_dia_19.02.2024.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5737/pauta_da_sessao_ordinaria_do_dia_26.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5767/pauta_da_sessao_ordinaria_do_dia_26.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5770/pauta_da_sessao_ordinaria_do_dia_26_1.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5782/pauta_da_sessao_18.03.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5783/pauta_da_sessao_18.03.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5845/pauta_da_sessao_ordinaria_do_dia_08.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5948/pauta_da_sessao_ordinaria_do_dia_13.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5964/pauta_da_sessao_ordinaria_do_dia_13.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5969/pauta_da_sessao_ordinaria_do_dia_27.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5998/pauta_da_sessao_ordinaria_do_dia_03.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5999/pauta_da_sessao_ordinaria_do_dia_10.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6028/pauta_da_sessao_ordinaria_do_dia_24.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6041/pauta__da__sessao__extra._vereadores.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6044/pauta_da_sessao_ordinaria_do_dia_05.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6094/pauta_da_sessao_ordinaria_do_dia_02.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6104/pauta_da_sessao_ordinaria_do_dia_09.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6113/pauta_16.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6128/pauta_da_sessao_ordinaria_do_dia_30.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6136/pauta_da_sessao_ordinaria_do_dia_07.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6146/pauta_da_sessao_ordinaria_do_dia_14.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6160/pauta_da_sessao_ordinaria_do_dia_21.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6195/pauta_da_sessao_ordinaria_do_dia_18.11.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6201/pauta_da_sessao_ordinaria_do_dia_25.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5804/decreto_legislativo_no_01_2024_alteracao_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5894/projeto_de_decreto_legislativo_no_02.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6238/projeto_de_decreto_legislativo_no_03_cassacao_do_vereador.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6239/projeto_de_decreto_legislativo_n04_contas.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6240/projeto_de_decreto_legislativo_n_05.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5690/projeto_de_lei_complementar_no._001-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_agente_comunitario_de_saude_-_rga.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5696/projeto_de_lei_complementar_no._002-2024_-_iptu_2024.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5732/projeto_de_lei_complementar_no._003-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_altera_anexo_i_-_aumenta_vaga_fiscal.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5787/1projeto_de_lei_complementar_no._004-2024_-_dispoe_sobre_a_alteracao_da_lei_complementar_no._124_de_13_de_dezembro_de_2019_-_altera_anexo_i_-_operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5801/projeto_de_lei_complementar__005-2024_dispoe_sobre_a_alteracao_da_lei_complementar_n_124.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5847/plc_06.24.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5892/projeto_de_lei_complementar_no_007_de_2024.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6014/pl_complementar_08.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6043/brn3c2af478029f_0000042202.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5694/projeto_de_01.24_000050.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5691/projeto_de_lei_no._002-2024_-_legislacao_acessoria_a_loa-2024.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5692/projeto_de_lei_n_003-2024_-_rga_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5693/projeto_de_lei_n_004-2024_-_rga_-_professores.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5695/projeto_de_lei_005-2024_-_permuta_sao_cristovao_2.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5698/pl_06.24_000082.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5699/projeto_de_lei_n._007-2024_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5733/projeto_de_lei_n._008-2024_-_revogacao_da_lei_nr_2850-2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5734/projeto_de_lei_n._009-2024_-_rga_-_hora_delegada.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5735/projeto_de_lei_n._010-2024_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5738/projeto_de_lei_n._011-2024_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5739/projeto_de_lei_n._012-2024_-_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5750/projeto_de_lei_no._013-2024.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5752/projeto_de_lei_no._015-2024.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5753/projeto_de_lei_no._016-2024.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5754/projeto_lei_no._017-2024.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5768/projeto_de_lei_no._018-2024_-_dispoe_sobre_a_abertura_de_credito_adicional_especial_para_a_inclusao_de_acao_natureza_da_despesa_e_fontes_de_recursos_no_ppa.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5769/projeto_de_lei_no._019-2024_-_locacao_imovel_saude.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5786/projeto_de_lei_no._022-2024_-_alteracao_da_lei_3033-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5798/projeto_de_lei_no._023-2024_alteracao_da_lei_no_3.070_de_06_de_marco_de_2024.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5799/projeto_de_lei_024-2024_dispoe_sobre_o_sistema_unico_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5800/projeto_de_lei_025-2024_dispoe_sobre_a_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5827/projeto_de_lei_026-2024_dispoe_sobre_a_abertura_de_credito_adicionais_especiais_de_acao_natureza_da_despeza_e_fontes_de_recurso_no_ppa_ldo_e_loa_vigente.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5846/pl_27.24.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5864/pl_c_28.04_000087.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5961/projeto_de_lei_029-2024_dispoe_sobre_a_abertura_de_credito_adicional_suplementar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5962/projeto_de_lei_030-2024_autoriza_o_poder_executivo_a_afetar_bem_publico_do_municipio_e_da_outras_providencias_.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6000/projeto_de_lei_no._031-2024_--_dispoe_sobre_a_aprovacao_da_reavaliacao_atuarial_do_exercicio_de_2024_e_da_outras_providencias_-_previverde.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6011/pl_032.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6012/pl_033.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6013/pl_034.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6038/projeto_de_lei_n035-2024.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6039/projeto_de_lei_036.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6040/projeto_de_lei_037.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6042/brn3c2af478029f_0000042196.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6045/projeto_de_lei_no._040-2024_-_abertura_de_credito_-_esporte.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6046/projeto_de_lei_no._041-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6047/projeto_de_lei_no_042-2024_autoriza_a_bertura_de_credito_adicional_especial_para_a_inclusao_de_acao_e_elemento_de_despesa_e_fontes_de_recursos_no_ppa_ldo_e_loa_vigente.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6073/projeto_de_lei_no._043-2024_-_abertura_de_credito_-_seguranca_publica-_cco.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6095/projeto_de_lei_no._044-2024_-_revogacao_da_lei_n._1958-2014.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6105/projeto_de_lei_045-2024_dispoe_sobre_a_celebracao_de_contrato_de_locacao_de_imovel_pelo_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6138/projeto_de_lei_no_046-2024_loa_-__2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6161/projeto_de_lei_n._047_-2024_-_abertura_de_credito_-_sec._obras_-_pavimentacao_distrito.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6162/projeto_de_lei_n._048-2024_-_revogacao_da_lei_n_1.471_-_2009.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6163/projeto_de_lei_n._049-2024_-_abertura_de_credito_-_saude.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6202/projeto_de_lei_no._050-2024_-_convenio_brasilandia.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6173/projeto_de_lei_no._051-2024_-_abertura_de_credito_-_saude.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6174/projeto_de_lei_no._052-2024_-_abertura_de_credito_-_saude_-_copia.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6203/projeto_de_lei_no._054-2024_-_uso_de_celular_-_escolas.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6204/projeto_de_lei_no._055-2024_-_fethab.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6205/projeto_de_lei_no._056-2024_-_alteracao_da_lei_no._3041-2023_-_aumenta_limite_para_34_creditos_adicionais_suplementares_1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6213/projeto_de_lei_no_057-2024_-_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6206/projeto_de_lei_no._058-2024_-_legislacao_acessoria_a_loa-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6214/projeto_de_lei_no._059-2024_-_permuta_sao_cristovao_-_alteracao.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6215/projeto_de_lei_no._060-2024_-_desafetacao.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6234/projeto_de_lei_no061.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6245/projeto_de_lei_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5718/projeto_de_lei_do_legislativo_no_01.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5719/projeto_de_lei_do_legislativo_no_02.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5766/projeto_de_lei_do_legislativo__no_03_passarela.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5828/pll_04.24_000084.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5982/pl_legislativo_no_05.2024_visao_monocular_.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6001/projeto_de_lei_no_06.2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6185/projeto_de_lei_no07-024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6216/projeto_de_lei_no_08_2024_-_vereadores.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6235/projeto_de_lei_legislativo_no_09.2024.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6236/projeto_de_lei_legislativo_no_10.2024.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6237/projeto_de_lei_legislativo_no_11.2024.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5788/mensagem_ao_projeto_de_resolucao_n_01.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/6029/projeto_de_resolucao_no_02_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2024/5755/veto_parcial_ao_projeto_de_lei_no_02-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H510"/>
+  <dimension ref="A1:H511"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="75" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="242.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="242" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -16564,3041 +16573,3067 @@
       </c>
       <c r="D394" t="s">
         <v>1620</v>
       </c>
       <c r="E394" t="s">
         <v>1621</v>
       </c>
       <c r="F394" t="s">
         <v>1622</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>1623</v>
       </c>
       <c r="H394" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1625</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="D395" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G395" s="1" t="s">
         <v>1626</v>
       </c>
-      <c r="E395" t="s">
+      <c r="H395" t="s">
         <v>1627</v>
-      </c>
-[...7 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>191</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F396" t="s">
         <v>1631</v>
-      </c>
-[...13 lines deleted...]
-        <v>1628</v>
       </c>
       <c r="G396" s="1" t="s">
         <v>1632</v>
       </c>
       <c r="H396" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>1634</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D397" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E397" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F397" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>322</v>
+        <v>1635</v>
       </c>
       <c r="H397" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="D398" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E398" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F398" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1637</v>
+        <v>322</v>
       </c>
       <c r="H398" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1639</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D399" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E399" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F399" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>1640</v>
       </c>
       <c r="H399" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>1642</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D400" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E400" t="s">
-        <v>1627</v>
+        <v>1630</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1631</v>
       </c>
       <c r="G400" s="1" t="s">
         <v>1643</v>
       </c>
       <c r="H400" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>1645</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D401" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E401" t="s">
-        <v>1627</v>
-[...2 lines deleted...]
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>1646</v>
       </c>
       <c r="H401" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>1648</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="D402" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E402" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F402" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>1649</v>
       </c>
       <c r="H402" t="s">
         <v>1650</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>1651</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D403" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E403" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F403" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>1652</v>
       </c>
       <c r="H403" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>1654</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="D404" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E404" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F404" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>1655</v>
       </c>
       <c r="H404" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>1657</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="D405" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E405" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F405" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>1658</v>
       </c>
       <c r="H405" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>1660</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D406" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E406" t="s">
-        <v>1627</v>
+        <v>1630</v>
+      </c>
+      <c r="F406" t="s">
+        <v>1631</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>1661</v>
       </c>
       <c r="H406" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1663</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="D407" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E407" t="s">
-        <v>1627</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1630</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>1664</v>
       </c>
       <c r="H407" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>1666</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D408" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E408" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F408" t="s">
-        <v>1628</v>
+        <v>13</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>1667</v>
       </c>
       <c r="H408" t="s">
         <v>1668</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1669</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D409" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E409" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F409" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>1670</v>
       </c>
       <c r="H409" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>1672</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="D410" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E410" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F410" t="s">
-        <v>13</v>
+        <v>1631</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>1673</v>
       </c>
       <c r="H410" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>1675</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="D411" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E411" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F411" t="s">
-        <v>1628</v>
+        <v>13</v>
       </c>
       <c r="G411" s="1" t="s">
         <v>1676</v>
       </c>
       <c r="H411" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D412" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E412" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F412" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="H412" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D413" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E413" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F413" t="s">
-        <v>13</v>
+        <v>1631</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="H413" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="D414" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E414" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F414" t="s">
         <v>13</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="H414" t="s">
-        <v>1683</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>1684</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D415" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E415" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F415" t="s">
+        <v>13</v>
+      </c>
+      <c r="G415" s="1" t="s">
         <v>1685</v>
       </c>
-      <c r="G415" s="1" t="s">
+      <c r="H415" t="s">
         <v>1686</v>
-      </c>
-[...1 lines deleted...]
-        <v>1687</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>287</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F416" t="s">
         <v>1688</v>
       </c>
-      <c r="B416" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G416" s="1" t="s">
-        <v>322</v>
+        <v>1689</v>
       </c>
       <c r="H416" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D417" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E417" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F417" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1691</v>
+        <v>322</v>
       </c>
       <c r="H417" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>1693</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D418" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E418" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F418" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G418" s="1" t="s">
         <v>1694</v>
       </c>
       <c r="H418" t="s">
         <v>1695</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>1696</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="D419" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E419" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F419" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G419" s="1" t="s">
         <v>1697</v>
       </c>
       <c r="H419" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>1699</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D420" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E420" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F420" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G420" s="1" t="s">
         <v>1700</v>
       </c>
       <c r="H420" t="s">
         <v>1701</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>1702</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D421" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E421" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F421" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>1703</v>
       </c>
       <c r="H421" t="s">
         <v>1704</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>1705</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="D422" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="E422" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="F422" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="G422" s="1" t="s">
         <v>1706</v>
       </c>
       <c r="H422" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>1708</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>191</v>
+        <v>320</v>
       </c>
       <c r="D423" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1631</v>
+      </c>
+      <c r="G423" s="1" t="s">
         <v>1709</v>
       </c>
-      <c r="E423" t="s">
+      <c r="H423" t="s">
         <v>1710</v>
-      </c>
-[...7 lines deleted...]
-        <v>1712</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>191</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E424" t="s">
         <v>1713</v>
       </c>
-      <c r="B424" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F424" t="s">
-        <v>1685</v>
+        <v>1631</v>
       </c>
       <c r="G424" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="H424" t="s">
         <v>1715</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>1716</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D425" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="E425" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="F425" t="s">
-        <v>1628</v>
+        <v>1688</v>
       </c>
       <c r="G425" s="1" t="s">
         <v>1717</v>
       </c>
       <c r="H425" t="s">
         <v>1718</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>1719</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="D426" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="E426" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="F426" t="s">
-        <v>1586</v>
+        <v>1631</v>
       </c>
       <c r="G426" s="1" t="s">
         <v>1720</v>
       </c>
       <c r="H426" t="s">
         <v>1721</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>1722</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D427" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="E427" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="F427" t="s">
-        <v>13</v>
+        <v>1586</v>
       </c>
       <c r="G427" s="1" t="s">
         <v>1723</v>
       </c>
       <c r="H427" t="s">
         <v>1724</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>1725</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="D428" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F428" t="s">
+        <v>13</v>
+      </c>
+      <c r="G428" s="1" t="s">
         <v>1726</v>
       </c>
-      <c r="E428" t="s">
+      <c r="H428" t="s">
         <v>1727</v>
-      </c>
-[...7 lines deleted...]
-        <v>1730</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>191</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F429" t="s">
         <v>1731</v>
-      </c>
-[...13 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="G429" s="1" t="s">
         <v>1732</v>
       </c>
       <c r="H429" t="s">
         <v>1733</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>1734</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D430" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="E430" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="F430" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G430" s="1" t="s">
         <v>1735</v>
       </c>
       <c r="H430" t="s">
         <v>1736</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>1737</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="D431" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="E431" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="F431" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>1738</v>
       </c>
       <c r="H431" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>1740</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D432" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="E432" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="F432" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>1741</v>
       </c>
       <c r="H432" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>1743</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D433" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="E433" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="F433" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>1744</v>
       </c>
       <c r="H433" t="s">
-        <v>1736</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D434" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="E434" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="F434" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="H434" t="s">
-        <v>1747</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>1748</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="D435" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="E435" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="F435" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G435" s="1" t="s">
         <v>1749</v>
       </c>
       <c r="H435" t="s">
         <v>1750</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>1751</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D436" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="E436" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="F436" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G436" s="1" t="s">
         <v>1752</v>
       </c>
       <c r="H436" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>1754</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>191</v>
+        <v>232</v>
       </c>
       <c r="D437" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F437" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G437" s="1" t="s">
         <v>1755</v>
       </c>
-      <c r="E437" t="s">
+      <c r="H437" t="s">
         <v>1756</v>
-      </c>
-[...7 lines deleted...]
-        <v>1758</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>191</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E438" t="s">
         <v>1759</v>
       </c>
-      <c r="B438" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F438" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G438" s="1" t="s">
         <v>1760</v>
       </c>
       <c r="H438" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>1762</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D439" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E439" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F439" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G439" s="1" t="s">
         <v>1763</v>
       </c>
       <c r="H439" t="s">
         <v>1764</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>1765</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="D440" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E440" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F440" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G440" s="1" t="s">
         <v>1766</v>
       </c>
       <c r="H440" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>1768</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D441" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E441" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F441" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G441" s="1" t="s">
         <v>1769</v>
       </c>
       <c r="H441" t="s">
-        <v>1591</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D442" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E442" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F442" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="H442" t="s">
-        <v>1772</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>1773</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D443" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E443" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F443" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G443" s="1" t="s">
         <v>1774</v>
       </c>
       <c r="H443" t="s">
         <v>1775</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>1776</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="D444" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E444" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F444" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G444" s="1" t="s">
         <v>1777</v>
       </c>
       <c r="H444" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>1779</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D445" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E445" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F445" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G445" s="1" t="s">
         <v>1780</v>
       </c>
       <c r="H445" t="s">
         <v>1781</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>1782</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="D446" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E446" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F446" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G446" s="1" t="s">
         <v>1783</v>
       </c>
       <c r="H446" t="s">
         <v>1784</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>1785</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="D447" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E447" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F447" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G447" s="1" t="s">
         <v>1786</v>
       </c>
       <c r="H447" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>1788</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D448" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E448" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F448" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G448" s="1" t="s">
         <v>1789</v>
       </c>
       <c r="H448" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>246</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F449" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H449" t="s">
         <v>1790</v>
-      </c>
-[...19 lines deleted...]
-        <v>1792</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>1793</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D450" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E450" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F450" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>322</v>
+        <v>1794</v>
       </c>
       <c r="H450" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="D451" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E451" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F451" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1796</v>
+        <v>322</v>
       </c>
       <c r="H451" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>1798</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="D452" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E452" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F452" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>1799</v>
       </c>
       <c r="H452" t="s">
         <v>1800</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>1801</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="D453" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E453" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F453" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>1802</v>
       </c>
       <c r="H453" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>1804</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="D454" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E454" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F454" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>1805</v>
       </c>
       <c r="H454" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>1807</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D455" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E455" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F455" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>1808</v>
       </c>
       <c r="H455" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1810</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="D456" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E456" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F456" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>322</v>
+        <v>1811</v>
       </c>
       <c r="H456" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D457" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E457" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F457" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G457" s="1" t="s">
         <v>322</v>
       </c>
       <c r="H457" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D458" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E458" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F458" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1815</v>
+        <v>322</v>
       </c>
       <c r="H458" t="s">
         <v>1816</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>1817</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D459" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E459" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F459" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G459" s="1" t="s">
         <v>1818</v>
       </c>
       <c r="H459" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>1820</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D460" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E460" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F460" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G460" s="1" t="s">
         <v>1821</v>
       </c>
       <c r="H460" t="s">
         <v>1822</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>1823</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="D461" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E461" t="s">
-        <v>1756</v>
+        <v>1759</v>
+      </c>
+      <c r="F461" t="s">
+        <v>1731</v>
       </c>
       <c r="G461" s="1" t="s">
         <v>1824</v>
       </c>
       <c r="H461" t="s">
         <v>1825</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>1826</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D462" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E462" t="s">
-        <v>1756</v>
-[...2 lines deleted...]
-        <v>1728</v>
+        <v>1759</v>
       </c>
       <c r="G462" s="1" t="s">
         <v>1827</v>
       </c>
       <c r="H462" t="s">
         <v>1828</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>1829</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D463" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E463" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F463" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G463" s="1" t="s">
         <v>1830</v>
       </c>
       <c r="H463" t="s">
         <v>1831</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>1832</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="D464" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E464" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F464" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G464" s="1" t="s">
         <v>1833</v>
       </c>
       <c r="H464" t="s">
         <v>1834</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>1835</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="D465" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E465" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F465" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G465" s="1" t="s">
         <v>1836</v>
       </c>
       <c r="H465" t="s">
         <v>1837</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>1838</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D466" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E466" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F466" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G466" s="1" t="s">
         <v>1839</v>
       </c>
       <c r="H466" t="s">
         <v>1840</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>1841</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="D467" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E467" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F467" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G467" s="1" t="s">
         <v>1842</v>
       </c>
       <c r="H467" t="s">
         <v>1843</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>1844</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D468" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E468" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F468" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>1845</v>
       </c>
       <c r="H468" t="s">
         <v>1846</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>1847</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="D469" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E469" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F469" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G469" s="1" t="s">
         <v>1848</v>
       </c>
       <c r="H469" t="s">
         <v>1849</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>1850</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="D470" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E470" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F470" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G470" s="1" t="s">
         <v>1851</v>
       </c>
       <c r="H470" t="s">
         <v>1852</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>1853</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="D471" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E471" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F471" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G471" s="1" t="s">
         <v>1854</v>
       </c>
       <c r="H471" t="s">
         <v>1855</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>1856</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D472" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E472" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F472" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G472" s="1" t="s">
         <v>1857</v>
       </c>
       <c r="H472" t="s">
         <v>1858</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>1859</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D473" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E473" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F473" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G473" s="1" t="s">
         <v>1860</v>
       </c>
       <c r="H473" t="s">
         <v>1861</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1862</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D474" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E474" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F474" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G474" s="1" t="s">
         <v>1863</v>
       </c>
       <c r="H474" t="s">
         <v>1864</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>1865</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>371</v>
+        <v>363</v>
       </c>
       <c r="D475" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E475" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F475" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G475" s="1" t="s">
         <v>1866</v>
       </c>
       <c r="H475" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>1868</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D476" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E476" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F476" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G476" s="1" t="s">
         <v>1869</v>
       </c>
       <c r="H476" t="s">
         <v>1870</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>1871</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="D477" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E477" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F477" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G477" s="1" t="s">
         <v>1872</v>
       </c>
       <c r="H477" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>1874</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="D478" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E478" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F478" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G478" s="1" t="s">
         <v>1875</v>
       </c>
       <c r="H478" t="s">
         <v>1876</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>1877</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D479" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E479" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F479" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G479" s="1" t="s">
         <v>1878</v>
       </c>
       <c r="H479" t="s">
         <v>1879</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>1880</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D480" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E480" t="s">
-        <v>1756</v>
+        <v>1759</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1731</v>
       </c>
       <c r="G480" s="1" t="s">
         <v>1881</v>
       </c>
       <c r="H480" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>1883</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D481" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E481" t="s">
-        <v>1756</v>
-[...2 lines deleted...]
-        <v>1728</v>
+        <v>1759</v>
       </c>
       <c r="G481" s="1" t="s">
         <v>1884</v>
       </c>
       <c r="H481" t="s">
         <v>1885</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>1886</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="D482" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E482" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F482" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>1887</v>
       </c>
       <c r="H482" t="s">
         <v>1888</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>1889</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="D483" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E483" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F483" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G483" s="1" t="s">
         <v>1890</v>
       </c>
       <c r="H483" t="s">
         <v>1891</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>1892</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D484" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E484" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F484" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G484" s="1" t="s">
         <v>1893</v>
       </c>
       <c r="H484" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="D485" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E485" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F485" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="H485" t="s">
-        <v>1896</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>1897</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="D486" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E486" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F486" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>1898</v>
       </c>
       <c r="H486" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>1900</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D487" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E487" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F487" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>1901</v>
       </c>
       <c r="H487" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>1903</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="D488" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E488" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F488" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>1904</v>
       </c>
       <c r="H488" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>1906</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D489" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E489" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F489" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G489" s="1" t="s">
         <v>1907</v>
       </c>
       <c r="H489" t="s">
         <v>1908</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
         <v>1909</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="D490" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E490" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F490" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>1910</v>
       </c>
       <c r="H490" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>1912</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="D491" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E491" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F491" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G491" s="1" t="s">
         <v>1913</v>
       </c>
       <c r="H491" t="s">
         <v>1914</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>1915</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="D492" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E492" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F492" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G492" s="1" t="s">
         <v>1916</v>
       </c>
       <c r="H492" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
         <v>1918</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="D493" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E493" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F493" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G493" s="1" t="s">
         <v>1919</v>
       </c>
       <c r="H493" t="s">
         <v>1920</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
         <v>1921</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D494" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E494" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F494" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>1922</v>
       </c>
       <c r="H494" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>1924</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="D495" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E495" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F495" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G495" s="1" t="s">
         <v>1925</v>
       </c>
       <c r="H495" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
         <v>1927</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="D496" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="E496" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="F496" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>1928</v>
       </c>
       <c r="H496" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>1930</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>191</v>
+        <v>462</v>
       </c>
       <c r="D497" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G497" s="1" t="s">
         <v>1931</v>
       </c>
-      <c r="E497" t="s">
+      <c r="H497" t="s">
         <v>1932</v>
-      </c>
-[...7 lines deleted...]
-        <v>1935</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>191</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F498" t="s">
         <v>1936</v>
-      </c>
-[...13 lines deleted...]
-        <v>1520</v>
       </c>
       <c r="G498" s="1" t="s">
         <v>1937</v>
       </c>
       <c r="H498" t="s">
         <v>1938</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
         <v>1939</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D499" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E499" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F499" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G499" s="1" t="s">
         <v>1940</v>
       </c>
-      <c r="G499" s="1" t="s">
+      <c r="H499" t="s">
         <v>1941</v>
-      </c>
-[...1 lines deleted...]
-        <v>1942</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>203</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F500" t="s">
         <v>1943</v>
-      </c>
-[...10 lines deleted...]
-        <v>1932</v>
       </c>
       <c r="G500" s="1" t="s">
         <v>1944</v>
       </c>
       <c r="H500" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
         <v>1946</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D501" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E501" t="s">
-        <v>1932</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>1935</v>
       </c>
       <c r="G501" s="1" t="s">
         <v>1947</v>
       </c>
       <c r="H501" t="s">
         <v>1948</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
         <v>1949</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="D502" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E502" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F502" t="s">
-        <v>1685</v>
+        <v>194</v>
       </c>
       <c r="G502" s="1" t="s">
         <v>1950</v>
       </c>
       <c r="H502" t="s">
         <v>1951</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>1952</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D503" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E503" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F503" t="s">
-        <v>194</v>
+        <v>1688</v>
       </c>
       <c r="G503" s="1" t="s">
         <v>1953</v>
       </c>
       <c r="H503" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>1955</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="D504" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E504" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F504" t="s">
-        <v>13</v>
+        <v>194</v>
       </c>
       <c r="G504" s="1" t="s">
         <v>1956</v>
       </c>
       <c r="H504" t="s">
         <v>1957</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>1958</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D505" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E505" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F505" t="s">
-        <v>1268</v>
+        <v>13</v>
       </c>
       <c r="G505" s="1" t="s">
         <v>1959</v>
       </c>
       <c r="H505" t="s">
         <v>1960</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>1961</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="D506" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E506" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F506" t="s">
-        <v>13</v>
+        <v>1268</v>
       </c>
       <c r="G506" s="1" t="s">
         <v>1962</v>
       </c>
       <c r="H506" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
         <v>1964</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="D507" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="E507" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="F507" t="s">
         <v>13</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>1965</v>
       </c>
       <c r="H507" t="s">
         <v>1966</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>1967</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="D508" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F508" t="s">
+        <v>13</v>
+      </c>
+      <c r="G508" s="1" t="s">
         <v>1968</v>
       </c>
-      <c r="E508" t="s">
+      <c r="H508" t="s">
         <v>1969</v>
-      </c>
-[...7 lines deleted...]
-        <v>1971</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>191</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E509" t="s">
         <v>1972</v>
       </c>
-      <c r="B509" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F509" t="s">
-        <v>13</v>
+        <v>1688</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>1973</v>
       </c>
       <c r="H509" t="s">
         <v>1974</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>1975</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
+        <v>198</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1972</v>
+      </c>
+      <c r="F510" t="s">
+        <v>13</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
         <v>191</v>
       </c>
-      <c r="D510" t="s">
-[...11 lines deleted...]
-      <c r="H510" t="s">
+      <c r="D511" t="s">
         <v>1979</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1982</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -20068,50 +20103,51 @@
     <hyperlink ref="G486" r:id="rId485"/>
     <hyperlink ref="G487" r:id="rId486"/>
     <hyperlink ref="G488" r:id="rId487"/>
     <hyperlink ref="G489" r:id="rId488"/>
     <hyperlink ref="G490" r:id="rId489"/>
     <hyperlink ref="G491" r:id="rId490"/>
     <hyperlink ref="G492" r:id="rId491"/>
     <hyperlink ref="G493" r:id="rId492"/>
     <hyperlink ref="G494" r:id="rId493"/>
     <hyperlink ref="G495" r:id="rId494"/>
     <hyperlink ref="G496" r:id="rId495"/>
     <hyperlink ref="G497" r:id="rId496"/>
     <hyperlink ref="G498" r:id="rId497"/>
     <hyperlink ref="G499" r:id="rId498"/>
     <hyperlink ref="G500" r:id="rId499"/>
     <hyperlink ref="G501" r:id="rId500"/>
     <hyperlink ref="G502" r:id="rId501"/>
     <hyperlink ref="G503" r:id="rId502"/>
     <hyperlink ref="G504" r:id="rId503"/>
     <hyperlink ref="G505" r:id="rId504"/>
     <hyperlink ref="G506" r:id="rId505"/>
     <hyperlink ref="G507" r:id="rId506"/>
     <hyperlink ref="G508" r:id="rId507"/>
     <hyperlink ref="G509" r:id="rId508"/>
     <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>