--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -54,6625 +54,6625 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>ATAS</t>
   </si>
   <si>
     <t>Atas Sessões Extraordinarias</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4503/ata_178-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4503/ata_178-22.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA Nº 178/2021 DO DIA 10.01.2022.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4519/ata_179-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4519/ata_179-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO EXTRAORDINÁRIA Nº 179/2021 DO DIA 24.01.2022.</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4856/180-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4856/180-2022.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO EXTRAORDINÁRIA Nº 181/2022 DO DIA 27.01.2022.</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4855/181-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4855/181-2022.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO EXTRAORDINÁRIA Nº 181/2022 DO DIA 21.07.2022.</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4870/ata_ex_182.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4870/ata_ex_182.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO EXTRAORDINÁRIA Nº 182/2022 DO DIA 24.08.2022.</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5060/ata_ext._183.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5060/ata_ext._183.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO EXTRAORDINARIA DO DIA 21.12.2022.</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Atas Sessões Ordinárias</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4504/ata_1243-21.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4504/ata_1243-21.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 13.12.2021.</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4578/ata_1244.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4578/ata_1244.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 07.02.2022.</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4579/ata_1245.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4579/ata_1245.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 14.02.2022.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4580/ata_1246.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4580/ata_1246.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 21.02.2022.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4739/ata_1247-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4739/ata_1247-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 07.03.2022.</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4740/ata_1248-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4740/ata_1248-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 14.03.2022.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4741/ata_1249-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4741/ata_1249-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 21.03.2022.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4742/ata_1250-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4742/ata_1250-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 28.03.2022.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4743/ata_1251-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4743/ata_1251-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 04.04.2022.</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4744/ata_1252-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4744/ata_1252-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 11.04.2022.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4745/ata_1253-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4745/ata_1253-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 18.04.2022.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4746/ata_1254-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4746/ata_1254-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 25.04.2022.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4747/ata_1255-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4747/ata_1255-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 02.05.2022.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4748/ata_1256-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4748/ata_1256-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 09.05.2022.</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4749/ata_1257-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4749/ata_1257-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 16.05.2022.</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4750/ata_1258-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4750/ata_1258-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 23.05.2022.</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4785/ata_1259-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4785/ata_1259-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 30.05.2022.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4783/ata_1260-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4783/ata_1260-2022.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 06.06.2022.</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4784/ata_1261-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4784/ata_1261-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 13.06.2022.</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4786/ccf_000007.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4786/ccf_000007.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA DO DIA 20.06.2022.</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4857/1263-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4857/1263-2022.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.263/2022 DO DIA 27.06.2022.</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4858/1264-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4858/1264-2022.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.264/2022 DO DIA 01.08.2022.</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4871/ata_1265.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4871/ata_1265.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.265/2022 DO DIA 08.08.2022.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4872/ata_1266.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4872/ata_1266.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.266/2022 DO DIA 15.08.2022.</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4924/ata_1267-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4924/ata_1267-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.267/2022 DO DIA 22.08.2022.</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4884/brn3c2af478029f_0000028855.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4884/brn3c2af478029f_0000028855.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.268/2022 DO DIA 29.08.2022.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4925/ata_1269-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4925/ata_1269-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.269/2022 DO DIA 05.09.2022.</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4926/ata_1270-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4926/ata_1270-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.270/2022 DO DIA 12.09.2022.</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4927/ata_1271-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4927/ata_1271-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.271/2022 DO DIA 19.09.2022.</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4982/ata_1272-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4982/ata_1272-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.272/2022 DO DIA 26.09.2022.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4983/ata_1273-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4983/ata_1273-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.273/2022 DO DIA 03.10.2022.</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4984/ata_1274-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4984/ata_1274-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.274/2022 DO DIA 10.10.2022.</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4985/ata_1275-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4985/ata_1275-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.275/2022 DO DIA 17.10.2022.</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4998/ata_1276.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4998/ata_1276.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.276/2022 DO DIA 24.10.2022.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4999/ata_1277.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4999/ata_1277.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.277/2022 DO DIA 31.10.2022.</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5083/ata_1278.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5083/ata_1278.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 07.11.2022.</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5084/ata_1279.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5084/ata_1279.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 21.11.2022.</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5085/ata_1280.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5085/ata_1280.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DO DIA 28.11.2022.</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5049/ata__1281-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5049/ata__1281-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.281/2022 DO DIA 05.12.2022.</t>
   </si>
   <si>
     <t>5884</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5884/1282-22.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5884/1282-22.pdf</t>
   </si>
   <si>
     <t>ATA SESSÃO ORDINÁRIA Nº 1.282/2022 DO DIA 12.12.2022.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Janaina Nordestina</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4487/indicacao_no_01_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4487/indicacao_no_01_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde do Município com o objetivo de implantar unidade descentralizada da Farmácia Municipal no Bairro Jupiara.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4488/indicacao_no_02_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4488/indicacao_no_02_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medias que objetivem em dar continuidade a Avenida Santa Maria até o Residencial Buritis Prime, em sequência, dar revitalização e ornamentação ao canteiro central entre esta Via e a MT 140. Bem como construir ciclovia de preferência bidirecional (sentido duplo de circulação) a partir da rotatória da Avenida Mato Grosso.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4489/indicacao_no_03_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4489/indicacao_no_03_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e instalação de usina de asfalto para a fabricação de asfalto, macadame e outras formas de ladrilhos revestidos, (conhecidas coletivamente como asfalto ou concreto asfáltico).</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4490/indicacao_no_04_silvio_veiculo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4490/indicacao_no_04_silvio_veiculo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar estudo da Lei Nº 2.780/2021, com o objetivo de acréscimo no valor a ser transferido ao Instituto de Desenvolvimento Social, o qual destina-se exclusivamente para aquisição de veículo automotor.</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4491/indicacao_no_05_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4491/indicacao_no_05_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma e manutenção do Hospital Coração de Jesus.</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4492/indicacao_no_06_silvio_apae.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4492/indicacao_no_06_silvio_apae.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar estudo da Lei Nº 2.782/2021, com o objetivo de acréscimo no valor a ser transferido à Associação de Pais e Amigos dos Excepcionais - APAE, o qual destina-se exclusivamente para a aquisição de materiais para construção da terceira etapa das instalações da mesma.</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Gregório do Mercado Popular</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4493/indicacao_no_07_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4493/indicacao_no_07_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que que objetivem com a construção de Praça com parque infantil e quadra poliesportiva Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Paulinho da Fartura</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4494/indicacao_no_08_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4494/indicacao_no_08_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Diretoria de Administração e Planejamento da IFMT Instituto Federal de Mato Grosso, e Governo Federal, com o objetivo de realizar reforma neste instituto de ensino e Centro de Referência de Campo Verde.</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4495/indicacao_no_09_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4495/indicacao_no_09_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com o reajuste de diárias dos Servidores Públicos do Poder Executivo.</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Sargento Sampaio, Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4496/indicacao_no_10_sampaio_-_gratificacao_motorista.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4496/indicacao_no_10_sampaio_-_gratificacao_motorista.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de instituir gratificação extraordinária por viagem aos motoristas que realizam o transporte de pacientes via plantão na unidade de terapia intensiva móvel da secretaria municipal de saúde.</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Miguel De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4497/indicacao_no_11_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4497/indicacao_no_11_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a possibilidade de abrir acesso no canteiro central da avenida Dos Trabalhadores em frente ao Ginásio Joubert Izaias Romancini.</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Sargento Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4498/indicacao_no_12_sampaio_praca_biblica_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4498/indicacao_no_12_sampaio_praca_biblica_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a viabilidade de substituir o nome de “Praça da Alegria”  por  “ Praça da Bíblia” localizada na avenida Airton Senna bairro Jardim Campo Verde.</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4499/indicacao_no_13_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4499/indicacao_no_13_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em adquirir caminhoneta equipada com cesto aéreo.</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4500/indicacao_no_14_sampaio_pista_de_camihada_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4500/indicacao_no_14_sampaio_pista_de_camihada_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a viabilidade de construir pista de caminhada entorno de toda extensão interna do Parque das Araras e da área de lazer Recanto do Sol, de modo que venha facilitar o patrulhamento da Polícia Militar.</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4501/indicacao_no_15_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4501/indicacao_no_15_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em dar continuidade a regularização de todos os loteamentos/residenciais do município de Campo Verde para Bairro.</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4509/indicacao_no_16_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4509/indicacao_no_16_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a ampliação do PSF (Posto de Saúde) do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4510/indicacao_no_17_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4510/indicacao_no_17_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com interdição da Rua que dá acesso a Praça dos Três Poderes aos finais de semana e feriados, por ser esta uma Rua de Lazer.</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4511/indicacao_no_18_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4511/indicacao_no_18_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em aumentar o auxílio deslocamento aos profissionais ocupantes das funções de enfermeiro e técnico de enfermagem que estejam lotados na unidade do SAMU.</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4512/indicacao_no_19_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4512/indicacao_no_19_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a viabilidade de conceder cartão vale alimentação a todos os servidores efetivos, contratados e comissionados do nosso Município.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4513/indicacao_no_20_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4513/indicacao_no_20_silvio.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de um Posto de Saúde (Psf) no Bairro Belvedere.</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4514/indicacao_no_21_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4514/indicacao_no_21_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de Praça no Bairro Santo Rosa.</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4515/indicacao_no_22_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4515/indicacao_no_22_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com arborização nas Avenidas e Praças do Bairro Green Ville.</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4516/indicacao_no_23._janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4516/indicacao_no_23._janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com colocação da tela de proteção no entorno da quadra de areia localizada na Praça do Bairro São Miguel.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4517/indicacao_no_24_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4517/indicacao_no_24_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e instalação parque infantil na Escola Estadual Ledy Anita Brescancin, localizada no bairro São Miguel.</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4520/indicacao_no_25_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4520/indicacao_no_25_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de realizar pavimentação asfáltica na estrada que dá acesso a Comunidade 14 de Agosto, sendo esta pavimentação até o Posto de Saúde do mesmo.</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4521/indicacao_no_26_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4521/indicacao_no_26_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a viabilização de recursos para a construção de quadra de areia dentro do perímetro do Espaço Jovem.</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4522/indicacao_no_27_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4522/indicacao_no_27_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em construir ciclovia de preferência bidirecional (sentido duplo de circulação) em toda extensão da avenida Brasil.</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4523/indicacao_no_28_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4523/indicacao_no_28_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a viabilidade de se tomar medidas no sentido de realizar instalação de redutor de velocidade na Avenida Santa Tereza nas proximidades da Travessa Pavlak.</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4524/indicacao_no_29_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4524/indicacao_no_29_fabio.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição de tablets para auxiliar o trabalho dos Agentes Comunitários de Saúde e Agentes de Combate a Endemias de Campo Verde – MT.</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4525/indicacao_no_29_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4525/indicacao_no_29_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária Municipal de Assistência Social e Órgão Competente, com o objetivo de ofertar aos Munícipes curso gratuito de classificador de grãos.</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4526/indicacao_no_31_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4526/indicacao_no_31_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de PSF no Bairro Recanto do Bosque.</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4527/indicacao_no_32__juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4527/indicacao_no_32__juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão Competente no intuito de realizar poda padronizada das árvores do Bairro Recanto do Bosque I e II.</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4528/indicacao_no_33__juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4528/indicacao_no_33__juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão Competente com objetivo de realizar a construção de faixa elevada na Avenida Airton Senna, em frente a Congregação Crista do Brasil.</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4529/indicacao_no_34_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4529/indicacao_no_34_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de adquirir um caminhão tipo prancha/reboque para a Departamento Municipal de Trânsito Urbano.</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4530/indicacao_no_35_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4530/indicacao_no_35_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente com o objetivo de realizar a retomada da Festa Junina conjunta de todas as Escolas, Associações e Entidades.</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4531/indicacao_no_36_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4531/indicacao_no_36_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de elaborar Projetos visando fomentar a piscicultura no nosso Município.</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Janaina Nordestina, Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4532/indicacao_no_37_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4532/indicacao_no_37_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo Estadual e Federal para disponibilizar soro antiofídico para o Município de Campo Verde.</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4533/indicacao_no_38_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4533/indicacao_no_38_paulo.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em realizar serviço para a prevenção de assoreamento das nascentes, minas, córregos, lagos e rios dos Assentamentos e Comunidades pertencentes a Campo Verde.</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4534/indicacao_no_39_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4534/indicacao_no_39_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição de terraceador para uso da Secretaria Municipal se Agricultura, Regularização Fundiária, Habitação e Meio Ambiente.</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Professora Socorro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4538/indicacao_no_40_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4538/indicacao_no_40_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo Municipal a necessidade de se tomar medidas que objetivem com a manutenção/reposição de lâmpadas da iluminação pública do Parque Recanto dos Pássaros João do Nascimento Conceição e dos campos de futebol e quadras pertencentes ao mesmo.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4546/indicacao_no_41_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4546/indicacao_no_41_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, com o intuito de realizar operação tapa buraco e recuperação com lama asfáltica nas Vias do Residencial Jardim Cuiabá.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4547/indicacao_no_42_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4547/indicacao_no_42_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com recuperação com lama asfáltica no Bairro Jardim Campo Verde I e II.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Juscelino Neves, Elton Tobiano</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4548/indicacao_no_43_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4548/indicacao_no_43_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, com o intuito de realizar operação tapa buraco e recuperação com lama asfáltica nas vias dos Bairros: Bordas do Lago e Recanto do Bosque I e II.</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Janaina Nordestina, Clebinho do Judô, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4549/indicacao_no_44_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4549/indicacao_no_44_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se dar prioridade para as associações do município e comerciantes locais para administrarem as barracas (STANDS) da Expoverde.</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4550/indicacao_no_45_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4550/indicacao_no_45_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado e Secretaria de Estado de Agricultura Familiar com o objetivo de adquirir Patrulha Agrícola Mecanizada completa para a Comunidade Taperinha.</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4551/indicacao_no_46_cleberson_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4551/indicacao_no_46_cleberson_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Departamento Nacional de Infraestrutura de Transportes – DENIT – com o objetivo de realizar estudo e implantação de mais vias de acesso (contorno) a BR 070, dentro dos limites do perímetro urbano.</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4552/indicacao_no_47_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4552/indicacao_no_47_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com o fechamento lateral do ponto de ônibus localizada na avenida São Cristovão.</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4553/indicacao_no_48_fabio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4553/indicacao_no_48_fabio_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição de caminhão munck para uso da Secretaria Municipal de Obras.</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4554/indicacao_no_49_socorro_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4554/indicacao_no_49_socorro_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com aumento salarial para os cargos de auxiliar administrativo e oficial Administrativo do Poder Executivo do Município de Campo Verde.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4555/indicacao_no_50_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4555/indicacao_no_50_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de criar Lei tornando o ensino religioso obrigatório nas Escolas do Município.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4556/indicacao_no_51_fabio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4556/indicacao_no_51_fabio_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em viabilizar recursos para a aquisição e instalação de aparelhos de ar condicionado/climatizadores em todas as Escolas do Município que ainda não possuam em suas salas de aula.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4557/indicacao_no_51_fabio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4557/indicacao_no_51_fabio_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde do Município com o objetivo de realizar serviço de coleta itinerante de material para exames laboratoriais nos Postos de Saúde nas Zonas Rurais do Município. Bem como disponibilizar os resultados dos exames impresso no próprio posto onde foi realizado a coleta.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4558/indicacao_no_53_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4558/indicacao_no_53_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de realizar adequações, melhoria e ampliação da parte hidráulica e elétrica do Cemitério Municipal São Pedro. Bem como a aquisição e implantação de caixa d’água para suprimir a demanda.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4559/indicacao_no_54_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4559/indicacao_no_54_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo municipal a necessidade de se tomar medidas que objetivem com contratação de médico psiquiatra permanente para atendimentos aos pacientes do Caps.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4560/indicacao_no_55_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4560/indicacao_no_55_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de adquirir trator rolo compressor para auxiliar na manutenção de “tapa buracos” e pavimentação asfáltica no nosso município.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4561/indicacao_no_56_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4561/indicacao_no_56_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a possibilidade de instalar no aterro sanitário o biodigestor com objetivo de aproveitar os resíduos orgânicos para produzir biogás para suprir as demandas do município.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4567/indicacao_n.57_jusc_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4567/indicacao_n.57_jusc_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a contratação de Agente Comunitária de Saúde - ACS, para atender área descoberta da região do Auto Posto Cacique e Fazenda Santa Luiza.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4568/indicacao_n.58_alaene_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4568/indicacao_n.58_alaene_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com estudo e implantação de sistema de drenagem no parque infantil localizado na Praça São João Paulo II. Bem como a implantação de placas informando a proibição de entrada de animais nesta área reservada para lazer infantil.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Juscelino Neves, Clebinho do Judô, Elton Tobiano</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4569/indicacao_n.59_jusc_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4569/indicacao_n.59_jusc_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a recuperação da pavimentação asfáltica, no trecho que compreende a MT 344 até as imediações do Bar da Alice, do Assentamento 14 de Agosto.</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4570/indicacao_n.60_jusc_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4570/indicacao_n.60_jusc_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em aumentar o auxílio deslocamento aos Agentes Comunitários de Saúde que prestam serviços na Zona Rural.</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4571/indicacao_n.61_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4571/indicacao_n.61_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de instalar grades em formato de cestas coletoras nos interiores dos bueiros (boca de lobo).</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4572/indicacao_n.62_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4572/indicacao_n.62_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária de Agricultura do Município que visem a aquisição de câmara de congelamento, seladora a vácuo, máquina de ralar e coar milho e ar condicionado. Equipamentos esses necessários para o setor de processamento de grãos da Agroindústria do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4573/indicacao_n.63_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4573/indicacao_n.63_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária de Agricultura do Município que visem a aquisição e implantação de ar condicionado para a Indústria de Processamento de Vegetal Instalada no Distrito Industrial.</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4574/indicacao_n.64_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4574/indicacao_n.64_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas de se buscar recursos para a aquisição e implantação de piscina coberta, com aquecedor e adequações necessárias para PCDs na Associação dos Aposentados e Pensionistas e Idosos de Campo Verde – AAPICV.</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4575/indicacao_n.65_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4575/indicacao_n.65_janaina.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em disponibilizar vigia/segurança para atuar nos PSFs do Município, principalmente nos atendimentos noturnos da Unidade de Saúde.</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4576/indicacao_n.66_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4576/indicacao_n.66_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de calçada para caminhada em toda a extensão do canteiro central da Avenida Brasil.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4582/indicacao_n.67_miguel_-_copia.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4582/indicacao_n.67_miguel_-_copia.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal as providencias necessárias para que estenda o percurso do transporte escolar no sentido de atender os alunos do Bairro Green Ville II.</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4587/indicacao_no__68_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4587/indicacao_no__68_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de PSF no Bairro Recanto dos Pássaros.</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4588/indicacao_no__69_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4588/indicacao_no__69_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em realizar estudo e projeto de recriação da Secretária de Esporte e Lazer no Município de Campo Verde.</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Miguel De Paula, Paulinho da Fartura</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4589/indicacao_no__70_miguel..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4589/indicacao_no__70_miguel..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se criar Projeto para estimular os agricultores familiares da Comunidade do Capim Branco e Taperinha, a diversificarem suas lavouras com a produção de frutas, tal incentivo seria através de distribuição de mudas e sementes. A intenção é que a produção seja comercializada in natura ou beneficiada na despolpadora existente na Agroindústria destas Comunidades.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4590/indicacao_no__71_sampaio..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4590/indicacao_no__71_sampaio..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medida junto a Secretaria Municipal de Desenvolvimento Econômico, visando implantar a Semana Brasil Campo Verde, para a realização na primeira semana de setembro.</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4591/indicacao_no__72_sampaio..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4591/indicacao_no__72_sampaio..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medida junto ao DNIT (Departamento Nacional de Infraestrutura de Transportes) e SINFRA (Secretaria de Estado de Infraestrutura e Logística) com objetivo de adequar a rotatória na BR-070 adjunto a MT – 344 para facilitar o acesso ao Bairro Residencial Cuiabá.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4592/indicacao_no_73_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4592/indicacao_no_73_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de conceder o adicional de insalubridade aos motoristas de ônibus escolar do Município.</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4593/indicacao_no_74_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4593/indicacao_no_74_janaina.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS COM O OBJETIVO DE TRANSFORMAR A LOMBADA LOCALIZADA NA AVENIDA BRASÍLIA, NAS PROXIMIDADES DO CENTRO EDUCACIONAL CASTELO, EM FAIXA ELEVADA, BEM COMO IMPLANTAR A SINALIZAÇÃO DA_x000D_
 MESMA.</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4594/indicacao_no_75_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4594/indicacao_no_75_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com instalação de iluminação pública em toda extensão da estrada principal das Comunidade Taperinha e Capim Branco.</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4595/indicacao_no_76_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4595/indicacao_no_76_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Sindicato Rural para ampliar a cota de meia entrada da Expoverde, visando atender os estudantes e os demais beneficiados previsto por Lei.</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4597/indicacao_no_77_juscelino_coahb.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4597/indicacao_no_77_juscelino_coahb.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em buscar parceria com o Governo do Estado por meio do Instituto de Terras do Estado de Mato Grosso – INTERMAT - MT, a fim de completar a regularização fundiária dos imóveis da Cohab Jupiara.</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Denival De Paula, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4598/indicacao_no_78_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4598/indicacao_no_78_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de conceder aumento salarial aos Conselheiros Tutelares de Campo Verde.</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Denival De Paula, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4599/indicacao_no_79_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4599/indicacao_no_79_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de lançar o Programa de Incentivo de Regularização Fiscal dos Contribuintes (REFIS), bem como o parcelamento do Imposto Predial Territorial Urbano (IPTU) relativo a exercícios anteriores.</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Denival De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4600/indicacao_no_80_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4600/indicacao_no_80_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medida com o objetivo de reativar a piscina do Centro Aquático Guimar Vieira de Souza, e a retomada das aulas de hidroginástica para gestantes e idosos, fisioterapia aquática e aulas de natação.</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4601/indicacao_no_81_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4601/indicacao_no_81_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medida que objetivem com a troca das luminárias/refletores por lâmpadas de LED do Ginásio Poliesportivo Joubert Isaías Romancini, bem como a instalação deste onde houver necessidade.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4602/indicacao_no_82_silvio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4602/indicacao_no_82_silvio_.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Assistência Social com o objetivo de retornar as atividades ofertadas pelo CAI - Beno Jhonner.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4603/indicacao_no_83_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4603/indicacao_no_83_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Apoio a Segurança Pública a implantação da equipe Patrulha do Silêncio, composto por Fiscais Municipais e Policiais Militares e Civis da Atividade Delegada, visando atender as excessivas reclamações de perturbação do sossego em nosso Município.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4604/indicacao_no_84_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4604/indicacao_no_84_miguel.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao DMTU (departamento municipal de trânsito urbano) a viabilidade de abrir acesso no canteiro central da Avenida Presidente João Goulart, visando facilitar o acesso aos usuários do Complexo de Atendimento Especializado e Diagnóstico – Cyrio Schenkel.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4605/indicacao_no_85_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4605/indicacao_no_85_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, com o intuito de realizar a aplicação de microrrevestimento asfáltico nas vias do Município.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4606/indicacao_sampaio_no86.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4606/indicacao_sampaio_no86.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a possibilidade de implantar Container Social (tira entulho) em nosso Município, visando atender famílias de baixa renda.</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4611/indicacao_no_87_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4611/indicacao_no_87_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em adaptar a sala do “cartório” do atual prédio da Delegacia de Polícia Civil do nosso Município, com reforma na pintura e aquisição de brinquedoteca, visando melhorar o atendimento à mulher vítima de violência doméstica.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4612/indicacao_no_88_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4612/indicacao_no_88_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se regulamentar através de Decreto o repasse dos valores correspondentes a concessão de auxílio transporte aos estudantes de curso superior e curso técnico, que estudam em instituições de ensino situadas fora do Município de Campo Verde.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4613/indicacao_no_89_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4613/indicacao_no_89_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de autorizar a cessão de servidor Auxiliar Administrativo/Oficial Administrativo do Poder Executivo em caráter temporário para exercer suas funções junto à Associação dos Aposentados e Pensionistas e Idosos de Campo Verde – AAPICV.</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4614/indicacao_no_90_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4614/indicacao_no_90_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em dar continuidade a tela de proteção da quadra de areia da Área de Lazer do Parque das Araras, visando estender a mesma até o gramado ao lado utilizado pelas crianças menores para jogar bola.</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4615/indicacao_no_91_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4615/indicacao_no_91_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao SINFRA – Secretária de Estado de Infraestrutura e Logística, para realização de operação tapa-buracos na Rodovia MT - 140, sentido a Nova Brasilândia e Rodovia MT - 251 sentido a Chapada dos Guimarães.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4616/indicacao_no_92_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4616/indicacao_no_92_paulo.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas no intuito de realizar processo de Regularização Fundiária Urbana (REURB), bem como alienações e parcelamentos das dívidas do Imposto Predial e Territorial Urbano (IPTU), no Bairro Cidade Alta II.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4617/indicacao_no_93_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4617/indicacao_no_93_miguel.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de ponto de ônibus com cobertura nos Bairros Green Ville l e ll.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4618/indicacao_no_94_miguel_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4618/indicacao_no_94_miguel_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de Shopping Popular (camelódromo) no Município.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4619/indicacao_no_95_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4619/indicacao_no_95_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Esporte Cultura e Lazer no intuito de realizar revitalização e reforma geral no Ginásio Poliesportivo Joubert Isaías Romancini.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Janaina Nordestina, Boneca, Clebinho do Judô, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4625/indicacao_no_96_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4625/indicacao_no_96_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Departamento Municipal de Trânsito Urbano - DMTU, com o objetivo de realizar estudo e criação de projeto de lei para tornar a Rua Tupi, localizada no Bairro Vale do Sol em via de mão única.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4626/indicacao_no_97_paulo..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4626/indicacao_no_97_paulo..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com desconto/isenção do IPTU e alvará para as Associações e Cooperativas da Agricultura Familiar, bem como aos prestadores de serviço deste segmento.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4627/indicacao_no_98_silvio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4627/indicacao_no_98_silvio_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se realizar a ampliação da Escola Municipal Dona Sabina Larazin Prati utilizando os dois terrenos de propriedade da Prefeitura localizados ao lado do ginásio da referida escola.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em conter a erosão situada no final da Rua Oderige Negri Costa, Bairro Recanto dos Pássaros I, bem como a recuperação da área prejudicada.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4629/indicacao_no_100_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4629/indicacao_no_100_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas em realizar concurso público, visando aumentar o corpo de fiscais para as ações fiscalizatória a cargo da Secretária Municipal Integrada de Apoio à Segurança Pública, Departamento Municipal de Trânsito Urbano, Procon, Patrulha do Silêncio, Perturbação do Sossego e Defesa Civil.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4630/indicacao_no_101_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4630/indicacao_no_101_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Departamento Municipal de Trânsito Urbano - DMTU, com o objetivo de implantar faixa elevada na Avenida Mato Grosso em frente à Igreja Assembleia Madureira, bem como agregar a sinalização de tartaruga antes desta.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Professora Socorro, Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4633/indicacao_n._102_socorrodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4633/indicacao_n._102_socorrodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a substituição da placa existente por outra, contendo a nova denominação “Praça São João Paulo II”, conforme Lei Municipal Nº 2.327/2017.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4634/indicacao_n._103_socorrodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4634/indicacao_n._103_socorrodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição e implantação de climatizadores de ar no Prédio da Feira Municipal.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Paulinho da Fartura, Boneca, Clebinho do Judô, Denival De Paula, Elton Tobiano, Gregório do Mercado Popular, Janaina Nordestina, Juscelino Neves, Miguel De Paula, Professora Socorro, Prof. Fabio Alves, Sargento Sampaio, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4635/indicacao_n._104_paulodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4635/indicacao_n._104_paulodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas em realizar estudo e criação de Programa de fomento as atividades produtivas da Agricultura Familiar de Campo Verde, visando identificar e ganhar força com parcerias tanto no âmbito Público Municipal, Estadual e Federal.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que após conformidade com o Parágrafo único do Art. 154º - da Lei Orgânica Municipal, que se denomine o prédio do tomógrafo de “Doutora Monique Silva Batista”.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4637/indicacao_no_106._sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4637/indicacao_no_106._sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas em substituir o parque de madeira do abrigo municipal por parque de ferro forjado, bem como instalar trave e alambrado aéreo no campo de futebol.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4638/indicacao_no_107_sampaio..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4638/indicacao_no_107_sampaio..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade reexaminar a Lei Complementar nº. 128/2020 de 09 de setembro de 2020, (uso e ocupação do solo no município) em especial no que diz sobre o recuo ou afastamento frontal e da obrigatoriedade de 1 vaga de estacionamento para cada 120 metros de área construída.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4639/indicacao_no_108_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4639/indicacao_no_108_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em viabilizar recursos para a aquisição de cilindro industrial para o uso da cozinha piloto e panificadora municipal.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4646/indicacao_n._109_gregoriodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4646/indicacao_n._109_gregoriodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a limpeza da área de preservação permanente – APP, cabeceira de nascente da Área de Lazer Recanto do Sol.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4647/indicacao_n._110_fabiocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4647/indicacao_n._110_fabiocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto as empresas concessionarias com o objetivo de viabilizar a instalação de torre telefônica móvel com internet, para atender os Bairros: Santa Rosa, Jardim América, Recanto dos Pássaros I e II.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4648/indicacao_n._111_fabiocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4648/indicacao_n._111_fabiocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas que objetivem com a criação de Ecoponto - Estação de Entrega Voluntária de Inservíveis e Resíduos (exceto embalagens tóxicas), na Comunidade 04 de Outubro.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4649/indicacao_n._112_gregoriocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4649/indicacao_n._112_gregoriocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de realizar reforma geral na Unidade Básica de Saúde (UBS) na Comunidade 14 de Agosto, bem como recapeamento na estrada que dá acesso à esta Comunidade.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4650/indicacao_n._113_janainacx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4650/indicacao_n._113_janainacx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretaria de Saúde e Hospital Municipal Coração de Jesus (Instituto Social de Saúde São Lucas - ISSSL), com o objetivo de realizar contratação de médico para atuar como plantonistas no atendimento emergencial.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4651/indicacao_n._114_miguel.cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4651/indicacao_n._114_miguel.cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas para que torne a data comemorativa “Corpus Christi” para feriado em nosso município, visando manter a tradição católica.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4658/indicacao_no_115_sampaio..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4658/indicacao_no_115_sampaio..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade em adquirir a área entre a BR-070 e a Avenida São Cristóvão, logo após a empresa Iguaçu Máquinas Agrícolas, com a finalidade de construir casas populares ou loteamento popular no Município de Campo Verde-MT.</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Izabel Conceição de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4659/indicacao_no_116_izabel..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4659/indicacao_no_116_izabel..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de brinquedos adaptados para crianças com deficiências nos parques infantis da Praça São João Paulo II e Praça da Bíblia.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4660/indicacao_no_117_izabel..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4660/indicacao_no_117_izabel..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente com o objetivo de realizar a construção de faixa elevada na Avenida Cezar Lima, em frente a Escola Estudal Ledy Anita Brescancin.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4661/indicacao_no_118_miguel._docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4661/indicacao_no_118_miguel._docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas que objetivem com a limpeza, consertos/ reparos na bomba d’ agua do poço artesiano da comunidade Capim Branco.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Juscelino Neves, Izabel Conceição de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4670/indicacao_no_119_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4670/indicacao_no_119_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em regulamentar Lei Federal nº 11.770, a qual amplia de 120 para 180 dias o período de licença-maternidade para as servidoras públicas do Município.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4671/indicacao_no_120_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4671/indicacao_no_120_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com estudo de Projeto de Criação de Políticas que viabilizem a implantação de Usina de Etanol e cooperativa de produtores de etanol com base na matéria prima principal o “milho”.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4672/indicacao_no_121_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4672/indicacao_no_121_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medida junto ao Secretário de Segurança Pública do Estado de Mato Grosso, solicitando providências no sentido de promover o aumento de Policial Militar efetivo para o Município de Campo Verde.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Sargento Sampaio, Professora Socorro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4673/indicacao_no_122_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4673/indicacao_no_122_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade da inclusão de calçadas nos novos loteamentos no município de Campo Verde, conforme especificações previstas na Lei Municipal nº 1.296/2017, devido as calçadas existentes no município serem irregulares.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4674/indicacao_no_123_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4674/indicacao_no_123_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Obras e Viação, visando reconstituir a pavimentação asfáltica na Avenida do Saber em frente a área de lazer Recanto do Sol no Bairro Recanto do Bosque.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4675/indicacao_no_124silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4675/indicacao_no_124silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas junto às operadoras de telefonia celular para melhoria da cobertura de rede telefônica na Comunidade Agrovila Governador João Ponce de Arruda.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4676/indicacao_no_125_silvio__.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4676/indicacao_no_125_silvio__.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas que objetivem com a contratação temporária de brigadista em época de estiagem no Município de Campo Verde.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4677/indicacao_no_126_izabel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4677/indicacao_no_126_izabel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas que objetivem em disponibilizar caminhão pipa para molhar as vias do núcleo urbano da comunidade taperinha, priorizando os locais onde existam ponto de ônibus.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4682/indicacao_no_127_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4682/indicacao_no_127_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Cultura com objetivo de criarem e publicarem no site oficial da Prefeitura cronograma de eventos comemorativos do Município de Campo Verde – MT.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Izabel Conceição de Oliveira, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4683/indicacao_no_128_izabel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4683/indicacao_no_128_izabel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de sala anexa ao PSF da Comunidade Agrovila João Ponce de Arruda, para ser realizado coleta de material para exames laboratoriais.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4684/indicacao_no_129_izabel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4684/indicacao_no_129_izabel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medida que objetivem com estudo e implantação de horário especial para a equipe de Agentes de Combate a Endemias – ACE, ficando da seguinte forma: das 07:00 horas as 13:00 horas.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4685/indicacao_no_130_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4685/indicacao_no_130_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente com o objetivo de implantação de lombadas na Avenida Centenário localizada no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4686/indicacao_no_131_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4686/indicacao_no_131_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente com o objetivo de realizar reparos, implantação para saída d’água e limpeza das margens laterais, da linha “Setor do Adeildo”, próximo a Serrinha do Cuiabano localizada no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4687/indicacao_no_132_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4687/indicacao_no_132_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de construir reservatório de água, anexo ao poço perfurado na Área Social do Assentamento Dom Osório, bem como a implantação da Bomba d’agua.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4688/indicacao_no_133_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4688/indicacao_no_133_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de braços de luz nos super postes já existentes em toda extensão da Avenida Brasil, visando melhorar a iluminação pública deste setor.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4689/indicacao_no_134_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4689/indicacao_no_134_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de realizar o serviço de pavimentação ecológica em toda estrada vicinais coletoras nos Assentamentos Dom Osório, Agrovila João Ponce de Arruda, 14 de agosto, 4 de outubro, Taperinha, Capim Branco, Serrinha, Paulo Freire e demais estradas vicinais.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4690/indicacao_no_135_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4690/indicacao_no_135_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo em reabrir a Área de Lazer Recanto do Sol, visando atender os anseios dos usuários do local.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Miguel De Paula, Izabel Conceição de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4691/indicacao_no_136_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4691/indicacao_no_136_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade por meio do DMTU – Departamento Municipal de Trânsito Urbano - Campo Verde/MT, com o objetivo da continuidade da Avenida Brasília que compreende a entrada da Cooperfibra até em frente ao Parque de Exposição Marcos Antônio Esteves da Rocha.</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4692/indicacao_no_137_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4692/indicacao_no_137_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de Escola de Ensino Fundamental II (6° ao 9° ano) para atender a população dos Bairros: Belvedere, Green Ville I e II.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4700/indicacao_no_138_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4700/indicacao_no_138_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medida junto ao Governo do Estado e Secretário de Segurança Pública do Estado de Mato Grosso, no sentido de destinar escrivães e investigadores efetivos para a Polícia Judiciaria Civil do Município de Campo Verde.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Silvio Eventos, Izabel Conceição de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4701/indicacao_no_139_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4701/indicacao_no_139_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de parque infantil no núcleo urbano do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Clebinho do Judô, Boneca, Professora Socorro, Sargento Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4702/indicacao_no_140_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4702/indicacao_no_140_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas que objetivem em disponibilizar caminhão pipa para molhar a área verde da Praça dos Três Poderes.</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4703/indicacao_no_141_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4703/indicacao_no_141_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas junto a SEAF - Secretaria de Estado de Agricultura Familiar – MT, buscando emenda parlamentar para a perfuração de poço artesiano com caixa d’agua e instalação de energia elétrica na Associação de Pequenos Produtores Rurais Nova Conquista, localizada no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4704/indicacao_no_142_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4704/indicacao_no_142_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas que objetivem Parceria com o Governo do Estado por meio do Instituto de Terras do Estado de Mato Grosso – INTERMAT - MT, na forma de Convênio para fins de Regularização Fundiária de Imóveis no núcleo considerado Urbano da Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4705/indicacao_no_143_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4705/indicacao_no_143_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de implantar uma URT (Unidade de Referência Tecnológica) do leite, podendo ser utilizado 3 hectares dos 13 hectares pertencentes ao Município anexo ao Parque de Exposição.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Izabel Conceição de Oliveira, Miguel De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4706/indicacao_no_144_izabel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4706/indicacao_no_144_izabel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a urgente necessidade de se tomar medidas junto a Secretaria Municipal de Agricultura, Regularização Fundiária, Habitação e Meio Ambiente, com o objetivo de realizar contratação de zootecnista para atender os trabalhadores rurais da agricultura familiar do munícipio.</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4707/indicacao_no_145_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4707/indicacao_no_145_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas junto a secretaria de educação estadual visando a aquisição de ônibus escolar no intuito de atender os alunos do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4708/indicacao_no_146_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4708/indicacao_no_146_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas que objetivem com a instalação de quadro de comando da parte elétrica para que sejam ligadas as câmeras de segurança na Área de Lazer Parque das Araras.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4709/indicacao_no_147_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4709/indicacao_no_147_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de tomar medidas que objetivem com a aquisição de caminhão caçamba para atender os produtores da Agricultura Familiar.</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4710/indicacao_no_148_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4710/indicacao_no_148_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medidas que objetivem com a reforma do Posto de Saúde Garbugio do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4711/indicacao_no_149_izabel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4711/indicacao_no_149_izabel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a urgente necessidade de se tomar medidas junto a Secretaria Municipal de Agricultura, Regularização Fundiária, Habitação e Meio Ambiente, com o objetivo de realizar contratação de médico veterinário para atender os trabalhadores rurais da agricultura familiar do município.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4712/indicacao_no_150_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4712/indicacao_no_150_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em reforma da calçada/passeio no interior do Cemitério Municipal e construção deste em toda extensão onde há sepultamento, bem como reforma na calçada externa e implantação de estacionamento em 45 graus.</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4715/indicacao_no_151_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4715/indicacao_no_151_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas no intuito de criação de Lei para linha de ponto de táxi no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4716/indicacao_no_152_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4716/indicacao_no_152_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo municipal a necessidade de se tomar medida que objetivem com estudo e implantação de unidade móvel adaptada para serviços de castração de animais, o “Castramóvel” para o Município de Campo Verde.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4717/indicacao_no_153_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4717/indicacao_no_153_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a cedência de área urbana para a construção da sub sede do Sindicato dos Profissionais de Educação (SINTEP) de Campo Verde.</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Izabel Conceição de Oliveira, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4718/indicacao_no_154_izabel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4718/indicacao_no_154_izabel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas a respeito da compensação do horário de deslocamento dos professores da Zona Rural, através de descontos na hora atividade.</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4719/indicacao_no_155_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4719/indicacao_no_155_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de cobertura da quadra esportiva localizada na Área de Lazer Parque das Araras.</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4720/indicacao_no_156_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4720/indicacao_no_156_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária de Saúde no sentido de retornar o atendimento odontológico no período noturno, sendo realizado no PSF Parque das Araras II.</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4721/indicacao_no_157_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4721/indicacao_no_157_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Esporte, Cultura e Lazer com objetivo de adquirir Dobok/Kimono e equipamentos de treinamentos para a escolinha municipal de taekwondo.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4722/indicacao_no_158_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4722/indicacao_no_158_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária de Saúde com objetivo de contratar mais uma enfermeira para cobrir plantão da ambulância nos períodos noturnos e finais de semana no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4723/indicacao_no_159_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4723/indicacao_no_159_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas de que os benefícios de natureza jurídica e orçamentária dos recursos enviados pela SEAF - Secretaria de Estado Agricultura Familiar – MT, sejam estes por emenda parlamentar, equipamentos, maquinários, etc. permaneçam sobre a administração da Secretária de Agricultura Familiar do Município, garantindo sua utilização originariamente destinada.</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4724/indicacao_no_160_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4724/indicacao_no_160_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à Secretária Municipal competente a viabilidade de construir Pista para Bike no Espaço Jovem.</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4725/indicacao_no_161_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4725/indicacao_no_161_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em disponibilizar caminhão pipa para molhar as vias do Distrito Industrial ll.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4730/indicacao_no_162_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4730/indicacao_no_162_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Empresa Energisa com o objetivo de abater a taxa de iluminação pública, que vem embutida na conta de luz nos locais onde houver iluminação pública por led, já que estas geram menor consumo de energia e maior vida útil.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4731/indicacao_no_163_gregorio_._docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4731/indicacao_no_163_gregorio_._docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão Competente com o objetivo de melhorar/ampliar a iluminação externa da unidade de saúde familiar – USF do Dom Osório.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4732/indicacao_no_164_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4732/indicacao_no_164_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com revitalização do Canteiro Central da Avenida Brasil em toda sua extensão.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4733/indicacao_no_165_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4733/indicacao_no_165_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão Competente com o objetivo de incluir na construção da Escola Municipal no Residencial Greenville, quadra esportiva e parque infantil.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4734/indicacao_no_166_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4734/indicacao_no_166_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a instalação de corrimão na Rodoviária do Município, visando garantir segurança dos usuários do local.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4735/indicacao_no_167_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4735/indicacao_no_167_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto a Empresas de Transporte de passageiros, com o intuito de receber em forma de dação de ônibus como forma de pagamento para a quitação/abatimento de débitos tributários, com o objetivo de direcionar estes veículos a Secretaria de Cultura, Lazer e Esporte.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Professora Socorro, Elton Tobiano, Gregório do Mercado Popular, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4736/indicacao_no_168__socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4736/indicacao_no_168__socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Desenvolvimento Econômico com o objetivo de realizar a reabertura para visitação ao mirante da Praça São João Paulo II.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4737/indicacao_no_169_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4737/indicacao_no_169_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a ampliação do prédio da Prefeitura Municipal, dando segmento desta edificação do lado direito, até a Rua Aracajú com o intuito de instalar a Secretaria de Fazenda.</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4755/indicacao_no_170.2022_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4755/indicacao_no_170.2022_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde com o objeto de adquirir motos, visando a otimização do trabalho dos Agentes Comunitários de Saúde da Zona Rural.</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4756/indicacao_no_171.2022_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4756/indicacao_no_171.2022_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de implantar galpão com viveiro e estufa para mudas de hortifruti, na COPERSAF-Cooperativa dos Agricultores Familiares do Assentamento Santo Antônio da Fartura sendo este custeado a preço de custo, beneficiando todos os Assentamentos e Escolas do Município.</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4757/indicacao_no_172.2022_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4757/indicacao_no_172.2022_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de prorrogar a validade do Concurso Público nº 001/2019, em acordo com o edital de abertura, e consonância com o inciso III, art. 37 da Constituição Federal, o qual poderá ser prorrogado a critério de conveniência e oportunidade da administração, por mais dois anos a partir de seu vencimento.</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4758/indicacao_no_173.2022_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4758/indicacao_no_173.2022_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras, com o intuito de realizar microrrevestimento nas vias dos Bairros Recanto do Bosque I e II.</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4759/indicacao_no_174.2022_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4759/indicacao_no_174.2022_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a ampliação da copa e a sala das Agentes de Saúde do PSF (Posto de Saúde) do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4760/indicacao_no_175.2022_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4760/indicacao_no_175.2022_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de adquirir e instalar equipamentos adequados para a borracharia municipal instalada nas dependências da Secretaria Municipal de Obras Viação e Serviços Públicos.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4761/indicacao_no_176.2022_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4761/indicacao_no_176.2022_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se adotar medidas que objetivem com a disponibilização de plantas para construção residencial, para atender as famílias de baixa renda.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4762/indicacao_no_177.2022_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4762/indicacao_no_177.2022_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de  (Eco Ponto) ponto para coleta de lixo no núcleo Urbano da Comunidade Taperinha.</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4765/indicacao_n_178_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4765/indicacao_n_178_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado e Secretaria de Estado de Educação de Mato Grosso-SEDUC, com o objetivo de construir escola estadual no imóvel urbano doado a SEDUC, através da Lei Municipal nª 1.905 em 15 de agosto de 2013.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4766/indicacao_no_179_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4766/indicacao_no_179_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Educação com objeto de ceder ou adquirir área/terreno visando a construção de pátio para os ônibus e veículos pertencentes a Secretaria de Educação.</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4767/indicacao_no_180_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4767/indicacao_no_180_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária Municipal de Assistência Social e Órgão Competente, com o intuito de levar para o Assentamento Dom Osório cursos profissionalizantes tais como: operador de máquinas, cabeleireiro e outros voltados para a área de saúde e estética.</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4768/indicacao_no181_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4768/indicacao_no181_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com ampliação da capacidade da rede de escoamento das águas pluviais na Avenida São Lourenço.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4777/indicacao_no_182_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4777/indicacao_no_182_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde do Município com o objetivo de implantar unidade descentralizada da Farmácia Satélite Municipal no Bairro Belvedere e Green Ville.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4778/indicacao_no_183_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4778/indicacao_no_183_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de realizar pavimentação asfáltica na Rua dos Amigos que interliga a MT 140.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4779/indicacao_no_184_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4779/indicacao_no_184_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se adotar medidas junto a Secretaria de Saúde, com o objetivo de criar cargo de Artesão, para atuar junto aos pacientes atendidos pelo Centro de Atenção Psicossocial (CAPS).</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4780/indicacao_no_185_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4780/indicacao_no_185_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de instalar relógio medidor de energia elétrica diretamente nos quiosques do município, visando uma melhor transparência de consumo.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Silvio Eventos, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4781/indicacao_no_186_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4781/indicacao_no_186_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com o patrolamento e encascalhamento das estradas Rurais de acesso aos Assentamentos 28 de Outubro e Paulo Freire.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4782/indicacao_no_187_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4782/indicacao_no_187_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a colocação de super postes com lâmpada de led em frente ao Parque de Exposição Marcos Antônio Esteves da Rocha, bem como na Avenida Senador Atílio Fontana no trecho em frete ao Bairro Jardim América.</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4802/indicacao_no_188_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4802/indicacao_no_188_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de disponibilizar um PSF (Posto de Saúde da Família) para atendimento ao público nos finais de semana e feriados em nosso município.</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4803/indicacao_no_189_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4803/indicacao_no_189_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras e Viação, no intuito de realizar reforma na calçada anexa ao canteiro central da Avenida Dom Aquino, situada no Bairro Jupiara.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Prof. Fabio Alves, Janaina Nordestina</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4804/indicacao_no_190_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4804/indicacao_no_190_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas ao Departamento Estadual de Trânsito de Mato Grosso – DETRAN, no intuito de ceder outro espaço adequado para a aplicação das aulas de direção e provas práticas de direção.</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Silvio Eventos, Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4805/indicacao_no_191_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4805/indicacao_no_191_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado visando a aquisição de ônibus para atender a Secretaria de Esporte.</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4806/indicacao_no_192_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4806/indicacao_no_192_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de ponto de ônibus com cobertura na Avenida Mato Grosso nas proximidades da Avenida Eugênio Prati.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4807/indicacao_no_193_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4807/indicacao_no_193_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de construir faixa elevada em frente a Creche Municipal Johannes Berthold Henning "Padre João".</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4808/indicacao_no_194_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4808/indicacao_no_194_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medida junto a Secretaria de Obras com o objetivo de realizar duplicação de acesso da BR 070, cruzamento entre a Avenida Brasília, com a Avenida Santa Tereza.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4809/indicacao_no_195_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4809/indicacao_no_195_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em contratar vigia/segurança para atuar na Rodoviária, no período das 18 horas as 6 horas todos os dias da semana, bem como contratar pessoal de limpeza para os finais de semana e feriados.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4810/indicacao_no_196_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4810/indicacao_no_196_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em dar continuidade a Avenida Santa Maria até o Residencial Buritis Prime.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4811/indicacao_no_197_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4811/indicacao_no_197_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao órgão competente com o objetivo de construir Ginásio Poliesportivo na Escola Estadual Adib Ayesh Nafi Has Abdel khaleq no Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4812/indicacao_no_198_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4812/indicacao_no_198_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao DNIT (Departamento Nacional de Infraestrutura de Transportes) e SINFRA (Secretaria de Estado de Infraestrutura e Logística) com objetivo de dar reabertura para facilitar o acesso ao Bairro Residencial Cuiabá.</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4813/indicacao_no_199_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4813/indicacao_no_199_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com implantação de faixas de pedestre no entorno da rotatória que liga o cruzamento das Avenidas Airton Senna e Presidente João Goulart.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4821/indicacao_no200_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4821/indicacao_no200_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras com o objetivo de instalar bancos nos canteiros centrais da Avenida Mato Grosso.</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4822/indicacao_no201_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4822/indicacao_no201_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas no sentido de realizar instalação de postes com refletores no Mini Estádio Lucas Rudnick.</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4823/indicacao_no202_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4823/indicacao_no202_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto a Secretária de Saúde, com objetivo de substituir o material de papel fotográfico por imagem radiográfica em forma digital, permitindo uma análise assertiva e detalhada do diagnóstico.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4824/indicacao_no203_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4824/indicacao_no203_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de construir faixa elevada em frente Escola Municipal Professora Áurea Gonçalves Marquetti, localizada no Bairro Greenville.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4825/indicacao_no204_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4825/indicacao_no204_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma geral da Capela Mortuária Municipal (Centro de Atenção a Família).</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4826/indicacao_no205_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4826/indicacao_no205_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de ponto de ônibus com cobertura as margens da Rodovia MT 344, na entrada do Assentamento 14 de Agosto.</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Juscelino Neves, Elton Tobiano, Gregório do Mercado Popular</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4827/indicacao_no206_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4827/indicacao_no206_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto à iniciativa privada com o objetivo de viabilizar a construção de Asilo/Casa de Repouso para Idosos no Município de Campo Verde.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4835/indicacao_no_207_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4835/indicacao_no_207_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se contratar mais um engenheiro agrônomo para atuar e atender a demanda da Secretaria Municipal de Agricultura, com o objetivo de dar suporte as Comunidades Rurais e Assentamentos do Município.</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4836/indicacao_no_208_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4836/indicacao_no_208_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com implantação de faixa elevada na Rua do Saber no Bairro Recanto do Bosque, em frente a entrada da área de lazer Recanto do Sol.</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4837/indicacao_no_209__juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4837/indicacao_no_209__juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto ao Órgão Competente com objetivo de realizar a construção de faixa elevada na Avenida Airton Senna, em frente a Congregação Crista do Brasil.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4838/indicacao_no_210_cleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4838/indicacao_no_210_cleberson.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão Competente com objetivo de dar continuidade a obra de rede de distribuição de água na Comunidade do Taperinha.</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4839/indicacao_no_211_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4839/indicacao_no_211_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em continuar com a implantação de sinalização de placas de identificação de Ruas e Avenidas, bem como a reorganização dos números das residências de todos os Bairros do município de Campo Verde.</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4840/indicacao_no_212_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4840/indicacao_no_212_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de bancos paralelamente nas principais ruas do Parque de Exposição Marcos Antônio Esteves da Rocha.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4841/indicacao_no_213_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4841/indicacao_no_213_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar estudo da Lei Complementar nº 57 de 03 de julho de 2015, que dispõe sobre o plano de cargos, carreira e remuneração dos profissionais da educação básica da rede municipal, com o objetivo de realizar emenda modificativa no § 3º do inciso III, artigo 60 para que seja pago 1/3 (um terço) de férias da remuneração correspondente ao período de 15 (quinze) dias de férias que os professores em sala de aula farão jus.</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4842/indicacao_no_214_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4842/indicacao_no_214_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com Construção de estrutura coberta que tenha bebedouro e banheiros na Praça das Crianças localizada no bairro Jupiara.</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4846/indicacao_no_215__juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4846/indicacao_no_215__juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com recuperação com lama asfáltica no Bairro Jardim Campo Verde I.</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4847/indicacao_no216_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4847/indicacao_no216_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em construir um centro de referência de pediatra em nosso Município de Campo Verde.</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4848/indicacao_no217_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4848/indicacao_no217_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em ampliar a rede de distribuição de água na Comunidade Capim Branco.</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4849/indicacao_no218_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4849/indicacao_no218_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se instalar parque infantil anexo a academia ao ar livre, bem como colocação de iluminação, arborização, mesas para jogos, bancos e lixeiras na Comunidade Capim Branco.</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4850/indicacao_no219_paulinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4850/indicacao_no219_paulinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a substituição das pontes de madeira do Assentamento Santo Antônio da Fartura por pontes de concreto.</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4851/indicacao_no220_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4851/indicacao_no220_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com objetivo de estudar a viabilidade da abertura de via de acesso ou rotatória no canteiro da Av. Santa Helena com a Rua Cascavel.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4852/indicacao_no221_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4852/indicacao_no221_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a troca das luminárias/refletores por lâmpadas de led na quadra de esporte da Escola Municipal Dona Maria Artemir Pires.</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Boneca, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4860/indicacao_no222_alaene_e__silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4860/indicacao_no222_alaene_e__silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a implantação de placas de identificação nas ruas e avenidas do Bairro Green Ville com números oficiais das residências.</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4864/indicacao_no223_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4864/indicacao_no223_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a Construção de Creche-Berçário para atender a população da Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4865/indicacao_no224_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4865/indicacao_no224_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a limpeza, revitalização, ornamentação e paisagismo no Canteiro Central entre à MT. 344 e Avenida Piranhaçú, saída para o Município de Dom Aquino.</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4866/indicacao_no225_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4866/indicacao_no225_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com estudo e implantação de rede de drenagem de águas pluviais entre o Hotel Brasil e a Metalúrgica do Wagner na Rua Industrial, localizada no Bairro Jupiara.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4867/indicacao_no226_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4867/indicacao_no226_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em interligar a Avenida Piranhaçu com a Avenida Atílio Fontana, no Bairro Jupiara, bem como realizar pavimentação asfáltica neste trecho.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4868/indicacao_no227_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4868/indicacao_no227_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas para o retorno do transporte coletivo, bem como estender os horários de rotas até as 20 horas que encerra a maioria das atividades econômicas no município.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4869/indicacao_no_228_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4869/indicacao_no_228_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas afim de criar Lei de cooperação entre o Município de Campo Verde com o Município de Chapada dos Guimarães, para legalizar e atender os anseios da Comunidade Jangada em realizar cascalhamento na estrada rural da região.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4875/indicacao_no_229_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4875/indicacao_no_229_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em realizar instalação de ponto de entrega voluntária, os chamados PEVs no Bairro Jardim Cuiabá.</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Silvio Eventos, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4876/indicacao_no_230_silvio_e_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4876/indicacao_no_230_silvio_e_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado visando a aquisição de micro-ônibus para atender a Secretaria de Cultura.</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4877/indicacao_no_231_silvio_e_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4877/indicacao_no_231_silvio_e_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Cultura, Lazer e Esporte com objetivo de isentar taxa de inscrições de campeonatos dos atletas da categoria de base.</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4878/indicacao_no_232_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4878/indicacao_no_232_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com o patrolamento e encascalhamento da estrada vicinal do Assentamento 14 de Agosto que liga a MT 344 ao Distrito Selma, no trecho entre a ponte Rio Piraputanga até o Bar do Preto</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4879/indicacao_no_233_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4879/indicacao_no_233_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar estudo de projeto para estender o modelo de parque infantil do Paço Municipal para a Praça João Paulo II, Praça da Bíblia, Praça 04 de Julho e Praça São Miguel.</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4880/indicacao_no_234_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4880/indicacao_no_234_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem junto a direção do Hospital Municipal Coração de Jesus, no sentido de contratar segurança devidamente habilitado e capacitado para garantir a segurança dos servidores do Hospital Municipal.</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4881/indicacao_no_235_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4881/indicacao_no_235_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao departamento competente para implantação de lombada ou redutores de velocidade na Rodovia Municipal Sebastião Antônio Pereira cv-010, bem como realizar operação tapa buracos mais precisamente na estrada que compreende a empresa Granja Campo Verde.</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4882/indicacao_no_236_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4882/indicacao_no_236_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Educação com objetivo de adquirir ônibus escolar no intuito de atender os alunos da Escola Municipal Paraíso.</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Elton Tobiano</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4890/indicacao_no_237_elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4890/indicacao_no_237_elton.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas com o objetivo de construir faixa elevada em frente a Associação de Pais e Amigos dos Excepcionais - APAE, localizada na Avenida Marechal Candido Rondon – Centro.</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4891/indicacao_no_238_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4891/indicacao_no_238_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação de ecoponto, estação de entrega voluntária de inservíveis no Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4892/indicacao_no_239_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4892/indicacao_no_239_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde que objetivem com ampliação no horário de atendimento da Farmácia Municipal até as 20hs.</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>Miguel De Paula, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4893/indicacao_no_240_miguel_e_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4893/indicacao_no_240_miguel_e_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem com a construção de quadra poliesportiva com cobertura na Escola Municipal Professora Áurea Gonçalves Marquette, localizada no Bairro Green Ville.</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4894/indicacao_no_241_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4894/indicacao_no_241_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se estender o modelo de parque infantil do Paço Municipal para as praças das Zonas Rurais do Município.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Professora Socorro, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4895/indicacao_no_242_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4895/indicacao_no_242_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de firmar parceria com o governo do estado de mato grosso, no intuito de construir Casas Populares no Município de Campo Verde-MT, através do Programa Ser Família Habitação.</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4897/indicacao_no_243_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4897/indicacao_no_243_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto a Secretaria de Agricultura Familiar do Estado de Mato Grosso para viabilizar recursos financeiros no sentido de destinar duascâmaras frias para os Feirantes da feira Municipal de Campo Verde.</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Juscelino Neves, Professora Socorro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4896/indicacao_no_244_juscelino_e_socorro_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4896/indicacao_no_244_juscelino_e_socorro_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas no sentido de realizar instalação de Faixa elevada na Avenida Santa Tereza em frente ao Lar Maria de Lourdes.</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4902/indicacao_no_245_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4902/indicacao_no_245_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação de Ecoponto, estação de entrega voluntária de inservíveis no Bairro Jupiara.</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Silvio Eventos, Miguel De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4903/indicacao_no_246_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4903/indicacao_no_246_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado em parceria com a Secretaria Municipal de Assistência Social, com intuito de criar Programa para subsidiar a Carteira de Habilitação (CNH) para Famílias de baixa renda.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4904/indicacao_no_247_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4904/indicacao_no_247_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em construir Creche Municipal para atender as crianças em período integral.</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4905/indicacao_no_248_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4905/indicacao_no_248_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma/ampliação ou construção de uma nova Unidade de Saúde na Comunidade 28 de outubro.</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4906/indicacao_no_249_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4906/indicacao_no_249_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em viabilizar recursos para a aquisição de equipamentos industriais e utensílios para cozinha da feira Municipal.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4907/indicacao_no_250_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4907/indicacao_no_250_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a contratação de mais agentes de saúde para atender áreas descobertas do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4908/indicacao_no_251_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4908/indicacao_no_251_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em construir um anfiteatro na Escola Municipal Monteiro Lobato.</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4916/indicacao_no_252_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4916/indicacao_no_252_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal necessidade de se tomar medidas junto ao Governo do Estado e Secretaria de Estado de Agricultura Familiar com o objetivo de adquirir Patrulha Agrícola Mecanizada composta por Trator, Carreta e Grade Aradora para Associação de Pequenos Produtores Rurais Nova Conquista do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4917/indicacao_no_253_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4917/indicacao_no_253_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal Integrada de Apoio à Segurança Pública e DMTU - Departamento Municipal de Trânsito Urbano, no intuito de realizar a remarcação de todas as faixas de pedestre e melhorias na sinalização horizontal e vertical do nosso Município.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4918/indicacao_no_254_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4918/indicacao_no_254_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em realizar obras de melhorias e manutenção na Área de Lazer Recanto do Sol.</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4919/indicacao_no_255_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4919/indicacao_no_255_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a a necessidade de se tomar medidas que objetivem com construção de sede própria da Farmácia Municipal de Campo Verde.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4920/indicacao_no_256_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4920/indicacao_no_256_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de Placa ou Fachada de Identificação no prédio da Farmácia Municipal.</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4921/indicacao_no_257_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4921/indicacao_no_257_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Obras no intuito de revitalizar a pista de skate do pátio do Ginásio Joubert Isaias Romancini.</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4922/indicacao_no_258_cleberson_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4922/indicacao_no_258_cleberson_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com objetivo de estudar a viabilidade da abertura de via de acesso da rua Maceió com a rua Jaciara entre a Rodovia MT 140.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4923/indicacao_no_259_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4923/indicacao_no_259_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas junto a Secretaria de Agricultura Familiar do Estado de Mato Grosso para viabilizar recursos financeiros no sentido de destinar duas câmaras frias e dois resfriadores de leite para UFMT de São Vicente.</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4941/indicacao_no_260_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4941/indicacao_no_260_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Empresa Águas de Campo Verde que objetivem com a perfuração de poço artesiano para captação exclusiva do Bairro Greenville II. Bem como reservatório e rede de distribuição.</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4942/indicacao_no_261_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4942/indicacao_no_261_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a necessidade de se tomar medidas junto a Secretaria de Saúde do Município com o objetivo de colocar em funcionamento o mamógrafo existente no Hospital Municipal Coração de Jesus, aproveitando a campanha do outubro rosa.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4943/indicacao_no_262_socorro._tendas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4943/indicacao_no_262_socorro._tendas.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo urgente necessidade de se tomar medidas que objetivem em viabilizar a aquisição de um kit feirante contendo:  tenda e equipamentos, e uma extensão elétrica – filtro de linha de 50 metros de cumprimento para cada feirante de rua.</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4951/indicacao_no_263_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4951/indicacao_no_263_denival.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas no sentido de realizar instalação de Faixa elevada na Rua Manoel Genildo de Araújo, em frente ao CEJUSC-Centro Judiciário de Solução de Conflitos e Cidadania.</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4952/indicacao_no_264_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4952/indicacao_no_264_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a necessidade de se tomar medidas junto a Empresa Águas de Campo Verde/MT, no sentido de viabilizar perfuração de poço artesiano, no Setor Industrial II nas proximidades da Transportadora Grande Verde.</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4953/indicacao_no_265_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4953/indicacao_no_265_sampaio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo urgente necessidade de se tomar medidas por meio do DMTU – Departamento Municipal de Trânsito Urbano – Campo Verde/MT, com objetivo de estudar a viabilidade de abertura de rua interligando Avenida Mato Grosso com Av. Rotary Internacional.</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4954/indicacao_no_266_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4954/indicacao_no_266_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo urgente a necessidade de se tomar medidas que objetivem com roçagem e limpeza nas áreas/terrenos baldios e Vias do Bairro Jardim Santa Rosa.</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4968/indicacao_no_267_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4968/indicacao_no_267_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas no intuito de ceder área pertencente ao Município a Associação dos Aposentados e Pensionistas e Idosos de Campo Verde, a mesma está localizada ao lado da referida Associação de Utilidade Pública, e tem por objetivo ampliar sua estrutura.</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4969/indicacao_no_268_janiana.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4969/indicacao_no_268_janiana.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a criação da semana de comemorações das Tradições Nordestinas no Município de Campo Verde.</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4970/indicacao_no_269_juscelino.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4970/indicacao_no_269_juscelino.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão competente no intuito de realizar poda padronizada das árvores do Bairro Jardim Santa Rosa.</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4977/indicacao_no_270_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4977/indicacao_no_270_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Governo do Estado e Agência Reguladora Estadual - AGER - MT, visando regulamentar o aumento de número das empresas de passageiros do transporte intermunicipal do Município, ou aumentar a quantidade de ónibus que fazem a linha entre Cuiabá a Campo Verde.</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Prof. Fabio Alves, Boneca, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4978/iindicacao_no_271_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4978/iindicacao_no_271_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com nova pavimentação asfáltica na Sede da Comunidade do 04 de Outubro.</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4979/indicacao_no_272_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4979/indicacao_no_272_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a instalação de academia pública na Comunidade do Limeira.</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Clebinho do Judô, Janaina Nordestina, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4980/indicacao_no_273_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4980/indicacao_no_273_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com o patrolamento e encascalhamento das estradas principais do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4981/indicacao_no_274__socorro_assist._tec.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4981/indicacao_no_274__socorro_assist._tec.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar estudo e criação de programa de assistência técnica para atender a agricultura familiar.</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>Silvio Eventos, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4988/indicacao_no_275_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4988/indicacao_no_275_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a aquisição de caminhão triturador que transforma o material em biomassa e armazena na carroceria para o serviço de coleta e descarte de galhos e troncos para estar atendendo as demandas da Secretaria de Agricultura e Meio Ambiente.</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Janaina Nordestina, Clebinho do Judô, Nei do Dom Ozorio - PT, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4989/indicacao_no_276_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4989/indicacao_no_276_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Órgão competente com o objetivo de implantar cerca/alambrado no entorno da área pública (reserva ambiental) localizada na Rua Araras.</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4990/indicacao_no_277_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4990/indicacao_no_277_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a substituição de lâmpadas do sistema de iluminação pública do Bairro Jupiara por lâmpadas de led.</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4991/indicacao_no_278_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4991/indicacao_no_278_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem   com micro pavimentação na Avenida João Goulart, no trecho entre a Avenida Airton Senna e Avenida Deputado Ulisses Guimarães.</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Janaina Nordestina, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4992/indicacao_no_279_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4992/indicacao_no_279_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma do Barracão da Feira do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4993/indicacao_no_280_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4993/indicacao_no_280_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em realizar a desapropriação da antiga empresa BRF (SADIA), visando destinar esta área para fins sociais.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>Boneca, Gregório do Mercado Popular</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4994/indicacao_no_281_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4994/indicacao_no_281_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a urgente necessidade de se tomar medidas que objetivem em melhorar o sistema de iluminação pública da Avenida Marechal Cândido Rondon, bem como trocar as mesmas por lâmpadas de led.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Clebinho do Judô, Boneca, Denival De Paula, Elton Tobiano, Gregório do Mercado Popular, Janaina Nordestina, Juscelino Neves, Miguel De Paula, Nei do Dom Ozorio - PT, Paulinho da Fartura, Professora Socorro, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4997/indicacao_no_282_cleberson_e_demais.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4997/indicacao_no_282_cleberson_e_demais.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com estudo de alteração da Lei nº 1.720/2011, visando adicionar a substituição destas por sacolas biodegradáveis.</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5004/indicacao_no_283_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5004/indicacao_no_283_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao Ministério da Saúde com o objetivo de criar centro de diagnóstico e tratamento para pessoa com transtornos do espectro do autismo (TEA),objetivando o diagnóstico precoce, o atendimento multiprofissional e o acesso a medicamentos e nutrientes.</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5005/indicacao_no_284_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5005/indicacao_no_284_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a troca das pranchas da ponte de madeira do Rio das Mortes, a mesma localiza-se na MT Rural 251 e dá acesso ao Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Boneca, Clebinho do Judô, Gregório do Mercado Popular, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5006/indicacao_no_285_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5006/indicacao_no_285_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria Municipal de Agricultura, Regularização Fundiária, Habitação e Meio Ambiente, no intuito de aterrar e cascalhar os currais dos cadastrados na agricultura familiar dos Assentamentos e Comunidades Rurais do Município.</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Silvio Eventos, Clebinho do Judô, Gregório do Mercado Popular, Janaina Nordestina, Nei do Dom Ozorio - PT, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5007/indicacao_no_286_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5007/indicacao_no_286_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar a substituição das lâmpadas do sistema de iluminação pública por lâmpadas de led, nas Comunidades do Taperinha, Capim Branco, 04 de outubro e 14 de agosto.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Janaina Nordestina, Boneca, Clebinho do Judô, Nei do Dom Ozorio - PT, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5008/indicacao_no_287_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5008/indicacao_no_287_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretária de Saúde no sentido de retornar o atendimento odontológico no período noturno, sendo realizado no PSF Rural, localizado no Bairro São Lourenço.</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5009/indicacao_no_288_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5009/indicacao_no_288_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a disponibilidade de um Micro-Ônibus adaptado para o transporte de idosos e pessoas com deficiência na zona urbana e rural.</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Silvio Eventos, Janaina Nordestina, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5010/indicacao_no_289_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5010/indicacao_no_289_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a construção de ponto de ônibus com abrigo no Assentamento 28 de Outubro.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5013/indicacao_n_290_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5013/indicacao_n_290_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com implantação de cobertura e bancos em frente ao Complexo de Atendimento Especializado e Diagnóstico (CAED) Cyrio Schenkel.</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5014/indicacao_n_291_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5014/indicacao_n_291_miguel.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde com o objetivo de realizar a contratação de Médico Vascular ou Angiologista.</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5015/indicacao_n_292_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5015/indicacao_n_292_paulo.pdf</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5016/indicacao_n_293_paulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5016/indicacao_n_293_paulo.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem com a reforma/reconstrução do campo de futebol do Assentamento Santo Antônio da fartura, bem como a implantação de alambrado em seu entorno.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5017/indicacao_n_294_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5017/indicacao_n_294_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em realizar estudo de viabilização de implantação de ponte/passarela na Área de Preservação Permanente – APP, ligando as Ruas Aroeira e Bordas do Lago.</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>Clebinho do Judô, Boneca, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5018/indicacao_n_295_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5018/indicacao_n_295_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Saúde com o objetivo de instalar leitos pediátricos na UTI do Hospital Municipal Coração de Jesus.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Boneca, Janaina Nordestina, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5019/indicacao_n_296_neison_1.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5019/indicacao_n_296_neison_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se realizar a substituição das lâmpadas do sistema de iluminação pública da Rua Roraima, localizada no Bairro São Lourenço, por lâmpadas de led.</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>Professora Socorro, Denival De Paula, Elton Tobiano</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5020/indicacao_no_297_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5020/indicacao_no_297_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas em se dar continuidade na construção do prédio pertencente ao Município, localizado na Avenida Campo Grande, próximo a Acicave, com o objetivo de instalar órgão público que não tenha prédio próprio.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Professora Socorro, Paulinho da Fartura</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5021/indicacao_no_298_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5021/indicacao_no_298_socorro.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas que objetivem em implantar o Projeto Piloto “Plantando Águas” com a construção de barraginhas para preservação de nascentes no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5027/indicacao_miguel_no299.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5027/indicacao_miguel_no299.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A MANUTENÇÃO E TROCA DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA NAS VIAS PARALELAS A BR – 070 NO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Professora Socorro, Prof. Fabio Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5028/indicacao_no_300_socorro_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5028/indicacao_no_300_socorro_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DAR CONTINUIDADE NA PERFURAÇÃO DO POÇO ARTESIANO DO ASSENTAMENTO 4 DE OUTUBRO. SENDO QUE ESTE JÁ FOI PERFURADO 300 METROS E NÃO DEU ÁGUA.</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5031/indicacao_no_301_janaina.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5031/indicacao_no_301_janaina.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar necessárias para recolher cães, abandonados em vias públicas e encaminha-los a local adequado para adoção.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5032/indicacao_no_302_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5032/indicacao_no_302_gregorio.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal a necessidade de confeccionar esculturas de “Araras” das espécies que vivem em nossa região para serem instaladas na Área de Lazer Parque das Araras localizado no Bairro Jardim Campo Verde.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5033/indicacao_no_303_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5033/indicacao_no_303_socorro.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal necessidade se tomar medidas com o objetivo de instalar Telas de proteção no entorno da quadra poliesportiva da Escola Dona Maria Artemir Pires.</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5034/indicacao_no_304_miguel.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5034/indicacao_no_304_miguel.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal necessidade de se tomar medidas que objetivem com a instalação de super postes com braços duplos e lâmpadas de led, na rotatória da BR 070, no acesso entre a Avenida Brasília e a Avenida Senador Atílio Fontana, próximo a Empresa Bunge.</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5035/indicacao_no_305_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5035/indicacao_no_305_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica Ao Poder Executivo Municipal necessidade de se tomar medidas junto ao Governo do Estado e Secretaria de Cultura, Lazer e Esporte no intuito de adquirir kit esportivo para beneficiar as Escolinhas Esportivas no Município, visando a necessidade de cada modalidade esportiva.</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5036/indicacao_no_306_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5036/indicacao_no_306_clebinho.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto a Secretaria de Cultura, Lazer e Esporte com objetivo de direcionar um dos ônibus adquiridos pelo Governo do Estado, as Escolinhas Esportivas do Município.</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5037/indicacao_no_307_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5037/indicacao_no_307_fabio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal que denomine o PSF (Posto de Saúde) do Assentamento 4 de Outubro como José Fernandes da Costa.</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5038/indicacao_no_308_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5038/indicacao_no_308_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de se tomar medidas junto ao departamento competente para implantação de redutor de velocidade na Rodovia Municipal Sebastião Antônio Pereira cv-010, bem como a construção de ponto de ônibus com abrigo em frente a empresa Granja Campo Verde.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4508/mocao_de_aplauso_no_01.22_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4508/mocao_de_aplauso_no_01.22_alaene.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO AS IRMÃS DISCÍPULAS DO DIVINO PASTOR, DA FRATERNIDADE SÃO PAULO APÓSTOLO DE CAMPO VERDE – MT, POR VIVEREM A VIDA CONSAGRADA A DEUS NO SERVIÇO DO REINO, REALIZANDO SERVIÇOS VOLUNTÁRIOS E FAZENDO A DIFERENÇA NA VIDA DAS FAMÍLIAS CARENTES”.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>Elton Tobiano, Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4801/mocao_de_aplauso_no_02_elton.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4801/mocao_de_aplauso_no_02_elton.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO A DOUTORA ELIANE DE FÁTIMA DUARTE, EM AGRADECIMENTO PELO EXCELENTE TRABALHO REALIZADO JUNTO AOS PACIENTES DO PROGRAMA DE CONTROLE DO TABAGISMO DO MUNICÍPIO DE CAMPO VERDE”.</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4834/mocao_de_aplauso_no_03_clebinho.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4834/mocao_de_aplauso_no_03_clebinho.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSO E RECONHECIMENTO AOS SERVIDORES DA SECRETARIA DE OBRAS DO MUNICÍPIO DE CAMPO VERDE QUE ESTIVERAM À FRENTE DAS DIVERSAS SÉRIE DE AÇÕES DE MELHORIAS E MANUTENÇÃO DO PARQUE DE EXPOSIÇÃO MARCO ANTÔNIO ESTEVES DA ROCHA, PARA A RETOMADA EM GRANDE ESTILO DA EXPOVERDE 2022.”</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>Clebinho do Judô, Janaina Nordestina, Miguel De Paula</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4862/mocao_de_aplauso_no_04_migueldocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4862/mocao_de_aplauso_no_04_migueldocx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO A IZAURIDES KÉSIA DA COSTA MASSAVI SIQUEIRA QUE DESENVOLVEU UM BRILHANTE TRABALHO A FRENTE DA SECRETARIA DE CULTURA, LAZER E ESPORTE DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>Denival De Paula, Elton Tobiano, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4863/mocao_de_aplauso_no_05_eltondocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4863/mocao_de_aplauso_no_05_eltondocx.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AS ATLETAS BEATRIZ VERLINGUE BARASUOL, MARCELLA VIEIRA DE JESUS E RAFAELA ROSATTI SCHNEIDER PELA PARTICIPAÇÃO DE CAMPEONATO BRASILEIRO DE CLUBES DE HANDEBOL CATEGORIA INFANTIL, QUE OCORREU ENTRE 22 A 26 DE AGOSTO, ANAPOLIS – GO. CONVOCADAS PELA SELEÇÃO ESTADUAL MATOGROSSENSE PARA COMPOR A EQUIPE ASHB (ASSOCIAÇÃO SORRISO DE HANDEBOL).</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4939/mocao_de_aplauso_no_006_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4939/mocao_de_aplauso_no_006_silvio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, AO SENHOR LEONARDO WILLERS LORENZATTO QUE VEM DESENVOLVENDO UM BRILHANTE TRABALHO HÁ SEIS ANOS COMO ARBITRO NA FMF -  FEDERAÇÃO MATOGROSSENSE DE FUTEBOL E CBF CONFEDERAÇÃO BRASILEIRA DE FUTEBOL DO ESTADO DO MATO GROSSO, ELEVANDO O NOME DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4940/mocao_de_aplauso_no_007_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4940/mocao_de_aplauso_no_007_silvio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO SENHOR REGINALDO DE ANDRADE EMPRESÁRIO CONHECIDO NO CENÁRIO MATO-GROSSENSE NO RODEIO EM TOUROS E PELA SUA COMPANHIA CIA DO RODEIO.</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4975/mocao_de_aplauso_no_08_gregorio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4975/mocao_de_aplauso_no_08_gregorio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL DE CAMPO VERDE, E A EQUIPE INTEGRANTE DESTA SECRETARIA QUE GARANTEM E PROMOVEM O ACESSO DA NOSSA POPULAÇÃO AOS DIREITOS SOCIAIS, EXECUTANDO PLANOS, PROGRAMAS E PROJETOS.</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4976/mocao_de_aplauso_no_09_fabio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4976/mocao_de_aplauso_no_09_fabio.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A PROFESSORA NEUSA DA SILVA BARBOSA EM RECONHECIMENTO DOS SEUS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE CAMPO VERDE ATRAVÉS DA EDUCAÇÃO</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4996/mocao_de_aplauso_cleberson_no_00.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4996/mocao_de_aplauso_cleberson_no_00.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AOS ALUNOS DO 1º, 2º E 3º ANO DO ENSINO MÉDIO DA ESCOLA PROGRESSO PELO DESENVOLVIMENTO DO PROJETO CÂMARA PROGRESSO.</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5030/mocao_de_aplauso_no_11_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5030/mocao_de_aplauso_no_11_socorro.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE CAMPO VERDE PELA 1ª MOSTRA DE PROJETOS DO PROGRAMA “A UNIÃO FAZ A VIDA”, QUE ACONTECEU NA SEDE DA ASSOCIAÇÃO E CONTOU COM APRESENTAÇÕES PROTAGONIZADAS PELOS PRÓPRIOS ESTUDANTES, E AINDA BENEFICIANDO 102 ALUNOS ENTRE 03 Á 72 ANOS.</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5039/mocao_de_aplauso_no_12_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5039/mocao_de_aplauso_no_12_socorro.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A COOPERATIVA SICREDI VALE DO CERRADO, PELAS DIVERSAS AÇÕES DE RESPONSABILIDADE SOCIAL QUE BUSCAM CONTRIBUIR PARA A EDUCAÇÃO INTEGRAL DAS CRIANÇAS E ADOLESCENTES POR MEIO DE PROJETOS EDUCACIONAIS PEDAGÓGICOS, DESENVOLVIDOS NAS ESCOLAS, TENDO AS CRIANÇAS E ADOLESCENTES COMO PROTAGONISTAS.</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>PRTCE</t>
   </si>
   <si>
     <t>Parecer Tribunal de Contas</t>
   </si>
   <si>
     <t>TCE/MT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5025/contas_2021_000024.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5025/contas_2021_000024.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE AS CONTAS ANUAIS DE GOVERNO DE 2021 – GESTOR PREFEITO ALEXANDRE LOPES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
     <t>PAUTA</t>
   </si>
   <si>
     <t>Pautas das Sessões da Câmara</t>
   </si>
   <si>
     <t>Presidência</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4464/pauta__da__sessao__ordinaria__do__dia__10.01.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4464/pauta__da__sessao__ordinaria__do__dia__10.01.pdf</t>
   </si>
   <si>
     <t>Pauta da Sessão Extraordinária do dia 10.01.2020.</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4473/pauta_da_sessao__extraordinaria_vereador_24.01.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4473/pauta_da_sessao__extraordinaria_vereador_24.01.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO  EXTRAORDINÁRIA DO DIA 24.01.2022.</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
     <t>PAUTA SESSÃO EXTRAORDINÁRIA DO DIA 27012022.</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4476/pauta_dia_07.02_vereadores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4476/pauta_dia_07.02_vereadores.pdf</t>
   </si>
   <si>
     <t>Pauta Sessão Ordinária da Câmara do dia 07.02.2022.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4518/pauta_dia_14.02_vereadores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4518/pauta_dia_14.02_vereadores.pdf</t>
   </si>
   <si>
     <t>Pauta Sessão Ordinária da Câmara do dia 14.02.2022.</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4539/pauta_dia_21.02_vereadores_ultima.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4539/pauta_dia_21.02_vereadores_ultima.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 21.02.2022.</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4562/pauta_da_sessao_ordinaria_do_dia_07.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4562/pauta_da_sessao_ordinaria_do_dia_07.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 07.03.2022.</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
     <t>Pauta da Sessão Ordinária do dia 14.03.2022.</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4586/pauta_da_sessao_ordinaria_do_dia_21.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4586/pauta_da_sessao_ordinaria_do_dia_21.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 21.03.2022.</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4596/pauta_da_sessao_ordinaria_do_dia_28.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4596/pauta_da_sessao_ordinaria_do_dia_28.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 28.03.2022.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4620/pauta_da_sessao_ordinaria_do_dia_04.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4620/pauta_da_sessao_ordinaria_do_dia_04.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 04.04.2022.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4631/pauta_da_sessao_ordinaria_do_dia_11.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4631/pauta_da_sessao_ordinaria_do_dia_11.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 11.04.2022.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4644/pauta_da_sessao_ordinaria_do_dia_18.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4644/pauta_da_sessao_ordinaria_do_dia_18.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 18.04.2022.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4652/pauta_da_sessao_ordinaria_do_dia_25.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4652/pauta_da_sessao_ordinaria_do_dia_25.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 25.04.2022.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4662/pauta_da_sessao_ordinaria_do_dia_02.05.2022..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4662/pauta_da_sessao_ordinaria_do_dia_02.05.2022..pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 02.05.2022.</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 09.05.2022.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4678/pauta_da_sessao_ordinaria_do_dia_16.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4678/pauta_da_sessao_ordinaria_do_dia_16.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 16/05/2022.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4699/pauta_da_sessao_ordinaria_do_dia_23.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4699/pauta_da_sessao_ordinaria_do_dia_23.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 23.05.2022.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4714/pauta_da_sessao_ordinaria_do_dia_30.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4714/pauta_da_sessao_ordinaria_do_dia_30.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 30.05.2022.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4738/pauta_da_sessao_ordinaria_do_dia_06.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4738/pauta_da_sessao_ordinaria_do_dia_06.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 06.06.2022.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4763/pauta_da_sessao_ordinaria_do_dia_13.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4763/pauta_da_sessao_ordinaria_do_dia_13.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 13.06.2022.</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4769/pauta_da_sessao_ordinaria_do_dia_20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4769/pauta_da_sessao_ordinaria_do_dia_20.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 20.06.2022.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4770/pauta_da_sessao_ordinaria_do_dia_27.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4770/pauta_da_sessao_ordinaria_do_dia_27.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 27.06.2022.</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4795/pauta___extravereadores.dia_21.07_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4795/pauta___extravereadores.dia_21.07_.pdf</t>
   </si>
   <si>
     <t>PAUTA   DA SESSÃO EXTRA ORDINÁRIA DO DIA 21.07.22.</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4814/pauta_da_sessao_ordinaria_do_dia_01.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4814/pauta_da_sessao_ordinaria_do_dia_01.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 01.08.2022.</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4815/pauta_da_sessao_ordinaria_do_dia_08.docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4815/pauta_da_sessao_ordinaria_do_dia_08.docx.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 08.08.2022.</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4843/pauta_da_sessao_ordinaria_do_dia_15.08.2022..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4843/pauta_da_sessao_ordinaria_do_dia_15.08.2022..pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 15.08.2022.</t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4845/pauta_da_sessao_ordinaria_do_dia_22.08.2022..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4845/pauta_da_sessao_ordinaria_do_dia_22.08.2022..pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 22.08.2022.</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4859/pauta___extravereadores.dia_28.08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4859/pauta___extravereadores.dia_28.08.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO EXTRAORDINÁRIA DO DIA 28.08.2022.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4861/pauta_da_sessao_ordinaria_do_dia_29.08.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4861/pauta_da_sessao_ordinaria_do_dia_29.08.2022.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 29.08.2022.</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 05.09.2022.</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4885/pauta_da_sessao_ordinaria_do_dia_12.09.2022..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4885/pauta_da_sessao_ordinaria_do_dia_12.09.2022..pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 12.09.2022.</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4909/pauta_da_sessao_ordinaria_do_dia_19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4909/pauta_da_sessao_ordinaria_do_dia_19.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 19.09.2022.</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4910/pauta_da_sessao_ordinaria_do_dia_26.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4910/pauta_da_sessao_ordinaria_do_dia_26.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 26.09.2022.</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4944/pauta_da_sessao_ordinaria_do_dia_03.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4944/pauta_da_sessao_ordinaria_do_dia_03.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 03.10.2022.</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4945/pauta_da_sessao_ordinaria_do_dia_10.10.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4945/pauta_da_sessao_ordinaria_do_dia_10.10.2022.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 10.10.2022.</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4965/pauta_da_sessao_ordinaria_do_dia_17.10.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4965/pauta_da_sessao_ordinaria_do_dia_17.10.2022.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 17.10.2022.</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4966/pauta_da_sessao_ordinaria_do_dia_24.10.2022..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4966/pauta_da_sessao_ordinaria_do_dia_24.10.2022..pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 24.10.2022.</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4971/pauta_da_sessao_ordinaria_do_dia_31.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4971/pauta_da_sessao_ordinaria_do_dia_31.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 31.10.2022.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4995/pauta_da_sessao_ordinaria_do_dia_07.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4995/pauta_da_sessao_ordinaria_do_dia_07.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 07.11.2022.</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5000/pauta_da_sessao_ordinaria_do_dia_21.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5000/pauta_da_sessao_ordinaria_do_dia_21.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 21.11.2022.</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5022/pauta_da_sessao_ordinaria_do_dia_28.11.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5022/pauta_da_sessao_ordinaria_do_dia_28.11.2022.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 28.11.2022.</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5024/pauta_da_sessao_ordinaria_do_dia_05..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5024/pauta_da_sessao_ordinaria_do_dia_05..pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 05.12.2022.</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5029/pauta_da_sessao_ordinaria_do_dia_12.12.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5029/pauta_da_sessao_ordinaria_do_dia_12.12.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 12.12.2022.</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5048/pauta_21.12_vereador_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5048/pauta_21.12_vereador_2022.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO EXTRAORDINÁRIA Nº  21.12.2022.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4657/proj._decreto_01.2022_cid..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4657/proj._decreto_01.2022_cid..pdf</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO DE "CIDADÃO CAMPOVERDENSE” E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamentos, CJRL - Comissão de Justiça e Redação de Leis</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4698/proj._decreto_02.2022_contas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4698/proj._decreto_02.2022_contas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA  PREFEITURA MUNICIPAL DE CAMPO VERDE-MT, DO EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4764/decreto_no_03_2022_-_diarias_dos_servidores_ok_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4764/decreto_no_03_2022_-_diarias_dos_servidores_ok_.pdf</t>
   </si>
   <si>
     <t>ALTERA O DECRETO LEGISLATIVO N.º 103/2013, APLICANDO PERCENTUAL DA RECOMPOSIÇÃO INFLACIONÁRIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Alexandre Lopes de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4477/projeto_compl_001.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4477/projeto_compl_001.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do programa de recuperação fiscal de IPTU e taxas, para os imóveis dos loteamentos Recanto do Bosque I e ll, beneficiados pelo processo de regularização fundiária urbana de interesse social (REURB-S), junto ao Município de Campo Verde – MT, e dá outras providencias.</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4465/proj_de_lei_comp._no_03_000096.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4465/proj_de_lei_comp._no_03_000096.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar Nº 045/2014, e dá outras providencias.</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4478/projeto_compl.004.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4478/projeto_compl.004.2022.pdf</t>
   </si>
   <si>
     <t>Fica autorizado o poder executivo Municipal a renegociação de dívidas habitacionais junto ao Município de Campo Verde- MT, para os imóveis dos loteamentos Recanto do Bosque I e ll, beneficiados pelo processo de regularização fundiária urbana de interesse social (REURB-S), junto ao Município de Campo Verde – MT, e dá outras providencias.</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4505/proj._compl._05.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4505/proj._compl._05.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 124, de 13 de Dezembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4535/proj_com._06.22_000101.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4535/proj_com._06.22_000101.pdf</t>
   </si>
   <si>
     <t>Fixa o desconto do imposto predial e territorial urbano – IPTU, para o exercício 2022, e dá outras providencias.</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4540/plc_007_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4540/plc_007_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 154/2022, E DÁ OUTRS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4643/plc_08-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4643/plc_08-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE RECUPERAÇÃO FISCAL DE IPTU E TAXAS, PARA OS IMÓVEIS DOS LOTEAMENTOS CIDADE ALTA E LOTEAMENTO POPULAR CIDADE ALTA LL, BENEFICIADOS PELO PROCESSO DE REGULARIZAÇÃO FUNDIÁRIA URBANA DE INTERESSE SOCIAL (REURB-S), JUNTO AO MUNICÍPIO DE CAMPO –MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4642/plc_09-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4642/plc_09-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE RENEGOCIAÇÃO DE DÍVIDAS HABITACIONAIS JUNTO AO MUNICÍPIO DE CAMPO VERDE –MT, PARA OS IMÓVEIS DOS LOTEAMENTOS CIDADE ALTA E LOTEAMENTO POPULAR CIDADE ALTA LL, BENEFICIADOS PELO PROCESSO DE REGULARIZAÇÃO FUNDIÁRIA URBANA DE INTERESSE SOCIAL (REURB-S), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4665/plc_010_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4665/plc_010_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 156, DE 19 DE ABRIL DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4666/plc_011_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4666/plc_011_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 157, DE 19 DE ABRIL DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4694/plc_12-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4694/plc_12-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº.124, DE 13 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4679/plc_13-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4679/plc_13-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO E A OPÇÃO DE MIGRAÇÃO PARA O REGIME DE PREVIDÊNCIA COMPLEMENTAR DO MUNICÍPIO DE CAMPO VERDE/MT POR SERVIDORES ORA VINCULADOS A OUTRAS REGRAS PREVIDENCIÁRIAS, NOS TERMOS DO ART. 40, §6, DA CONSTITUIÇÃO FEDERAL E DO ART. 5º DA LEI Nº 1 2.736, DE 19 DE OUTUBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4680/plc_014-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4680/plc_014-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA DE RECUPERAÇÃO FISCAL DE IPTU, ISSQN, CONTRIBUIÇÃO DE MELHORIA, TAXAS E DEMAIS DÉBITOS, JUNTO AO MUNICÍPIO DE CAMPO VERDE – MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4726/plc_15-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4726/plc_15-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DOMICÍLIO TRIBUTÁRIO ELETRÔNICO - DTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4727/plc_16-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4727/plc_16-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 124, DE 13 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4751/plc_017_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4751/plc_017_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 154/2022, QUE FIXA O DESCONTO DO IMPOSTO PREDIAL E TERRITORIAL URBANO – IPTU, PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4816/plc_018_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4816/plc_018_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 124, DE 13 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4828/plc_019_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4828/plc_019_2022.pdf</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4844/plc_020_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4844/plc_020_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 045/2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4911/plc_021-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4911/plc_021-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 157, DE 9 DE ABRIL DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4912/plc_022-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4912/plc_022-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 152, DE 11 DE FEVEREIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4913/plc_023-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4913/plc_023-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 151, DE 11 DE FEVEREIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4914/plc_024-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4914/plc_024-2022.pdf</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4964/projeto_de_lei_complementar_no._025-2022_-_nova_lei_do_alvara.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4964/projeto_de_lei_complementar_no._025-2022_-_nova_lei_do_alvara.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO E EMISSÃO DO ALVARÁ DE LOCALIZAÇÃO E FUNCIONAMENTO, NO MUNICÍPIO DE CAMPO VERDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5001/plc_026_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5001/plc_026_2022.pdf</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5043/plc_027-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5043/plc_027-2022.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 027/2022 - DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº. 128/2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4459/pl_001_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4459/pl_001_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4460/projeto_de_lei_n._002-2022_-_alteracao_da_lei_2017-2014.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4460/projeto_de_lei_n._002-2022_-_alteracao_da_lei_2017-2014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACRÉSCIMO DE REPASSE DE VALOR PREVISTO NO 2º DA LEI MUNICIPAL Nº 2.017/2014, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4461/pl_003_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4461/pl_003_2022.pdf</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4467/proj_de_lei_no_04_000091.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4467/proj_de_lei_no_04_000091.pdf</t>
   </si>
   <si>
     <t>Fica o poder Executivo Municipal autorizado a manter o abono aos quiosques públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4468/proj_de_lei_no_05_000092.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4468/proj_de_lei_no_05_000092.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 152, de 19 de novembro de 1992, e dá outras providências.</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4469/proj_de_lei_no_06_000093.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4469/proj_de_lei_no_06_000093.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste de 13,561% aos servidores ativos e inativos da carreira do magistério, e dá outras providências.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4470/proj_de_lei__no_07_000097.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4470/proj_de_lei__no_07_000097.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão geral anual prevista no inciso X da constituição federal sobre os vencimentos dos servidores públicos municipais, aos proventos e pensões dos aposentados e pensionista, dá outras providências.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4471/proj_de_lei_no_08_000094.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4471/proj_de_lei_no_08_000094.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº2.091, de 19 de maio de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4479/proj._009.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4479/proj._009.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Nº 1.337, de 03 de dezembro de 2007, e dá outras providências.</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4472/proj_de_lei_no_10_000095.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4472/proj_de_lei_no_10_000095.pdf</t>
   </si>
   <si>
     <t>Institui gratificação extraordinária aos servidores que realizam transporte de pacientes via plantão na unidade de terapia intensiva móvel da secretaria Municipal de saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4480/proj._013-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4480/proj._013-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Nº 1.985, de 13 de junho de 2014, e dá outras providências.</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4481/proj.014.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4481/proj.014.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação com encargos de bens moveis para a Associação de Pais e Professores, e dá outras providências.</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4541/pl_016_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4541/pl_016_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº. 2.508, DE NOVEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4583/pl_017-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4583/pl_017-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permissão de uso de bem imóvel público, celebrado entre o Executivo Municipal e Centro de Educação e Tecnologia unicentral LTDA – Faculdade Unicentral, e dá outras providências.</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4482/proj.018.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4482/proj.018.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de créditos adicionais especiais para a inclusão de elemento de despesa e fontes de recursos no PPA, LDO e LOA vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4483/proj.019.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4483/proj.019.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Nº 2.331, de dezembro de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4484/proj._020.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4484/proj._020.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Nº 1.795, de 24 de janeiro de 2022, e dá outras providências. .</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4485/proj.021.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4485/proj.021.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de contrato de locação de imóvel pelo Executivo Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
     <t>Dispõe sobre aporte financeiro para a Associação Social Amigos da Solidariedade - ASAS, e dá outras providências.</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4506/pl_23-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4506/pl_23-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.457/2019 es2trutura organizacional do Município de Campo Verde, e dá outras providencias.</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4536/proj_25.22_000102.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4536/proj_25.22_000102.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Nº 2.457/2019 – Estrutura organizacional do Município de Campo Verde, e dá outras providencias.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4507/proj.026.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4507/proj.026.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 2.422, de 27de fevereiro de 2019, e dá outras providencias.</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4537/pl_27-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4537/pl_27-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Poder Executivo receber imóvel em doação, com encargos, para fins de regularização da via Pública de acesso ao parque de exposição Marco Antônio Esteve da Rocha e aeródromo Municipal, e dá outras providencias.</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4584/projeto_lei_028.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4584/projeto_lei_028.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Nº 2.524, de 13 de Dezembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4542/pl_030_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4542/pl_030_2022.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 2.669, DE 30 DE MARÇO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4543/pl_031_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4543/pl_031_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4544/pl_032_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4544/pl_032_2022.pdf</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4607/pl_33.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4607/pl_33.pdf</t>
   </si>
   <si>
     <t>INSTITUI A PARCERIA ENTRE O PODER PÚBLICO E OS CONTRIBUINTES, PARA CONSTRUÇÃO OU RESTAURAÇÃO DE CALÇADAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4563/proj._34-a_000105.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4563/proj._34-a_000105.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR PARCIALMENTE A MANUTENÇÃO DA PINTURA DO INSTITUTO FEDERAL DE MOTO GROSSO (IFMT) – CENTRO DE REFERÊNCIA DE CAMPO VERDE – MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4564/pl_035-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4564/pl_035-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APORTE FINANCEIRO PARA A ASSOCIAÇÃO SOCIAL AMIGOS DA SOLIDARIEDADE – ASAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4565/pl_036-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4565/pl_036-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4566/pl_037-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4566/pl_037-2022.pdf</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4621/pl_38.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4621/pl_38.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CUSTEIO PARCIAL DE DESPESAS COM A REALIZAÇÃO DA FESTA DO MILHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4585/projeto_lei_039.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4585/projeto_lei_039.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.457/2019 ESTRUTURA ORGANIZACIONAL DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4667/projeto_de_lei_n._040-a-2022_-_tira_entulho_-_revisada_02-05_-_revisado_15-12_felipe_-_socorro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4667/projeto_de_lei_n._040-a-2022_-_tira_entulho_-_revisada_02-05_-_revisado_15-12_felipe_-_socorro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE SERVIÇO PÚBLICO DE COLETA, TRANSPORTE E DESTINAÇÃO FINAL DE ENTULHOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4608/pl_41.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4608/pl_41.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4609/1649104348850_pl_43.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4609/1649104348850_pl_43.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA LDO E LOA VIGENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4610/pl_44-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4610/pl_44-2022.pdf</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4622/pl_045_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4622/pl_045_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.457/2019 – ESTRUTURA ORGANIZACIONAL DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4623/proj._46_000109.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4623/proj._46_000109.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DA LEI Nº 2.824, DE 06 DE ABRIL DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4641/pl_047-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4641/pl_047-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O MUNICÍPIO DE CAMPO VERDE –MT, FIRMA CONVENIO COM O CONSELHO COMUNITÁRIO DE SEGURANÇA DE CAMPO VERDE- CONSEG, EM PARCERIA COM A SECRETARIA MUNICIPAL INTEGRADA DE APOIO A SEGURANÇA PÚBLICA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4645/projeto_lei_048_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4645/projeto_lei_048_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE AÇÃO, ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4653/pl_049-2022_1.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4653/pl_049-2022_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CUSTEIO PARCIAL DE DESPESAS PARA A REALIZAÇÃO DO EVENTO SOCIAL MEGA AÇÃO 8.1, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4654/pl_050-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4654/pl_050-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CELEBRAÇÃO DE CONTRATO DE LOCAÇÃO DE IMÓVEL PELO EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4655/pl_051-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4655/pl_051-2022.pdf</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4656/pl_052-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4656/pl_052-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA, AÇÃO E FONTES DE RECURSOS NO PPA LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4668/pl_053_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4668/pl_053_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4681/pl_054-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4681/pl_054-2022.pdf</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4695/pl_56-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4695/pl_56-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PERMISSÃO DE USO DE EM IMÓVEL PÚBLICO, CELEBRADO ENTRE O EXECUTIVO MUNICIPAL E ASSOCIAÇÃO CASA DO HIP HOP ESPORTE, VIDA E ARTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4696/pl_57-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4696/pl_57-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI  Nº 2.447 DE 26 DE ABRIL DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4697/pl_58-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4697/pl_58-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº. 2816, DE MARÇO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4728/pl_059-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4728/pl_059-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº. 1.787, DE 15 DE DEZEMBRO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4729/pl_060-2022_com_anexos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4729/pl_060-2022_com_anexos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESAFETAR E FAZER CONCESSÃO DE USO A TÍTULO PRECÁRIO E GRATUITO, COM ENCARGOS, DE IMÓVEL LOCALIZADO NO DISTRITO INDUSTRIAL IV PARA A COOPERTRANSCAMPO – COOPERATIVA DE TRANSPORTE DE CAMPO VERDE, INSCRITA NO CNPJ/MF SOB Nº. 11.524.590/0001-78, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4752/pl_062_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4752/pl_062_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DA NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4771/pl_063_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4771/pl_063_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO INCISO III, DO ARTIGO 44 DA LEI MUNICIPAL Nº1.616, DE 02 DE SETEMBRO DE 2010 E APROVA O CÁLCULO ATUARIAL PARA O EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4753/pl_064_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4753/pl_064_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DA NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4772/pl_065_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4772/pl_065_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESAFETAR E FAZER CONCESSÃO DE DIREITO REAL DE USO A TÍTULO PRECÁRIO E GRATUITO, COM ENCARGOS DE IMÓVEIS PÚBLICO PARA A ECOFISH INDÚSTRIA E COMERCIO DE PESCADOS LTDA, INSCRITA NO CNPJ/MF SOB Nº 33.267.340/0002-13, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4773/pl_066_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4773/pl_066_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL PARA A INCLUSÃO DA NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4774/pl_067_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4774/pl_067_2022.pdf</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4775/pl_068_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4775/pl_068_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CELEBRAÇÃO DE CONTRATO DE LOCAÇÃO DE IMÓVEL PELO EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4986/pl_069-2022_-_doacao_imovel_hospital_santa_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4986/pl_069-2022_-_doacao_imovel_hospital_santa_maria.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESAFETAR E DOAR, COM ENCARGO, O IMÓVEL PÚBLICO PARA O HOSPITAL SANTA PAULINA - HSP S.A, INSCRITO NO CNPJ/MF SOB Nº 47.728.907/0001-35, COM BASE NO INTERESSE PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4796/projeto_de_lei_n._070-2022_-_ldo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4796/projeto_de_lei_n._070-2022_-_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4787/pl_071_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4787/pl_071_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE NATUREZA DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4829/pl_072_2022_completo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4829/pl_072_2022_completo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESAFETAR E FAZER CONCESSÃO DO DIREITO REAL DE USO A TÍTULO PRECÁRIO E GRATUITO, COM ENCARGOS, DE IMÓVEL PÚBLICO PARA A ASSOCIAÇÃO DOS ENGENHEIROS AGRÔNOMOS DE CAMPO VERDE, INSCRITA NO CNPJ/MF SOB Nº 00.276.356/0001-52, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4788/pl_073_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4788/pl_073_2022.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4789/pl_074_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4789/pl_074_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NA LOA VIGENTE.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4790/pl_075_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4790/pl_075_2022.pdf</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4791/pl_076_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4791/pl_076_2022.pdf</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4792/pl_077_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4792/pl_077_2022.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE O RECEBIMENTO VIA DAÇÃO EM PAGAMANETO DE TERRENOS PARA FINS DE QUITAÇÃO DE DEBITOS TRIBUTÁRIOS DA EMPRESA AMAZON COSNTRUTORA LTDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4793/pl_078_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4793/pl_078_2022.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CELEBRAÇÃO DE PARCERIA E APORTE FINANCEIRO AO AUTOMOVEL CLUBE DE CAMPO VERDE – MT PARA REALIZAÇÃO DO CAMPEONATO ESTADUAL DE VELOCIDADE NA TERRA NOS DIAS 26, 27 E 28 DE AGOSTO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4794/pl_079_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4794/pl_079_2022.pdf</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4797/pl_080_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4797/pl_080_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2.584, DE 15 DE JULHO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4798/pl_081_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4798/pl_081_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2.771, DE 15 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4799/pl_082_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4799/pl_082_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DA NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4817/pl_083_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4817/pl_083_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE PÁTRIAS DE CONSTRUÇÃO DE PAZ NAS ESCOLAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4818/pl_084_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4818/pl_084_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CELEBRAÇÃO DE PARCERIA PARA REALIZAÇÃO DO EVENTO FARTURA FEST SHOW NOS DIAS 11 A 13 DE AGOSTO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4819/pl_085_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4819/pl_085_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.817, DE MARÇO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4820/pl_086_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4820/pl_086_2022.pdf</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4830/projeto_de_lei_n._087-2022_-_dispoe_sobre_a_alteracao_da_lei_no._1459-2009.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4830/projeto_de_lei_n._087-2022_-_dispoe_sobre_a_alteracao_da_lei_no._1459-2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº1.459, DE 04 DE MARÇO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4831/pl_088_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4831/pl_088_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CELEBRAÇÃO DE CONTRATO DE LOCAÇÃO DE IMÓVEL PELO EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4832/pl_089_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4832/pl_089_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 1.455, DE 18 DE FEVEREIRO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4833/pl_090_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4833/pl_090_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.736, DE 19 DE OUTUBRO DE 2021. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4873/projet1.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4873/projet1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCESSO DE COMPOSIÇÃO DOS CARGOS DE GESTORES ESCOLARES DAS INSTITUIÇÕES DE ENSINO DA REDE PÚBLICA MUNICIPAL DO MUNICÍPIO DE CAMPO VERDE - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4853/pl_92-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4853/pl_92-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E ESPECIAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTE DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4854/pl_93-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4854/pl_93-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.783, DE 15 DE DEZEMBRO DE 2022, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4874/pl_094_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4874/pl_094_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA INCLUSÃO DA NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4886/pl_095_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4886/pl_095_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.875, DE 24 DE AGOSTO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4887/pl_096-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4887/pl_096-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSPEÇÃO INDUSTRIAL, HIGIÊNICO E SANITÁRIA DOS PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE CAMPO VERDE – MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4888/pl_097-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4888/pl_097-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESAFETAR, DOAR E ALIENAR IMÓVEL PÚBLICO, MEDIANTE PROCESSO LICITATÓRIO, PARA FINS DE PROGRAMA HABITACIONAL DO GOVERNO FEDERAL CASA VERDE E AMARELA, GOVERNO DO ESTADO, BEM COMO OUTROS PROGRAMAS DE INCENTIVO PARA HABITAÇÃO, REALIZADO EM PARCERIA COM A CAIXA ECONÔMICA FEDERAL OU QUALQUER OUTRA INSTITUIÇÃO FINANCEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4898/projeto_lei_098a2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4898/projeto_lei_098a2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4899/pl_099-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4899/pl_099-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.447 DE 26 DE ABRIL DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4900/pl_100-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4900/pl_100-2022.pdf</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4901/pl_101-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4901/pl_101-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 1.062, DE 08 DE JULHO DE 2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4946/pl_102-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4946/pl_102-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCEDIMENTO PARA A INSTALAÇÃO DE INFRAESTRUTURA DE SUPORTE PARA ESTAÇÃO TRANSMISSORA DE RADIOCOMUNICAÇÃO – ETR AUTORIZADA PELA AGÊNCIA NACIONAL DE TELECOMUNICAÇÕES – ANATEL, NOS TERMOS DA LEGISLAÇÃO FEDERAL VIGENTE.</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4928/pl_103-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4928/pl_103-2022.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO DE CAMPO VERDE, PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4929/pl_104-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4929/pl_104-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO O PLANO PLURIANUAL – PPA DO MUNÍCIPIO, PARA O PERÍODO DE 2022 A 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4930/pl_105-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4930/pl_105-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2774/2021, DE 15 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4931/pl_106-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4931/pl_106-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2775/2021, DE 15 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4932/pl_107-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4932/pl_107-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2776/2021, DE 21 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4933/pl_108-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4933/pl_108-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2777/2021, DE 15 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4934/pl_109-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4934/pl_109-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2778/2021, DE 15 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4935/pl_110-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4935/pl_110-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2779/2021, DE 15 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4936/pl_111-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4936/pl_111-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2780/2021, DE 15 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4937/pl_112-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4937/pl_112-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2782/2021, DE 15 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4947/pl_113-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4947/pl_113-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBREO REMANEJAMENTO, TRANSPOSIÇÃO, REALOCAÇÃO E A TRANSFERÊNCIA DE SALDOS ORÇAMENTÁRIOS NA LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4948/pl_114-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4948/pl_114-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 1.616, DE 02 DE SETEMBRO DE 2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4949/projeto_de_lei_n._115-a-2022_-_dispoe_sobre_a_alteracao_da_lei_no._2801-2022_-_altera_valor_do_elemento_de_despesa_ass.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4949/projeto_de_lei_n._115-a-2022_-_dispoe_sobre_a_alteracao_da_lei_no._2801-2022_-_altera_valor_do_elemento_de_despesa_ass.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.801, DE 11 DE FEVEREIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4950/pl_116-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4950/pl_116-2022.pdf</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4955/pl_117-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4955/pl_117-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL PARA A INCLUSÃO DE AÇÃO, NATUREZA DA DESPESA E FONTES DE RECURSOS NO PPA, LOA E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4957/pl_118-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4957/pl_118-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE SERVIÇOS DE TRANSPORTE E TERRAPLANAGEM PELO PODER EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4958/pl_120-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4958/pl_120-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 152, DE 19 DE NOVEMBRO DE 1992, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4959/pl_121-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4959/pl_121-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E RECURSO NO PPA, LDO E LOA VIGENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4960/projeto_de_lei_n._122-2022_-_natal_premiado_2022_ass.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4960/projeto_de_lei_n._122-2022_-_natal_premiado_2022_ass.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PODER EXECUTIVO MUNICIPAL CUSTEAR PARCIALMENTE DESPESAS COM A REALIZAÇÃO DA CAMPANHA NATAL PREMIADO 2022, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4961/pl_123-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4961/pl_123-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DA NATUREZA DA DESPESA E RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4962/projeto_de_lei_no._124_2022_-_locacao__imovel_farmacia_satelite_bordas_do_lago__ass.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4962/projeto_de_lei_no._124_2022_-_locacao__imovel_farmacia_satelite_bordas_do_lago__ass.pdf</t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4963/projeto_de_lei_no._125_2022_-_locacao__imovel_farmacia_municipal_-_saude_ass.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4963/projeto_de_lei_no._125_2022_-_locacao__imovel_farmacia_municipal_-_saude_ass.pdf</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4967/projeto_de_lei_n._126-2022_-_ifmt_jenpex.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4967/projeto_de_lei_n._126-2022_-_ifmt_jenpex.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CUSTEIO PARCIAL DE DESPESAS PARA A REALIZAÇÃO DO EVENTO XIII JORNADA DE ENSINO, PESQUISA E EXTENSÃO-JENPEX, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4972/pl_127-2022_ass.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4972/pl_127-2022_ass.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FERIADO DE CORPUS CHRISTI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4973/pl_128-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4973/pl_128-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A AFETAR BEM PÚBLICO NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4974/pl_129-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4974/pl_129-2022.pdf</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4987/pl_130-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4987/pl_130-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.875, DE AGOSTO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5002/pl_131_2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5002/pl_131_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI Nº 2524, DE 13 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5026/projeto_de_lei_no._133_2022_-_cria_o_conselho_municipal_dos_direitos_da_mulher.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5026/projeto_de_lei_no._133_2022_-_cria_o_conselho_municipal_dos_direitos_da_mulher.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DOS DIREITOS DA MULHER, O FUNDO MUNICIPAL DOS DIREITOS DA MULHER, E A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA MULHER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5011/projeto_de_lei_n._134-2022_-_abertura_de_credito_suplementar__-_aquisicao_patrulha_agricola_mecanizada_ass.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5011/projeto_de_lei_n._134-2022_-_abertura_de_credito_suplementar__-_aquisicao_patrulha_agricola_mecanizada_ass.pdf</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5012/projeto_de_lei_n._135-2022_-_chamamento_publico_-_programa_habitacional_construcao_corrigido.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5012/projeto_de_lei_n._135-2022_-_chamamento_publico_-_programa_habitacional_construcao_corrigido.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR IMÓVEL NO PERÍMETRO URBANO, EM FAVOR DA EMPRESA VENCEDORA DO CHAMAMENTO PÚBLICO A SER REALIZADO MEDIANTE PROCESSO LICITATÓRIO, PARA PROGRAMA HABITACIONAL DO GOVERNO FEDERAL - CASA VERDE E AMARELA REALIZADO EM PARCERIA COM A CAIXA ECONÔMICA FEDERAL OU QUALQUER OUTRA INSTITUIÇÃO FINANCEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5040/pl_136-a-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5040/pl_136-a-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECEBIMENTO VIA DAÇÃO EM PAGAMENTO DE IMÓVEL PARA FINS DE QUITAÇÃO DE DÉBITOS TRIBUTÁRIOS S. NORTON OLIVEIRA, NORTON OLIVEIRA FERTILIZANTES, SERGIO NORTON DE OLIVEIRA JUNIOR E SERGIO NORTON OLIVEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5041/pl_137-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5041/pl_137-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DAÇÃO EM PAGAMENTO, SERVIÇOS DE CONSTRUÇÃO, CALÇAMENTO E AFINS PARA QUITAÇÃO DE DÉBITOS TRIBUTÁRIOS DE LOURDES REGINA REAMI BEXIGA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5042/projeto_de_lei_n._138-2022_-_credito_suplementar.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5042/projeto_de_lei_n._138-2022_-_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5044/pl_139-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5044/pl_139-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO A RECEBER IMÓVEL EM DOAÇÃO E AFETAR, COM ENCARGOS, PARA FINS DE PROLONGAMENTO DA RUA C E DA RUA FRANCISCO GRADEZ DO DISTRITO INDUSTRIAL, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5045/pl_140-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5045/pl_140-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO A RECEBER IMÓVEL EM DOAÇÃO E AFETAR, COM ENCARGOS PARA FINS DE PROLONGAMENTO DA RUA FRANCISCO GARDEZ NO DISTRITO INDUSTRIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5046/projeto_de_lei_n._141-2022_-_abertura_de_credito_especial_-_aquisicao_de_kit_escolar.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5046/projeto_de_lei_n._141-2022_-_abertura_de_credito_especial_-_aquisicao_de_kit_escolar.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR NA LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5047/pl_142-2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5047/pl_142-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL PARA INCLUSÃO DE ELEMENTOS DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária/Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4462/projeto_de_lei_no_01.22-_verba_indenizatoria_assessor.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4462/projeto_de_lei_no_01.22-_verba_indenizatoria_assessor.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI 1.888/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4463/projeto_de_lei_no02.22_instituir_o_13_salario_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4463/projeto_de_lei_no02.22_instituir_o_13_salario_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO DÉCIMO TERCEIRO SALÁRIO AOS VEREADORES DO PODER LEGISLATIVO DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4466/projeto_de_lei_no03.22_rga_retroativo_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4466/projeto_de_lei_no03.22_rga_retroativo_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTE DE RECURSO NO PPA, LDO E LOA VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4545/projeto_de_lei_praca_da_biblia_-_sampaio..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4545/projeto_de_lei_praca_da_biblia_-_sampaio..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça localizada no Bairro Jardim Campo Verde l, a qual será ‘‘ Praça da Bíblia Sagrada’’, e dá outras providências.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4581/projeto_de_lei_no05_fabio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4581/projeto_de_lei_no05_fabio_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA POLÍTICA DE CONSCIENTIZAÇÃO E ATENDIMENTO DAS PESSOAS COM FIBROMIALGIA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>Clebinho do Judô, Sargento Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4624/projeto_de_lei_legislatvo_06.2022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4624/projeto_de_lei_legislatvo_06.2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DECLARAÇÃO DE UTILIDADE PÚBLICA À ROTARY CLUB - DE CAMPO VERDE/MT.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4663/proj.07_leg_000001.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4663/proj.07_leg_000001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUA, LOCALIZADA NO LOTEAMENTO GREENVILLE II, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4669/projeto_de_lei_no_08_sampaio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4669/projeto_de_lei_no_08_sampaio.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE CAMPO VERDE, ESTADO DE MATO GROSSO, A FESTA DO LEITE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
     <t>Izabel Conceição de Oliveira, Clebinho do Judô, Juscelino Neves, Prof. Fabio Alves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4713/projeto_de_lei_no__09_tratamento_especializado_aos_tea.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4713/projeto_de_lei_no__09_tratamento_especializado_aos_tea.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N.º 2.429/19, INSTITUINDO ATENDIMENTO ESPECIALIZADO DO SISTEMA MUNICIPAL DE SAÚDE ÀS PESSOAS COM TRANSTORNO DE ESPECTRO AUTISTA (TEA), E DÁ OUTAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>Boneca, Sargento Sampaio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4754/projeto_de_lei_no_10_cacs.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4754/projeto_de_lei_no_10_cacs.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO, NO ÂMBITO DO MUNICÍPIO DE CAMPO VERDE - MT, DO DIA 09 DE JULHO COMO DIA DOS COLECIONADORES, ATIRADORES E CAÇADORES COMO ATIVIDADE DE RISCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
     <t>Clebinho do Judô, Gregório do Mercado Popular</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4776/projeto_de_lei_rotatoria_sao_cristovao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4776/projeto_de_lei_rotatoria_sao_cristovao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA ROTATÓRIA ENTRE AS VIAS: BR-070, MT - 140, AV. SANTA MARIA, AV. BRASÍLIA E AV. ATÍLIO FONTANA NO MUNICÍPIO DE CAMPO VERDE - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4800/projeto_de_lei_legislativo_extincao_de_cargos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4800/projeto_de_lei_legislativo_extincao_de_cargos.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 720/2001, PARA READEQUAR O QUADRO DE CARGOS EFETIVOS DO PODER LEGISLATIVO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4889/pl_013-2022_legislativo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4889/pl_013-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA DA CÂMARA MUNICIPAL DE CAMPO VERDE A EFETUAR BAIXA DOS BENS MÓVEIS INSERVÍVEIS PARA ADMINISTRAÇÃO PÚBLICA, E DÁ OUTRAS PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4915/projeto_de_lei_n_14_distintivo_e_funcional.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4915/projeto_de_lei_n_14_distintivo_e_funcional.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPEDIÇÃO E O CONTROLE DE USO DO DISTINTIVO E DA CARTEIRA DE IDENTIFICAÇÃO FUNCIONAL, DOS FISCAIS MUNICIPAIS DA PREFEITURA MUNICIPAL DE CAMPO VERDE-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5003/projeto_de_lei_-_alteracao_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5003/projeto_de_lei_-_alteracao_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI 1.880/2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4640/projeto_de_resolucao_no_01_licenca_vereador_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4640/projeto_de_resolucao_no_01_licenca_vereador_denival.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA À VEREADOR.</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4475/projeto_emenda_lei_organica_-_art._13__1o_-_dia_das_sessoes_noite.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4475/projeto_emenda_lei_organica_-_art._13__1o_-_dia_das_sessoes_noite.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO HORÁRIO DA SESSÃO ORDINÁRIA PARA AS SEGUNDAS-FEIRAS ÀS 19:00 HORAS, ALTERANDO O PARÁGRAFO PRIMEIRO DO ARTIGO 13 DA LEI ORGÂNICA DO MUNICÍPIO DE CAMPO VERDE-MT.</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4956/projeto_emenda_lei_organica_-_02.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4956/projeto_emenda_lei_organica_-_02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO TEMPO PARA DENOMINAÇÃO DE LOGRADOUROS, OBRAS, RUAS, AVENIDAS E SERVIÇOS MUNICIPAIS, ALTERANDO O PARÁGRAFO ÚNICO DO ARTIGO 154 DA LEI ORGÂNICA DO MUNICÍPIO DE CAMPO VERDE-MT.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4938/requerimento_no_01.2022_denival.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4938/requerimento_no_01.2022_denival.pdf</t>
   </si>
   <si>
     <t>FUNDAMENTADO NOS TERMOS DO ART. 189, PARÁGRAFO ÚNICO E INCISO IX DO REGIMENTO INTERNO DESTE PODER LEGISLATIVO, VENHO REQUERER À VOSSA EXCELÊNCIA, AS ROTAS E HORÁRIOS DOS ÔNIBUS COLETIVOS DO NOSSO MUNICÍPIO CONFORME EDITAL PUBLICADO. PEÇO AINDA QUE NESTA SOLICITAÇÃO SEJA DESCRIMINADA AS SEGUINTES INFORMAÇÕES: _x000D_
 _x000D_
 	AS ROTAS;_x000D_
 	PRINCIPAIS PONTOS;_x000D_
 	HORÁRIOS DAS ROTAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -6983,67 +6983,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4503/ata_178-22.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4519/ata_179-22.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4856/180-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4855/181-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4870/ata_ex_182.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5060/ata_ext._183.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4504/ata_1243-21.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4578/ata_1244.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4579/ata_1245.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4580/ata_1246.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4739/ata_1247-22.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4740/ata_1248-22.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4741/ata_1249-22.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4742/ata_1250-22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4743/ata_1251-22.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4744/ata_1252-22.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4745/ata_1253-22.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4746/ata_1254-22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4747/ata_1255-22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4748/ata_1256-22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4749/ata_1257-22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4750/ata_1258-22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4785/ata_1259-22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4783/ata_1260-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4784/ata_1261-22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4786/ccf_000007.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4857/1263-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4858/1264-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4871/ata_1265.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4872/ata_1266.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4924/ata_1267-22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4884/brn3c2af478029f_0000028855.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4925/ata_1269-22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4926/ata_1270-22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4927/ata_1271-22.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4982/ata_1272-22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4983/ata_1273-22.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4984/ata_1274-22.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4985/ata_1275-22.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4998/ata_1276.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4999/ata_1277.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5083/ata_1278.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5084/ata_1279.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5085/ata_1280.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5049/ata__1281-22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5884/1282-22.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4487/indicacao_no_01_janaina.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4488/indicacao_no_02_fabio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4489/indicacao_no_03_fabio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4490/indicacao_no_04_silvio_veiculo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4491/indicacao_no_05_janaina.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4492/indicacao_no_06_silvio_apae.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4493/indicacao_no_07_gregorio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4494/indicacao_no_08_paulo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4495/indicacao_no_09_silvio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4496/indicacao_no_10_sampaio_-_gratificacao_motorista.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4497/indicacao_no_11_miguel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4498/indicacao_no_12_sampaio_praca_biblica_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4499/indicacao_no_13_miguel.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4500/indicacao_no_14_sampaio_pista_de_camihada_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4501/indicacao_no_15_juscelino.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4509/indicacao_no_16_paulo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4510/indicacao_no_17_alaene.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4511/indicacao_no_18_alaene.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4512/indicacao_no_19_sampaio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4513/indicacao_no_20_silvio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4514/indicacao_no_21_silvio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4515/indicacao_no_22_miguel.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4516/indicacao_no_23._janaina.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4517/indicacao_no_24_miguel.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4520/indicacao_no_25_fabio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4521/indicacao_no_26_miguel.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4522/indicacao_no_27_miguel.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4523/indicacao_no_28_alaene.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4524/indicacao_no_29_fabio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4525/indicacao_no_29_fabio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4526/indicacao_no_31_janaina.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4527/indicacao_no_32__juscelino.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4528/indicacao_no_33__juscelino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4529/indicacao_no_34_sampaio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4530/indicacao_no_35_gregorio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4531/indicacao_no_36_sampaio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4532/indicacao_no_37_janaina.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4533/indicacao_no_38_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4534/indicacao_no_39_paulo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4538/indicacao_no_40_socorro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4546/indicacao_no_41_juscelino.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4547/indicacao_no_42_juscelino.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4548/indicacao_no_43_juscelino.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4549/indicacao_no_44_janaina.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4550/indicacao_no_45_paulinho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4551/indicacao_no_46_cleberson_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4552/indicacao_no_47_miguel.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4553/indicacao_no_48_fabio_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4554/indicacao_no_49_socorro_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4555/indicacao_no_50_clebinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4556/indicacao_no_51_fabio_.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4557/indicacao_no_51_fabio_.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4558/indicacao_no_53_gregorio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4559/indicacao_no_54_miguel.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4560/indicacao_no_55_sampaio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4561/indicacao_no_56_sampaio.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4567/indicacao_n.57_jusc_docx.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4568/indicacao_n.58_alaene_docx.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4569/indicacao_n.59_jusc_docx.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4570/indicacao_n.60_jusc_docx.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4571/indicacao_n.61_sampaio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4572/indicacao_n.62_paulinho.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4573/indicacao_n.63_paulinho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4574/indicacao_n.64_socorro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4575/indicacao_n.65_janaina.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4576/indicacao_n.66_silvio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4582/indicacao_n.67_miguel_-_copia.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4587/indicacao_no__68_silvio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4588/indicacao_no__69_silvio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4589/indicacao_no__70_miguel..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4590/indicacao_no__71_sampaio..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4591/indicacao_no__72_sampaio..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4592/indicacao_no_73_juscelino.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4593/indicacao_no_74_janaina.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4594/indicacao_no_75_miguel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4595/indicacao_no_76_gregorio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4597/indicacao_no_77_juscelino_coahb.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4598/indicacao_no_78_denival.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4599/indicacao_no_79_denival.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4600/indicacao_no_80_denival.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4601/indicacao_no_81_silvio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4602/indicacao_no_82_silvio_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4603/indicacao_no_83_sampaio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4604/indicacao_no_84_miguel.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4605/indicacao_no_85_clebinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4606/indicacao_sampaio_no86.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4611/indicacao_no_87_socorro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4612/indicacao_no_88_silvio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4613/indicacao_no_89_gregorio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4614/indicacao_no_90_alaene.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4615/indicacao_no_91_sampaio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4616/indicacao_no_92_paulo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4617/indicacao_no_93_miguel.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4618/indicacao_no_94_miguel_.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4619/indicacao_no_95_silvio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4625/indicacao_no_96_janaina.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4626/indicacao_no_97_paulo..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4627/indicacao_no_98_silvio_.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4629/indicacao_no_100_sampaio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4630/indicacao_no_101_clebinho.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4633/indicacao_n._102_socorrodocx.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4634/indicacao_n._103_socorrodocx.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4635/indicacao_n._104_paulodocx.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4637/indicacao_no_106._sampaio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4638/indicacao_no_107_sampaio..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4639/indicacao_no_108_miguel.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4646/indicacao_n._109_gregoriodocx.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4647/indicacao_n._110_fabiocx.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4648/indicacao_n._111_fabiocx.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4649/indicacao_n._112_gregoriocx.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4650/indicacao_n._113_janainacx.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4651/indicacao_n._114_miguel.cx.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4658/indicacao_no_115_sampaio..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4659/indicacao_no_116_izabel..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4660/indicacao_no_117_izabel..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4661/indicacao_no_118_miguel._docx.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4670/indicacao_no_119_juscelino.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4671/indicacao_no_120_paulinho.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4672/indicacao_no_121_juscelino.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4673/indicacao_no_122_sampaio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4674/indicacao_no_123_miguel.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4675/indicacao_no_124silvio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4676/indicacao_no_125_silvio__.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4677/indicacao_no_126_izabel.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4682/indicacao_no_127_alaene.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4683/indicacao_no_128_izabel.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4684/indicacao_no_129_izabel.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4685/indicacao_no_130_paulinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4686/indicacao_no_131_paulinho.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4687/indicacao_no_132_sampaio.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4688/indicacao_no_133_silvio.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4689/indicacao_no_134_sampaio.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4690/indicacao_no_135_miguel.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4691/indicacao_no_136_miguel.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4692/indicacao_no_137_socorro.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4700/indicacao_no_138_juscelino.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4701/indicacao_no_139_silvio.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4702/indicacao_no_140_clebinho.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4703/indicacao_no_141_socorro.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4704/indicacao_no_142_juscelino.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4705/indicacao_no_143_sampaio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4706/indicacao_no_144_izabel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4707/indicacao_no_145_paulo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4708/indicacao_no_146_miguel.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4709/indicacao_no_147_miguel.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4710/indicacao_no_148_gregorio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4711/indicacao_no_149_izabel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4712/indicacao_no_150_silvio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4715/indicacao_no_151_paulinho.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4716/indicacao_no_152_clebinho.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4717/indicacao_no_153_socorro.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4718/indicacao_no_154_izabel.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4719/indicacao_no_155_janaina.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4720/indicacao_no_156_sampaio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4721/indicacao_no_157_sampaio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4722/indicacao_no_158_gregorio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4723/indicacao_no_159_paulinho.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4724/indicacao_no_160_miguel.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4725/indicacao_no_161_silvio.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4730/indicacao_no_162_silvio.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4731/indicacao_no_163_gregorio_._docx.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4732/indicacao_no_164_silvio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4733/indicacao_no_165_janaina.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4734/indicacao_no_166_miguel.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4735/indicacao_no_167_clebinho.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4736/indicacao_no_168__socorro.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4737/indicacao_no_169_socorro.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4755/indicacao_no_170.2022_paulo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4756/indicacao_no_171.2022_paulo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4757/indicacao_no_172.2022_fabio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4758/indicacao_no_173.2022_fabio.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4759/indicacao_no_174.2022_gregorio.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4760/indicacao_no_175.2022_sampaio.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4761/indicacao_no_176.2022_janaina.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4762/indicacao_no_177.2022_silvio.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4765/indicacao_n_178_silvio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4766/indicacao_no_179_silvio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4767/indicacao_no_180_gregorio.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4768/indicacao_no181_juscelino.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4777/indicacao_no_182_silvio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4778/indicacao_no_183_miguel.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4779/indicacao_no_184_janaina.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4780/indicacao_no_185_sampaio.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4781/indicacao_no_186_silvio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4782/indicacao_no_187_silvio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4802/indicacao_no_188_sampaio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4803/indicacao_no_189_sampaio.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4804/indicacao_no_190_fabio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4805/indicacao_no_191_silvio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4806/indicacao_no_192_janaina.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4807/indicacao_no_193_denival.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4808/indicacao_no_194_denival.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4809/indicacao_no_195_socorro.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4810/indicacao_no_196_silvio.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4811/indicacao_no_197_silvio.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4812/indicacao_no_198_miguel.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4813/indicacao_no_199_miguel.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4821/indicacao_no200_alaene.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4822/indicacao_no201_fabio.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4823/indicacao_no202_sampaio.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4824/indicacao_no203_miguel.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4825/indicacao_no204_fabio.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4826/indicacao_no205_juscelino.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4827/indicacao_no206_juscelino.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4835/indicacao_no_207_silvio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4836/indicacao_no_208_juscelino.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4837/indicacao_no_209__juscelino.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4838/indicacao_no_210_cleberson.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4839/indicacao_no_211_sampaio.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4840/indicacao_no_212_sampaio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4841/indicacao_no_213_socorro.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4842/indicacao_no_214_miguel.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4846/indicacao_no_215__juscelino.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4847/indicacao_no216_miguel.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4848/indicacao_no217_sampaio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4849/indicacao_no218_sampaio.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4850/indicacao_no219_paulinho.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4851/indicacao_no220_juscelino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4852/indicacao_no221_silvio.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4860/indicacao_no222_alaene_e__silvio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4864/indicacao_no223_gregorio.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4865/indicacao_no224_juscelino.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4866/indicacao_no225_juscelino.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4867/indicacao_no226_juscelino.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4868/indicacao_no227_sampaio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4869/indicacao_no_228_miguel.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4875/indicacao_no_229_juscelino.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4876/indicacao_no_230_silvio_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4877/indicacao_no_231_silvio_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4878/indicacao_no_232_juscelino.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4879/indicacao_no_233_silvio.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4880/indicacao_no_234_sampaio.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4881/indicacao_no_235_sampaio.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4882/indicacao_no_236_miguel.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4890/indicacao_no_237_elton.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4891/indicacao_no_238_juscelino.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4892/indicacao_no_239_gregorio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4893/indicacao_no_240_miguel_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4894/indicacao_no_241_silvio.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4895/indicacao_no_242_socorro.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4897/indicacao_no_243_socorro.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4896/indicacao_no_244_juscelino_e_socorro_.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4902/indicacao_no_245_juscelino.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4903/indicacao_no_246_silvio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4904/indicacao_no_247_miguel.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4905/indicacao_no_248_sampaio.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4906/indicacao_no_249_socorro.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4907/indicacao_no_250_paulo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4908/indicacao_no_251_socorro.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4916/indicacao_no_252_socorro.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4917/indicacao_no_253_sampaio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4918/indicacao_no_254_gregorio.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4919/indicacao_no_255_alaene.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4920/indicacao_no_256_alaene.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4921/indicacao_no_257_miguel.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4922/indicacao_no_258_cleberson_.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4923/indicacao_no_259_socorro.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4941/indicacao_no_260_silvio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4942/indicacao_no_261_silvio.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4943/indicacao_no_262_socorro._tendas.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4951/indicacao_no_263_denival.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4952/indicacao_no_264_janaina.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4953/indicacao_no_265_sampaio.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4954/indicacao_no_266_miguel.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4968/indicacao_no_267_gregorio.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4969/indicacao_no_268_janiana.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4970/indicacao_no_269_juscelino.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4977/indicacao_no_270_fabio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4978/iindicacao_no_271_fabio.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4979/indicacao_no_272_fabio.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4980/indicacao_no_273_nei.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4981/indicacao_no_274__socorro_assist._tec.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4988/indicacao_no_275_silvio.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4989/indicacao_no_276_janaina.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4990/indicacao_no_277_miguel.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4991/indicacao_no_278_miguel.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4992/indicacao_no_279_nei.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4993/indicacao_no_280_nei.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4994/indicacao_no_281_alaene.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4997/indicacao_no_282_cleberson_e_demais.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5004/indicacao_no_283_miguel.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5005/indicacao_no_284_nei.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5006/indicacao_no_285_nei.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5007/indicacao_no_286_silvio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5008/indicacao_no_287_janaina.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5009/indicacao_no_288_gregorio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5010/indicacao_no_289_silvio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5013/indicacao_n_290_gregorio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5014/indicacao_n_291_miguel.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5015/indicacao_n_292_paulo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5016/indicacao_n_293_paulo.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5017/indicacao_n_294_janaina.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5018/indicacao_n_295_clebinho.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5019/indicacao_n_296_neison_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5020/indicacao_no_297_socorro.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5021/indicacao_no_298_socorro.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5027/indicacao_miguel_no299.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5028/indicacao_no_300_socorro_.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5031/indicacao_no_301_janaina.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5032/indicacao_no_302_gregorio.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5033/indicacao_no_303_socorro.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5034/indicacao_no_304_miguel.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5035/indicacao_no_305_clebinho.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5036/indicacao_no_306_clebinho.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5037/indicacao_no_307_fabio.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5038/indicacao_no_308_silvio.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4508/mocao_de_aplauso_no_01.22_alaene.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4801/mocao_de_aplauso_no_02_elton.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4834/mocao_de_aplauso_no_03_clebinho.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4862/mocao_de_aplauso_no_04_migueldocx.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4863/mocao_de_aplauso_no_05_eltondocx.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4939/mocao_de_aplauso_no_006_silvio.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4940/mocao_de_aplauso_no_007_silvio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4975/mocao_de_aplauso_no_08_gregorio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4976/mocao_de_aplauso_no_09_fabio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4996/mocao_de_aplauso_cleberson_no_00.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5030/mocao_de_aplauso_no_11_socorro.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5039/mocao_de_aplauso_no_12_socorro.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5025/contas_2021_000024.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4464/pauta__da__sessao__ordinaria__do__dia__10.01.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4473/pauta_da_sessao__extraordinaria_vereador_24.01.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4476/pauta_dia_07.02_vereadores.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4518/pauta_dia_14.02_vereadores.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4539/pauta_dia_21.02_vereadores_ultima.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4562/pauta_da_sessao_ordinaria_do_dia_07.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4586/pauta_da_sessao_ordinaria_do_dia_21.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4596/pauta_da_sessao_ordinaria_do_dia_28.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4620/pauta_da_sessao_ordinaria_do_dia_04.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4631/pauta_da_sessao_ordinaria_do_dia_11.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4644/pauta_da_sessao_ordinaria_do_dia_18.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4652/pauta_da_sessao_ordinaria_do_dia_25.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4662/pauta_da_sessao_ordinaria_do_dia_02.05.2022..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4678/pauta_da_sessao_ordinaria_do_dia_16.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4699/pauta_da_sessao_ordinaria_do_dia_23.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4714/pauta_da_sessao_ordinaria_do_dia_30.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4738/pauta_da_sessao_ordinaria_do_dia_06.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4763/pauta_da_sessao_ordinaria_do_dia_13.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4769/pauta_da_sessao_ordinaria_do_dia_20.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4770/pauta_da_sessao_ordinaria_do_dia_27.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4795/pauta___extravereadores.dia_21.07_.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4814/pauta_da_sessao_ordinaria_do_dia_01.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4815/pauta_da_sessao_ordinaria_do_dia_08.docx.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4843/pauta_da_sessao_ordinaria_do_dia_15.08.2022..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4845/pauta_da_sessao_ordinaria_do_dia_22.08.2022..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4859/pauta___extravereadores.dia_28.08.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4861/pauta_da_sessao_ordinaria_do_dia_29.08.2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4885/pauta_da_sessao_ordinaria_do_dia_12.09.2022..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4909/pauta_da_sessao_ordinaria_do_dia_19.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4910/pauta_da_sessao_ordinaria_do_dia_26.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4944/pauta_da_sessao_ordinaria_do_dia_03.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4945/pauta_da_sessao_ordinaria_do_dia_10.10.2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4965/pauta_da_sessao_ordinaria_do_dia_17.10.2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4966/pauta_da_sessao_ordinaria_do_dia_24.10.2022..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4971/pauta_da_sessao_ordinaria_do_dia_31.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4995/pauta_da_sessao_ordinaria_do_dia_07.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5000/pauta_da_sessao_ordinaria_do_dia_21.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5022/pauta_da_sessao_ordinaria_do_dia_28.11.2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5024/pauta_da_sessao_ordinaria_do_dia_05..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5029/pauta_da_sessao_ordinaria_do_dia_12.12.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5048/pauta_21.12_vereador_2022.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4657/proj._decreto_01.2022_cid..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4698/proj._decreto_02.2022_contas.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4764/decreto_no_03_2022_-_diarias_dos_servidores_ok_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4477/projeto_compl_001.2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4465/proj_de_lei_comp._no_03_000096.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4478/projeto_compl.004.2022.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4505/proj._compl._05.2022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4535/proj_com._06.22_000101.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4540/plc_007_2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4643/plc_08-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4642/plc_09-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4665/plc_010_2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4666/plc_011_2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4694/plc_12-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4679/plc_13-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4680/plc_014-2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4726/plc_15-2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4727/plc_16-2022.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4751/plc_017_2022.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4816/plc_018_2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4828/plc_019_2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4844/plc_020_2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4911/plc_021-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4912/plc_022-2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4913/plc_023-2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4914/plc_024-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4964/projeto_de_lei_complementar_no._025-2022_-_nova_lei_do_alvara.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5001/plc_026_2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5043/plc_027-2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4459/pl_001_2022.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4460/projeto_de_lei_n._002-2022_-_alteracao_da_lei_2017-2014.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4461/pl_003_2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4467/proj_de_lei_no_04_000091.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4468/proj_de_lei_no_05_000092.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4469/proj_de_lei_no_06_000093.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4470/proj_de_lei__no_07_000097.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4471/proj_de_lei_no_08_000094.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4479/proj._009.2022.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4472/proj_de_lei_no_10_000095.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4480/proj._013-2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4481/proj.014.2022.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4541/pl_016_2022.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4583/pl_017-2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4482/proj.018.2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4483/proj.019.2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4484/proj._020.2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4485/proj.021.2022.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4506/pl_23-2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4536/proj_25.22_000102.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4507/proj.026.2022.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4537/pl_27-2022.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4584/projeto_lei_028.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4542/pl_030_2022.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4543/pl_031_2022.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4544/pl_032_2022.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4607/pl_33.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4563/proj._34-a_000105.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4564/pl_035-2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4565/pl_036-2022.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4566/pl_037-2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4621/pl_38.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4585/projeto_lei_039.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4667/projeto_de_lei_n._040-a-2022_-_tira_entulho_-_revisada_02-05_-_revisado_15-12_felipe_-_socorro.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4608/pl_41.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4609/1649104348850_pl_43.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4610/pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4622/pl_045_2022.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4623/proj._46_000109.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4641/pl_047-2022.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4645/projeto_lei_048_2022.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4653/pl_049-2022_1.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4654/pl_050-2022.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4655/pl_051-2022.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4656/pl_052-2022.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4668/pl_053_2022.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4681/pl_054-2022.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4695/pl_56-2022.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4696/pl_57-2022.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4697/pl_58-2022.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4728/pl_059-2022.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4729/pl_060-2022_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4752/pl_062_2022.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4771/pl_063_2022.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4753/pl_064_2022.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4772/pl_065_2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4773/pl_066_2022.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4774/pl_067_2022.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4775/pl_068_2022.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4986/pl_069-2022_-_doacao_imovel_hospital_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4796/projeto_de_lei_n._070-2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4787/pl_071_2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4829/pl_072_2022_completo.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4788/pl_073_2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4789/pl_074_2022.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4790/pl_075_2022.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4791/pl_076_2022.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4792/pl_077_2022.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4793/pl_078_2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4794/pl_079_2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4797/pl_080_2022.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4798/pl_081_2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4799/pl_082_2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4817/pl_083_2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4818/pl_084_2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4819/pl_085_2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4820/pl_086_2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4830/projeto_de_lei_n._087-2022_-_dispoe_sobre_a_alteracao_da_lei_no._1459-2009.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4831/pl_088_2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4832/pl_089_2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4833/pl_090_2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4873/projet1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4853/pl_92-2022.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4854/pl_93-2022.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4874/pl_094_2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4886/pl_095_2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4887/pl_096-2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4888/pl_097-2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4898/projeto_lei_098a2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4899/pl_099-2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4900/pl_100-2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4901/pl_101-2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4946/pl_102-2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4928/pl_103-2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4929/pl_104-2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4930/pl_105-2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4931/pl_106-2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4932/pl_107-2022.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4933/pl_108-2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4934/pl_109-2022.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4935/pl_110-2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4936/pl_111-2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4937/pl_112-2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4947/pl_113-2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4948/pl_114-2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4949/projeto_de_lei_n._115-a-2022_-_dispoe_sobre_a_alteracao_da_lei_no._2801-2022_-_altera_valor_do_elemento_de_despesa_ass.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4950/pl_116-2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4955/pl_117-2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4957/pl_118-2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4958/pl_120-2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4959/pl_121-2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4960/projeto_de_lei_n._122-2022_-_natal_premiado_2022_ass.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4961/pl_123-2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4962/projeto_de_lei_no._124_2022_-_locacao__imovel_farmacia_satelite_bordas_do_lago__ass.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4963/projeto_de_lei_no._125_2022_-_locacao__imovel_farmacia_municipal_-_saude_ass.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4967/projeto_de_lei_n._126-2022_-_ifmt_jenpex.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4972/pl_127-2022_ass.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4973/pl_128-2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4974/pl_129-2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4987/pl_130-2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5002/pl_131_2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5026/projeto_de_lei_no._133_2022_-_cria_o_conselho_municipal_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5011/projeto_de_lei_n._134-2022_-_abertura_de_credito_suplementar__-_aquisicao_patrulha_agricola_mecanizada_ass.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5012/projeto_de_lei_n._135-2022_-_chamamento_publico_-_programa_habitacional_construcao_corrigido.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5040/pl_136-a-2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5041/pl_137-2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5042/projeto_de_lei_n._138-2022_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5044/pl_139-2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5045/pl_140-2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5046/projeto_de_lei_n._141-2022_-_abertura_de_credito_especial_-_aquisicao_de_kit_escolar.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5047/pl_142-2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4462/projeto_de_lei_no_01.22-_verba_indenizatoria_assessor.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4463/projeto_de_lei_no02.22_instituir_o_13_salario_.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4466/projeto_de_lei_no03.22_rga_retroativo_.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4545/projeto_de_lei_praca_da_biblia_-_sampaio..pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4581/projeto_de_lei_no05_fabio_.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4624/projeto_de_lei_legislatvo_06.2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4663/proj.07_leg_000001.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4669/projeto_de_lei_no_08_sampaio.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4713/projeto_de_lei_no__09_tratamento_especializado_aos_tea.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4754/projeto_de_lei_no_10_cacs.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4776/projeto_de_lei_rotatoria_sao_cristovao.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4800/projeto_de_lei_legislativo_extincao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4889/pl_013-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4915/projeto_de_lei_n_14_distintivo_e_funcional.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5003/projeto_de_lei_-_alteracao_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4640/projeto_de_resolucao_no_01_licenca_vereador_denival.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4475/projeto_emenda_lei_organica_-_art._13__1o_-_dia_das_sessoes_noite.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4956/projeto_emenda_lei_organica_-_02.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4938/requerimento_no_01.2022_denival.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4503/ata_178-22.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4519/ata_179-22.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4856/180-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4855/181-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4870/ata_ex_182.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5060/ata_ext._183.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4504/ata_1243-21.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4578/ata_1244.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4579/ata_1245.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4580/ata_1246.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4739/ata_1247-22.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4740/ata_1248-22.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4741/ata_1249-22.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4742/ata_1250-22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4743/ata_1251-22.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4744/ata_1252-22.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4745/ata_1253-22.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4746/ata_1254-22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4747/ata_1255-22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4748/ata_1256-22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4749/ata_1257-22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4750/ata_1258-22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4785/ata_1259-22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4783/ata_1260-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4784/ata_1261-22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4786/ccf_000007.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4857/1263-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4858/1264-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4871/ata_1265.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4872/ata_1266.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4924/ata_1267-22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4884/brn3c2af478029f_0000028855.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4925/ata_1269-22.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4926/ata_1270-22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4927/ata_1271-22.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4982/ata_1272-22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4983/ata_1273-22.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4984/ata_1274-22.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4985/ata_1275-22.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4998/ata_1276.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4999/ata_1277.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5083/ata_1278.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5084/ata_1279.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5085/ata_1280.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5049/ata__1281-22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5884/1282-22.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4487/indicacao_no_01_janaina.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4488/indicacao_no_02_fabio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4489/indicacao_no_03_fabio.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4490/indicacao_no_04_silvio_veiculo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4491/indicacao_no_05_janaina.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4492/indicacao_no_06_silvio_apae.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4493/indicacao_no_07_gregorio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4494/indicacao_no_08_paulo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4495/indicacao_no_09_silvio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4496/indicacao_no_10_sampaio_-_gratificacao_motorista.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4497/indicacao_no_11_miguel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4498/indicacao_no_12_sampaio_praca_biblica_.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4499/indicacao_no_13_miguel.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4500/indicacao_no_14_sampaio_pista_de_camihada_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4501/indicacao_no_15_juscelino.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4509/indicacao_no_16_paulo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4510/indicacao_no_17_alaene.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4511/indicacao_no_18_alaene.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4512/indicacao_no_19_sampaio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4513/indicacao_no_20_silvio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4514/indicacao_no_21_silvio.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4515/indicacao_no_22_miguel.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4516/indicacao_no_23._janaina.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4517/indicacao_no_24_miguel.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4520/indicacao_no_25_fabio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4521/indicacao_no_26_miguel.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4522/indicacao_no_27_miguel.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4523/indicacao_no_28_alaene.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4524/indicacao_no_29_fabio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4525/indicacao_no_29_fabio.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4526/indicacao_no_31_janaina.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4527/indicacao_no_32__juscelino.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4528/indicacao_no_33__juscelino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4529/indicacao_no_34_sampaio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4530/indicacao_no_35_gregorio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4531/indicacao_no_36_sampaio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4532/indicacao_no_37_janaina.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4533/indicacao_no_38_paulo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4534/indicacao_no_39_paulo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4538/indicacao_no_40_socorro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4546/indicacao_no_41_juscelino.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4547/indicacao_no_42_juscelino.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4548/indicacao_no_43_juscelino.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4549/indicacao_no_44_janaina.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4550/indicacao_no_45_paulinho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4551/indicacao_no_46_cleberson_.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4552/indicacao_no_47_miguel.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4553/indicacao_no_48_fabio_.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4554/indicacao_no_49_socorro_.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4555/indicacao_no_50_clebinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4556/indicacao_no_51_fabio_.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4557/indicacao_no_51_fabio_.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4558/indicacao_no_53_gregorio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4559/indicacao_no_54_miguel.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4560/indicacao_no_55_sampaio.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4561/indicacao_no_56_sampaio.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4567/indicacao_n.57_jusc_docx.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4568/indicacao_n.58_alaene_docx.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4569/indicacao_n.59_jusc_docx.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4570/indicacao_n.60_jusc_docx.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4571/indicacao_n.61_sampaio.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4572/indicacao_n.62_paulinho.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4573/indicacao_n.63_paulinho.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4574/indicacao_n.64_socorro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4575/indicacao_n.65_janaina.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4576/indicacao_n.66_silvio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4582/indicacao_n.67_miguel_-_copia.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4587/indicacao_no__68_silvio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4588/indicacao_no__69_silvio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4589/indicacao_no__70_miguel..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4590/indicacao_no__71_sampaio..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4591/indicacao_no__72_sampaio..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4592/indicacao_no_73_juscelino.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4593/indicacao_no_74_janaina.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4594/indicacao_no_75_miguel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4595/indicacao_no_76_gregorio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4597/indicacao_no_77_juscelino_coahb.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4598/indicacao_no_78_denival.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4599/indicacao_no_79_denival.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4600/indicacao_no_80_denival.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4601/indicacao_no_81_silvio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4602/indicacao_no_82_silvio_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4603/indicacao_no_83_sampaio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4604/indicacao_no_84_miguel.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4605/indicacao_no_85_clebinho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4606/indicacao_sampaio_no86.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4611/indicacao_no_87_socorro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4612/indicacao_no_88_silvio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4613/indicacao_no_89_gregorio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4614/indicacao_no_90_alaene.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4615/indicacao_no_91_sampaio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4616/indicacao_no_92_paulo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4617/indicacao_no_93_miguel.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4618/indicacao_no_94_miguel_.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4619/indicacao_no_95_silvio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4625/indicacao_no_96_janaina.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4626/indicacao_no_97_paulo..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4627/indicacao_no_98_silvio_.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4629/indicacao_no_100_sampaio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4630/indicacao_no_101_clebinho.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4633/indicacao_n._102_socorrodocx.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4634/indicacao_n._103_socorrodocx.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4635/indicacao_n._104_paulodocx.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4637/indicacao_no_106._sampaio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4638/indicacao_no_107_sampaio..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4639/indicacao_no_108_miguel.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4646/indicacao_n._109_gregoriodocx.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4647/indicacao_n._110_fabiocx.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4648/indicacao_n._111_fabiocx.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4649/indicacao_n._112_gregoriocx.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4650/indicacao_n._113_janainacx.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4651/indicacao_n._114_miguel.cx.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4658/indicacao_no_115_sampaio..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4659/indicacao_no_116_izabel..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4660/indicacao_no_117_izabel..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4661/indicacao_no_118_miguel._docx.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4670/indicacao_no_119_juscelino.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4671/indicacao_no_120_paulinho.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4672/indicacao_no_121_juscelino.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4673/indicacao_no_122_sampaio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4674/indicacao_no_123_miguel.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4675/indicacao_no_124silvio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4676/indicacao_no_125_silvio__.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4677/indicacao_no_126_izabel.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4682/indicacao_no_127_alaene.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4683/indicacao_no_128_izabel.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4684/indicacao_no_129_izabel.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4685/indicacao_no_130_paulinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4686/indicacao_no_131_paulinho.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4687/indicacao_no_132_sampaio.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4688/indicacao_no_133_silvio.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4689/indicacao_no_134_sampaio.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4690/indicacao_no_135_miguel.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4691/indicacao_no_136_miguel.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4692/indicacao_no_137_socorro.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4700/indicacao_no_138_juscelino.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4701/indicacao_no_139_silvio.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4702/indicacao_no_140_clebinho.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4703/indicacao_no_141_socorro.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4704/indicacao_no_142_juscelino.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4705/indicacao_no_143_sampaio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4706/indicacao_no_144_izabel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4707/indicacao_no_145_paulo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4708/indicacao_no_146_miguel.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4709/indicacao_no_147_miguel.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4710/indicacao_no_148_gregorio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4711/indicacao_no_149_izabel.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4712/indicacao_no_150_silvio.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4715/indicacao_no_151_paulinho.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4716/indicacao_no_152_clebinho.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4717/indicacao_no_153_socorro.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4718/indicacao_no_154_izabel.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4719/indicacao_no_155_janaina.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4720/indicacao_no_156_sampaio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4721/indicacao_no_157_sampaio.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4722/indicacao_no_158_gregorio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4723/indicacao_no_159_paulinho.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4724/indicacao_no_160_miguel.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4725/indicacao_no_161_silvio.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4730/indicacao_no_162_silvio.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4731/indicacao_no_163_gregorio_._docx.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4732/indicacao_no_164_silvio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4733/indicacao_no_165_janaina.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4734/indicacao_no_166_miguel.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4735/indicacao_no_167_clebinho.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4736/indicacao_no_168__socorro.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4737/indicacao_no_169_socorro.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4755/indicacao_no_170.2022_paulo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4756/indicacao_no_171.2022_paulo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4757/indicacao_no_172.2022_fabio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4758/indicacao_no_173.2022_fabio.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4759/indicacao_no_174.2022_gregorio.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4760/indicacao_no_175.2022_sampaio.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4761/indicacao_no_176.2022_janaina.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4762/indicacao_no_177.2022_silvio.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4765/indicacao_n_178_silvio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4766/indicacao_no_179_silvio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4767/indicacao_no_180_gregorio.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4768/indicacao_no181_juscelino.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4777/indicacao_no_182_silvio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4778/indicacao_no_183_miguel.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4779/indicacao_no_184_janaina.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4780/indicacao_no_185_sampaio.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4781/indicacao_no_186_silvio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4782/indicacao_no_187_silvio.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4802/indicacao_no_188_sampaio.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4803/indicacao_no_189_sampaio.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4804/indicacao_no_190_fabio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4805/indicacao_no_191_silvio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4806/indicacao_no_192_janaina.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4807/indicacao_no_193_denival.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4808/indicacao_no_194_denival.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4809/indicacao_no_195_socorro.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4810/indicacao_no_196_silvio.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4811/indicacao_no_197_silvio.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4812/indicacao_no_198_miguel.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4813/indicacao_no_199_miguel.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4821/indicacao_no200_alaene.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4822/indicacao_no201_fabio.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4823/indicacao_no202_sampaio.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4824/indicacao_no203_miguel.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4825/indicacao_no204_fabio.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4826/indicacao_no205_juscelino.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4827/indicacao_no206_juscelino.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4835/indicacao_no_207_silvio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4836/indicacao_no_208_juscelino.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4837/indicacao_no_209__juscelino.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4838/indicacao_no_210_cleberson.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4839/indicacao_no_211_sampaio.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4840/indicacao_no_212_sampaio.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4841/indicacao_no_213_socorro.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4842/indicacao_no_214_miguel.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4846/indicacao_no_215__juscelino.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4847/indicacao_no216_miguel.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4848/indicacao_no217_sampaio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4849/indicacao_no218_sampaio.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4850/indicacao_no219_paulinho.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4851/indicacao_no220_juscelino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4852/indicacao_no221_silvio.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4860/indicacao_no222_alaene_e__silvio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4864/indicacao_no223_gregorio.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4865/indicacao_no224_juscelino.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4866/indicacao_no225_juscelino.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4867/indicacao_no226_juscelino.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4868/indicacao_no227_sampaio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4869/indicacao_no_228_miguel.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4875/indicacao_no_229_juscelino.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4876/indicacao_no_230_silvio_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4877/indicacao_no_231_silvio_e_fabio.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4878/indicacao_no_232_juscelino.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4879/indicacao_no_233_silvio.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4880/indicacao_no_234_sampaio.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4881/indicacao_no_235_sampaio.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4882/indicacao_no_236_miguel.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4890/indicacao_no_237_elton.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4891/indicacao_no_238_juscelino.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4892/indicacao_no_239_gregorio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4893/indicacao_no_240_miguel_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4894/indicacao_no_241_silvio.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4895/indicacao_no_242_socorro.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4897/indicacao_no_243_socorro.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4896/indicacao_no_244_juscelino_e_socorro_.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4902/indicacao_no_245_juscelino.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4903/indicacao_no_246_silvio.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4904/indicacao_no_247_miguel.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4905/indicacao_no_248_sampaio.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4906/indicacao_no_249_socorro.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4907/indicacao_no_250_paulo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4908/indicacao_no_251_socorro.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4916/indicacao_no_252_socorro.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4917/indicacao_no_253_sampaio.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4918/indicacao_no_254_gregorio.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4919/indicacao_no_255_alaene.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4920/indicacao_no_256_alaene.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4921/indicacao_no_257_miguel.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4922/indicacao_no_258_cleberson_.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4923/indicacao_no_259_socorro.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4941/indicacao_no_260_silvio.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4942/indicacao_no_261_silvio.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4943/indicacao_no_262_socorro._tendas.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4951/indicacao_no_263_denival.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4952/indicacao_no_264_janaina.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4953/indicacao_no_265_sampaio.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4954/indicacao_no_266_miguel.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4968/indicacao_no_267_gregorio.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4969/indicacao_no_268_janiana.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4970/indicacao_no_269_juscelino.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4977/indicacao_no_270_fabio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4978/iindicacao_no_271_fabio.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4979/indicacao_no_272_fabio.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4980/indicacao_no_273_nei.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4981/indicacao_no_274__socorro_assist._tec.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4988/indicacao_no_275_silvio.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4989/indicacao_no_276_janaina.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4990/indicacao_no_277_miguel.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4991/indicacao_no_278_miguel.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4992/indicacao_no_279_nei.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4993/indicacao_no_280_nei.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4994/indicacao_no_281_alaene.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4997/indicacao_no_282_cleberson_e_demais.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5004/indicacao_no_283_miguel.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5005/indicacao_no_284_nei.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5006/indicacao_no_285_nei.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5007/indicacao_no_286_silvio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5008/indicacao_no_287_janaina.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5009/indicacao_no_288_gregorio.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5010/indicacao_no_289_silvio.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5013/indicacao_n_290_gregorio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5014/indicacao_n_291_miguel.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5015/indicacao_n_292_paulo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5016/indicacao_n_293_paulo.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5017/indicacao_n_294_janaina.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5018/indicacao_n_295_clebinho.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5019/indicacao_n_296_neison_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5020/indicacao_no_297_socorro.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5021/indicacao_no_298_socorro.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5027/indicacao_miguel_no299.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5028/indicacao_no_300_socorro_.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5031/indicacao_no_301_janaina.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5032/indicacao_no_302_gregorio.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5033/indicacao_no_303_socorro.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5034/indicacao_no_304_miguel.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5035/indicacao_no_305_clebinho.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5036/indicacao_no_306_clebinho.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5037/indicacao_no_307_fabio.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5038/indicacao_no_308_silvio.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4508/mocao_de_aplauso_no_01.22_alaene.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4801/mocao_de_aplauso_no_02_elton.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4834/mocao_de_aplauso_no_03_clebinho.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4862/mocao_de_aplauso_no_04_migueldocx.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4863/mocao_de_aplauso_no_05_eltondocx.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4939/mocao_de_aplauso_no_006_silvio.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4940/mocao_de_aplauso_no_007_silvio.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4975/mocao_de_aplauso_no_08_gregorio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4976/mocao_de_aplauso_no_09_fabio.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4996/mocao_de_aplauso_cleberson_no_00.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5030/mocao_de_aplauso_no_11_socorro.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5039/mocao_de_aplauso_no_12_socorro.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5025/contas_2021_000024.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4464/pauta__da__sessao__ordinaria__do__dia__10.01.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4473/pauta_da_sessao__extraordinaria_vereador_24.01.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4476/pauta_dia_07.02_vereadores.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4518/pauta_dia_14.02_vereadores.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4539/pauta_dia_21.02_vereadores_ultima.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4562/pauta_da_sessao_ordinaria_do_dia_07.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4586/pauta_da_sessao_ordinaria_do_dia_21.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4596/pauta_da_sessao_ordinaria_do_dia_28.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4620/pauta_da_sessao_ordinaria_do_dia_04.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4631/pauta_da_sessao_ordinaria_do_dia_11.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4644/pauta_da_sessao_ordinaria_do_dia_18.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4652/pauta_da_sessao_ordinaria_do_dia_25.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4662/pauta_da_sessao_ordinaria_do_dia_02.05.2022..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4678/pauta_da_sessao_ordinaria_do_dia_16.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4699/pauta_da_sessao_ordinaria_do_dia_23.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4714/pauta_da_sessao_ordinaria_do_dia_30.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4738/pauta_da_sessao_ordinaria_do_dia_06.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4763/pauta_da_sessao_ordinaria_do_dia_13.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4769/pauta_da_sessao_ordinaria_do_dia_20.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4770/pauta_da_sessao_ordinaria_do_dia_27.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4795/pauta___extravereadores.dia_21.07_.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4814/pauta_da_sessao_ordinaria_do_dia_01.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4815/pauta_da_sessao_ordinaria_do_dia_08.docx.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4843/pauta_da_sessao_ordinaria_do_dia_15.08.2022..pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4845/pauta_da_sessao_ordinaria_do_dia_22.08.2022..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4859/pauta___extravereadores.dia_28.08.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4861/pauta_da_sessao_ordinaria_do_dia_29.08.2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4885/pauta_da_sessao_ordinaria_do_dia_12.09.2022..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4909/pauta_da_sessao_ordinaria_do_dia_19.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4910/pauta_da_sessao_ordinaria_do_dia_26.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4944/pauta_da_sessao_ordinaria_do_dia_03.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4945/pauta_da_sessao_ordinaria_do_dia_10.10.2022.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4965/pauta_da_sessao_ordinaria_do_dia_17.10.2022.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4966/pauta_da_sessao_ordinaria_do_dia_24.10.2022..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4971/pauta_da_sessao_ordinaria_do_dia_31.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4995/pauta_da_sessao_ordinaria_do_dia_07.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5000/pauta_da_sessao_ordinaria_do_dia_21.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5022/pauta_da_sessao_ordinaria_do_dia_28.11.2022.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5024/pauta_da_sessao_ordinaria_do_dia_05..pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5029/pauta_da_sessao_ordinaria_do_dia_12.12.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5048/pauta_21.12_vereador_2022.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4657/proj._decreto_01.2022_cid..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4698/proj._decreto_02.2022_contas.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4764/decreto_no_03_2022_-_diarias_dos_servidores_ok_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4477/projeto_compl_001.2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4465/proj_de_lei_comp._no_03_000096.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4478/projeto_compl.004.2022.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4505/proj._compl._05.2022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4535/proj_com._06.22_000101.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4540/plc_007_2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4643/plc_08-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4642/plc_09-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4665/plc_010_2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4666/plc_011_2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4694/plc_12-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4679/plc_13-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4680/plc_014-2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4726/plc_15-2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4727/plc_16-2022.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4751/plc_017_2022.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4816/plc_018_2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4828/plc_019_2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4844/plc_020_2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4911/plc_021-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4912/plc_022-2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4913/plc_023-2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4914/plc_024-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4964/projeto_de_lei_complementar_no._025-2022_-_nova_lei_do_alvara.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5001/plc_026_2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5043/plc_027-2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4459/pl_001_2022.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4460/projeto_de_lei_n._002-2022_-_alteracao_da_lei_2017-2014.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4461/pl_003_2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4467/proj_de_lei_no_04_000091.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4468/proj_de_lei_no_05_000092.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4469/proj_de_lei_no_06_000093.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4470/proj_de_lei__no_07_000097.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4471/proj_de_lei_no_08_000094.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4479/proj._009.2022.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4472/proj_de_lei_no_10_000095.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4480/proj._013-2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4481/proj.014.2022.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4541/pl_016_2022.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4583/pl_017-2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4482/proj.018.2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4483/proj.019.2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4484/proj._020.2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4485/proj.021.2022.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4506/pl_23-2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4536/proj_25.22_000102.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4507/proj.026.2022.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4537/pl_27-2022.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4584/projeto_lei_028.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4542/pl_030_2022.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4543/pl_031_2022.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4544/pl_032_2022.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4607/pl_33.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4563/proj._34-a_000105.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4564/pl_035-2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4565/pl_036-2022.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4566/pl_037-2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4621/pl_38.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4585/projeto_lei_039.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4667/projeto_de_lei_n._040-a-2022_-_tira_entulho_-_revisada_02-05_-_revisado_15-12_felipe_-_socorro.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4608/pl_41.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4609/1649104348850_pl_43.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4610/pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4622/pl_045_2022.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4623/proj._46_000109.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4641/pl_047-2022.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4645/projeto_lei_048_2022.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4653/pl_049-2022_1.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4654/pl_050-2022.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4655/pl_051-2022.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4656/pl_052-2022.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4668/pl_053_2022.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4681/pl_054-2022.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4695/pl_56-2022.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4696/pl_57-2022.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4697/pl_58-2022.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4728/pl_059-2022.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4729/pl_060-2022_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4752/pl_062_2022.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4771/pl_063_2022.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4753/pl_064_2022.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4772/pl_065_2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4773/pl_066_2022.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4774/pl_067_2022.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4775/pl_068_2022.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4986/pl_069-2022_-_doacao_imovel_hospital_santa_maria.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4796/projeto_de_lei_n._070-2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4787/pl_071_2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4829/pl_072_2022_completo.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4788/pl_073_2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4789/pl_074_2022.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4790/pl_075_2022.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4791/pl_076_2022.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4792/pl_077_2022.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4793/pl_078_2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4794/pl_079_2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4797/pl_080_2022.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4798/pl_081_2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4799/pl_082_2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4817/pl_083_2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4818/pl_084_2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4819/pl_085_2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4820/pl_086_2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4830/projeto_de_lei_n._087-2022_-_dispoe_sobre_a_alteracao_da_lei_no._1459-2009.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4831/pl_088_2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4832/pl_089_2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4833/pl_090_2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4873/projet1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4853/pl_92-2022.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4854/pl_93-2022.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4874/pl_094_2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4886/pl_095_2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4887/pl_096-2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4888/pl_097-2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4898/projeto_lei_098a2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4899/pl_099-2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4900/pl_100-2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4901/pl_101-2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4946/pl_102-2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4928/pl_103-2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4929/pl_104-2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4930/pl_105-2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4931/pl_106-2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4932/pl_107-2022.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4933/pl_108-2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4934/pl_109-2022.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4935/pl_110-2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4936/pl_111-2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4937/pl_112-2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4947/pl_113-2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4948/pl_114-2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4949/projeto_de_lei_n._115-a-2022_-_dispoe_sobre_a_alteracao_da_lei_no._2801-2022_-_altera_valor_do_elemento_de_despesa_ass.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4950/pl_116-2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4955/pl_117-2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4957/pl_118-2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4958/pl_120-2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4959/pl_121-2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4960/projeto_de_lei_n._122-2022_-_natal_premiado_2022_ass.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4961/pl_123-2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4962/projeto_de_lei_no._124_2022_-_locacao__imovel_farmacia_satelite_bordas_do_lago__ass.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4963/projeto_de_lei_no._125_2022_-_locacao__imovel_farmacia_municipal_-_saude_ass.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4967/projeto_de_lei_n._126-2022_-_ifmt_jenpex.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4972/pl_127-2022_ass.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4973/pl_128-2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4974/pl_129-2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4987/pl_130-2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5002/pl_131_2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5026/projeto_de_lei_no._133_2022_-_cria_o_conselho_municipal_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5011/projeto_de_lei_n._134-2022_-_abertura_de_credito_suplementar__-_aquisicao_patrulha_agricola_mecanizada_ass.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5012/projeto_de_lei_n._135-2022_-_chamamento_publico_-_programa_habitacional_construcao_corrigido.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5040/pl_136-a-2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5041/pl_137-2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5042/projeto_de_lei_n._138-2022_-_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5044/pl_139-2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5045/pl_140-2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5046/projeto_de_lei_n._141-2022_-_abertura_de_credito_especial_-_aquisicao_de_kit_escolar.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5047/pl_142-2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4462/projeto_de_lei_no_01.22-_verba_indenizatoria_assessor.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4463/projeto_de_lei_no02.22_instituir_o_13_salario_.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4466/projeto_de_lei_no03.22_rga_retroativo_.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4545/projeto_de_lei_praca_da_biblia_-_sampaio..pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4581/projeto_de_lei_no05_fabio_.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4624/projeto_de_lei_legislatvo_06.2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4663/proj.07_leg_000001.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4669/projeto_de_lei_no_08_sampaio.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4713/projeto_de_lei_no__09_tratamento_especializado_aos_tea.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4754/projeto_de_lei_no_10_cacs.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4776/projeto_de_lei_rotatoria_sao_cristovao.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4800/projeto_de_lei_legislativo_extincao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4889/pl_013-2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4915/projeto_de_lei_n_14_distintivo_e_funcional.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/5003/projeto_de_lei_-_alteracao_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4640/projeto_de_resolucao_no_01_licenca_vereador_denival.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4475/projeto_emenda_lei_organica_-_art._13__1o_-_dia_das_sessoes_noite.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4956/projeto_emenda_lei_organica_-_02.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2022/4938/requerimento_no_01.2022_denival.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H594"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="214.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="193.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="192.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>