--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -54,5854 +54,5854 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>ATAS</t>
   </si>
   <si>
     <t>Atas Sessões Extraordinarias</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3601/ata_ext._165-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3601/ata_ext._165-20.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA DO DIA 17-01-2020.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3596/ata_no_166-2020_sessao_extraordinaria_01-04-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3596/ata_no_166-2020_sessao_extraordinaria_01-04-2020.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA Nº 166-2020, DE 01-04-2020.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3602/ata_ext._167-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3602/ata_ext._167-20.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA DO DIA 01-04-2020.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3603/ata_ext._168-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3603/ata_ext._168-20.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA DO DIA 25-06-2020.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3597/ata_ext._169.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3597/ata_ext._169.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA Nº 169-2020, DE 14-07-2020.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3604/ata_ext._170-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3604/ata_ext._170-20.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA DO DIA 24-07-2020.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3760/ataext.171.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3760/ataext.171.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA DO DIA 17-12-2020.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Atas Sessões Ordinárias</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3620/ata_1170-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3620/ata_1170-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA Nº 1170-2020.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3621/ata_1171-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3621/ata_1171-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 10-02-2020.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3622/ata_1172-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3622/ata_1172-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 17-02-2020.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3623/ata_1173-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3623/ata_1173-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 02-03-2020.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3624/ata_1174-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3624/ata_1174-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 09-03-2020.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3625/ata_1175-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3625/ata_1175-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 16-03-2020.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3626/ata_1176-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3626/ata_1176-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 23-03-2020.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3627/ata_1177-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3627/ata_1177-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 30-03-2020.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3628/ata_1178-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3628/ata_1178-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 06-04-2020.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3629/ata_1179-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3629/ata_1179-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 13-04-2020.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3630/ata_1180-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3630/ata_1180-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 27-04-2020.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3631/ata_1181-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3631/ata_1181-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 04-05-2020.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3632/ata_1182-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3632/ata_1182-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 11-05-2020.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3633/ata_1183-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3633/ata_1183-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 18-05-2020.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3634/ata_1184-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3634/ata_1184-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 25-05-2020.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3635/ata_1185-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3635/ata_1185-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 01-06-2020.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3636/ata_1186-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3636/ata_1186-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 08-06-2020.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3637/ata_1187-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3637/ata_1187-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 15-06-2020.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3598/ata_1188.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3598/ata_1188.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA Nº 1.188-2020, DE 22-06-2020.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3599/ata_1189.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3599/ata_1189.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA Nº 1.189-2020, DE 29-06-2020.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3638/ata_1190-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3638/ata_1190-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 03-08-2020.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3639/ata_1191-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3639/ata_1191-20.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 10-08-2020.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3679/ata_1192.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3679/ata_1192.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 17/08/2020."</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3680/ata_1193.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3680/ata_1193.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 24/08/2020."</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3681/ata_1194.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3681/ata_1194.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 31/08/2020."</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3682/ata_1195.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3682/ata_1195.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 14/09/2020."</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3683/ata_1196.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3683/ata_1196.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 21/09/2020."</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3702/ata_1197.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3702/ata_1197.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 28/09/2020."</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3703/ata_1198.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3703/ata_1198.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 05/10/2020."</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3704/ata_1199.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3704/ata_1199.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 19/10/2020."</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3730/ata_1200-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3730/ata_1200-20.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 26.10.20".</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3731/ata_1201-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3731/ata_1201-20.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 09.11.20".</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3732/ata_1202-20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3732/ata_1202-20.pdf</t>
   </si>
   <si>
     <t>"ATA SESSÃO ORDINÁRIA DO DIA 16.11.20".</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3761/ataord.1203.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3761/ataord.1203.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 23-11-2020.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3762/ataord.1204.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3762/ataord.1204.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 30-11-2020.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3763/ataord.1205.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3763/ataord.1205.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 07-12-2020.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3764/ataord.1206.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3764/ataord.1206.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA DO DIA 14-12-2020.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3245/indicacao_no_01_ze_humbertodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3245/indicacao_no_01_ze_humbertodocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE MONITORES PARA ATUAR NOS ÔNIBUS ESCOLARES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3246/indicacao_no_02_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3246/indicacao_no_02_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CRECHE PARA ATENDER A POPULAÇÃO DA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3247/indicacao_no_03_joao._e_jucadocx_831mzbH.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3247/indicacao_no_03_joao._e_jucadocx_831mzbH.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE DISPONIBILIZAR AO MENOS DOIS SERVIDORES DO MUNICÍPIO PARA AUXILIAR NO ATENDIMENTO AO PÚBLICO NA AGÊNCIA DA 51ª CIRETRAN DO MUNICÍPIO, E QUE SE FAÇA GESTÃO JUNTO AO GOVERNO DO ESTADO PARA QUE O MESMO AUMENTE O QUADRO DE FUNCIONÁRIOS DESTE ÓRGÃO.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Kleberson Almeida</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3248/indicacao_no_04_kleberson_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3248/indicacao_no_04_kleberson_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A RETIRADA DE SUCATA E FERRO VELHO QUE ESTEJAM OCUPANDO INAPROPRIADAMENTE TERRENOS BALDIOS, VIAS PÚBLICAS, CALÇADAS E CANTEIROS, DIFICULTANDO A MOBILIDADE E O DESLOCAMENTO DE PEDESTRES, DEIXANDO A CIDADE VISUALMENTE “FEIA” E AINDA REPRESENTANDO RISCO À SAÚDE PÚBLICA PELO ACÚMULO DE ÁGUA SERVINDO DE MORADIA PARA ROEDORES, COBRAS E LARVAS DO MOSQUITO AEDES AEGYPTI.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3249/indicacao_no_05_nei_e_base_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3249/indicacao_no_05_nei_e_base_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O ENCASCALHAMENTO DAS ESTRADAS DO ASSENTAMENTO DOM OSÓRIO. DANDO ESPECIAL ATENÇÃO NAS VIAS DE TRAJETO DO ÔNIBUS ESCOLAR.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3250/indicacao_no_06_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3250/indicacao_no_06_jh.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTE DE CONCRETO SOBRE O RIO PIRAPUTANGA LIGANDO O ASSENTAMENTO 04 DE OUTUBRO AO 14 DE AGOSTO.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dantte</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3251/indicacao_no_07_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3251/indicacao_no_07_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE BRINQUEDOS ADAPTADOS PARA CRIANÇAS COM DEFICIÊNCIAS NOS PARQUES INFANTIS EXISTENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Moises Polito</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3252/indicacao_no_08_polito_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3252/indicacao_no_08_polito_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE HORÁRIO ESPECIAL PARA A EQUIPE DE AGENTES DE COMBATE A ENDEMIAS – ACE, FICANDO DA SEGUINTE FORMA: DAS 07:00HORAS ÁS 13:00 HORAS.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3255/indicacao_no_09_joao_alaene_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3255/indicacao_no_09_joao_alaene_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO POR LÂMPADAS DE LED, EM TODAS AS AVENIDAS QUE OS MUNÍCIPES PRATIQUEM CAMINHADA.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3254/indicacao_no_10_silvio_qOSaRcI.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3254/indicacao_no_10_silvio_qOSaRcI.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS NO CANTEIRO CENTRAL DA AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3256/indicacao_no_11_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3256/indicacao_no_11_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE BRAÇOS DUPLOS NOS POSTES DE ILUMINAÇÃO PÚBLICA DA AVENIDA CAMPO GRANDE, COM O INTUITO DE AMPLIAR A ILUMINAÇÃO DESTA VIA EM AMBOS OS SENTIDOS.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3257/indicacao_no_12_polito_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3257/indicacao_no_12_polito_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE ÔNIBUS EXECUTIVO OU ÔNIBUS SEMI LEITO PARA USO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3258/indicacao_no_13_klebrson_Sa341TP.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3258/indicacao_no_13_klebrson_Sa341TP.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS JUNTO A SECRETARIA DE EDUCAÇÃO E CULTURA – SEEC, COM OBJETIVO DE AQUISIÇÃO E DISTRIBUIÇÃO DE MATERIAL ESCOLAR DE BRAILLE, VISANDO O DESENVOLVIMENTO DOS ALUNOS COM DEFICIÊNCIA VISUAL NAS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Cícero</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3262/indicacao_no_14_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3262/indicacao_no_14_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RECUPERAÇÃO COM LAMA ASFÁLTICA NOS BAIRROS JARDIM CAMPO VERDE I, II E BELA VISTA.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3263/indicacao_no_15_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3263/indicacao_no_15_jh.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE VANTAGEM INDIVIDUAL POR PRODUTIVIDADE AOS TÉCNICOS DE ENFERMAGEM E AUXILIARES DE SAÚDE BUCAL, PELO EXERCÍCIO DO CARGO COM VALOR FIXADO EM LEI.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3264/indicacao_no_16_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3264/indicacao_no_16_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE HORÁRIO ESPECIAL PARA A EQUIPE DE AGENTES COMUNITÁRIO DE SAÚDE– ACS, FICANDO DA SEGUINTE FORMA: DAS 07:00HORAS ÁS 13:00 HORAS.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3265/indicacao_no_17_pedro_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3265/indicacao_no_17_pedro_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO E ENTREGA DA PATRULHA AGRÍCOLA COMPLETA A COMUNIDADE SERRINHA.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3266/indicacao_no_18_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3266/indicacao_no_18_kleberson.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM A CONSTRUÇÃO DE CALÇADA JUNTO AS LATERAIS DA ÁREA DE LAZER RECANTO DO SOL, NAS RUAS AROEIRA E BORDAS DO LAGO.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3267/indicacao_no_19_pedro_e_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3267/indicacao_no_19_pedro_e_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DAR CONTINUIDADE AO PROJETO ANDANDO PELAS CALÇADAS, VISANDO AGRACIAR OS BAIRROS POPULARES QUE NÃO FORAM CONTEMPLADOS. ESTE PROJETO É UMA PARCERIA ENTRE O CIDADÃO E A PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3268/indicacao_no_20_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3268/indicacao_no_20_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADA COM ACESSIBILIDADE NO CANTEIRO CENTRAL DA AVENIDA CAMPO GRANDE. BEM COMO ARBORIZAÇÃO, ORNAMENTAÇÃO E PAISAGISMO.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3269/indicacao_no_21_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3269/indicacao_no_21_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO QUE OBJETIVEM EM RECONSTRUIR EM CONCRETO ARMADO A PONTE FONTANA, A MESMA DÁ ACESSO A COMUNIDADE AGROVILA JOÃO PONCE DE ARRUDA. POIS A QUE HAVIA NO LOCAL ERA DE MADEIRA E “RODOU” COM A FORÇA DAS CHUVAS.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3270/indicacao_no_22_-_joao_e_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3270/indicacao_no_22_-_joao_e_alaene.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE LIMPEZA EM TODAS AS ÁREAS/LOTEAMENTOS PERTENCENTES AO MUNICÍPIO. BEM COMO LIMPEZA E MANUTENÇÃO DAS VIAS PÚBLICAS DO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3271/indicacao_no_23_polito_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3271/indicacao_no_23_polito_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM APLAINAR A DEPRESSÃO DA PAVIMENTAÇÃO ASFÁLTICA LOCALIZADA NA AVENIDA CURITIBA, EM FRENTE AO PORTÃO LATERAL DA ESCOLA ESTADUAL WALDEMON MORAES COELHO.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3272/indicacao_no_24_nei_e_base_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3272/indicacao_no_24_nei_e_base_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVEM COM A AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NAS SALAS ANEXAS DA ESCOLA JOSÉ GARBUGIO, LOCALIZADA NO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3273/indicacao_no_25_silviop__jm_e_k_docx_xfTpKuO.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3273/indicacao_no_25_silviop__jm_e_k_docx_xfTpKuO.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES E LÂMPADA DE LED NAS AVENIDAS GOIÁS E SANTA MARIA, NO TRECHO QUE COMPREENDE O POSTO PARANÁ ATÉ O BAIRRO BURITIS.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3274/indicacao_no_26_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3274/indicacao_no_26_silvio_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM AQUISIÇÃO DE DRONE COM CÂMERA PARA OS AGENTES COMUNITÁRIOS DE ENDEMIAS PARA MONITORIAMENTOS DAS ÁREAS DE RISCO, ATINGIDAS PELO FOCO AEDES EAGYPTI.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Juca Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3276/indicacao_no_27_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3276/indicacao_no_27_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES – DENIT – COM O OBJETIVO DE INSTALAR REDUTOR DE VELOCIDADE NA BR 070, NAS PROXIMIDADES DA COOPERPLUMA LOCALIZADA NO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t xml:space="preserve">Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3277/indicacao_no_28_jose_maria_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3277/indicacao_no_28_jose_maria_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE REALIZAR ESTUDO JUNTO A SECRETARIA DE SAÚDE DO ESTADO NO INTUITO DE SE ADQUIRIR APARELHO DE TOMOGRAFIA, DESTINANDO O MESMO AO CENTRO DE ATENDIMENTO MÉDICO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3278/indicacao_no_29_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3278/indicacao_no_29_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A PROMOÇÃO DE PARCERIAS JUNTO AS UNIVERSIDADES PÚBLICAS, FEDERAIS OU ESTADUAIS, NO INTUITO DE PROMOVER CAPACITAÇÃO DE PROFESSORES DA REDE MUNICIPAL POR MEIO DE FORMAÇÃO A DISTÂNCIA (EAD), EM ESPECIAL CURSOS RELACIONADOS AO APERFEIÇOAMENTO EM ALFABETIZAÇÃO DE ESTUDANTES COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3279/indicacao_no_30_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3279/indicacao_no_30_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO DE PROJETO DE CRIAÇÃO DE POLITICAS QUE VIABILIZEM A IMPLANTAÇÃO DE MICRODESTILARIAS E COOPERATIVA DE PRODUTORES DE ETANOL COM BASE NA MATÉRIA PRIMA “ BATATA DOCE”.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3280/indicacao_no_31_pedro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3280/indicacao_no_31_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM REALIZAR PAVIMENTAÇÃO ASFÁLTICA NO NÚCLEO URBANO DA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3281/indicacao_no_32_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3281/indicacao_no_32_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO FEDERAL NO INTUITO DE IMPLANTAR O PROGRAMA NACIONAL DAS ESCOLAS CÍVICOMILITARES NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3282/indicacao_no_33_joao_e_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3282/indicacao_no_33_joao_e_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE OBRAS COM O OBJETIVO DE REALIZAR MUTIRÃO DE INSPEÇÃO NAS ACADEMIAS PÚBLICAS DE CAMPO VERDE, VISANDO REALIZAR A RECUPERAÇÃO DOS APARELHOS.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3283/indicacao_no_34_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3283/indicacao_no_34_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM A APLICAÇÃO DE LAMA ASFÁLTICA E RECUPERAÇÃO DE MEIO FIO NOS BAIRROS BORDAS DO LAGO E RECANTO DO BOSQUE l. BEM COMO MANUTENÇÃO E MELHORIA NA REDE FLUVIAL DESTES.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3284/indicacao_no_35_pedro_e_base_tugRJDx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3284/indicacao_no_35_pedro_e_base_tugRJDx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DISPONIBILIZAÇÃO DE LINHA DE TRANSPORTE COLETIVO PARA ATENDER TODOS OS ASSENTAMENTOS E COMUNIDADES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3285/indicacao_no_36_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3285/indicacao_no_36_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE LIMPEZA DAS VIAS DOS BAIRROS RECANTO DO BOSQUE I E II.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3286/indicacao_no_37_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3286/indicacao_no_37_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CENTRALIZAÇÃO NA SECRETARIA MUNICIPAL DE AGRICULTURA ABASTECIMENTO E MEIO AMBIENTE A GESTÃO DAS ÁREAS VERDES, TAIS COMO OS PARQUES E ÁREAS DE LAZER DO MUNICÍPIO. BEM COMO MELHORAMENTO DA ESTRUTURA GERAL PARA ESTE ATENDIMENTO.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3287/indicacao_no_38_joao_e_b.o.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3287/indicacao_no_38_joao_e_b.o.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE INTERVIR JUNTO AO GOVERNO DO ESTADO E AO SINFRA-MT, NO SENTIDO DE INSTALAR REDUTORES DE VELOCIDADE NA MT 344, NA ALTURA DA “CURVA DO S”, PRÓXIMA A ÁGUA MINERAL PURÍSSIMA.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3288/indicacao_no_39_solivan_e_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3288/indicacao_no_39_solivan_e_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM RECAPIAMENTO ASFÁLTICO NAS RUAS AMAZONAS E MATO GROSSO DO SUL, SITUADAS NO BAIRRO BORDAS DO LAGO.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3289/indicacao_no_40_klebersono.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3289/indicacao_no_40_klebersono.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A ARBORIZAÇÃO NO ESTACIONAMENTO DO PARQUE DE EXPOSIÇÕES MARCO ANTÔNIO ESTEVES DA ROCHA.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3290/indicacao_no_41_klebersono.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3290/indicacao_no_41_klebersono.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE, PARA VIABILIZAR A ABERTURA DE VIA DE ACESSO (CONTORNO) NO CANTEIRO CENTRAL DA AVENIDA AIRTON SENNA, NAS PROXIMIDADES DA MECÂNICA DO MACHADO.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3291/indicacao_no_42_klebersono_e_jose_m.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3291/indicacao_no_42_klebersono_e_jose_m.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDA JUNTO A SECRETARIA DE HABITAÇÃO PARA QUE SE REALIZE FISCALIZAÇÃO NAS CASAS DOS BAIRROS SANTA ROSA E RECANTO DOS PASSÁROS, COM O INTUITO DE AVERIGUAR SE AS FAMÍLIAS QUE LA RESIDEM SÃO AS QUE FORAM CONTEMPLADAS, OU SE HÁ ABANDONO DAS MESMAS.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3292/indicacao_no_43_klebersono_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3292/indicacao_no_43_klebersono_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE REALIZAR ESTUDO JUNTO AO ÓRGÃO COMPETENTE COM OBJETIVO DE REALIZAR A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NAS VIAS DO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3293/indicacao_no_44_klebersono_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3293/indicacao_no_44_klebersono_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA DO PSF DA COMUNIDADE MATA GRANDE.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3294/indicacao_no_45_moises.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3294/indicacao_no_45_moises.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ROÇAGEM E LIMPEZA NO CANTEIRO CENTRAL E ÁREAS/ TERRENOS BALDIOS ADJACENTES DA AVENIDA SÃO CRISTÓVÃO. BEM COMO ARBORIZAÇÃO, ORNAMENTAÇÃO E PAISAGISMO DO CANTEIRO CENTRAL EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3295/indicacao_no_46_pedro_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3295/indicacao_no_46_pedro_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE PODA DAS ARVORES NO ENTORNO DA IGREJA NOSSA SENHORA DE FÁTIMA PERTENCENTE A PARÓQUIA SÃO CRISTÓVÃO.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SETOR RESPONSÁVEL PELA FISCALIZAÇÃO DE SE FAZER CUMPRIR A LEI MUNICIPAL Nº 587 DE 05 DE ABRIL DE 1999, ART. 15, INCISO I, NO QUE SE REFERE AO LIMITE MÁXIMO DE EMISSÃO DE RUÍDOS DO SERVIÇO DE PROPAGANDA VOLANTE SONORIZADA.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3302/indicacao_no_48_silvio_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3302/indicacao_no_48_silvio_cx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA DO CAMPO SOCIETY DA COMUNIDADE 14 DE AGOSTO POR LAMPADAS DE LED.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3303/indicacao_no_49_danttecx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3303/indicacao_no_49_danttecx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE EDUCAÇÃO E CULTURA – SEEC E SECRETARIA DE VIAÇÃO, OBRAS E SERVIÇOS PÚBLICOS, NO INTUITO DE TRANSFERIR PARA O PSF DO ASSENTAMENTO 14 DE AGOSTO A PARADA DE ÔNIBUS ESCOLAR.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3304/indicacao_no_50_ze_h._moises_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3304/indicacao_no_50_ze_h._moises_cx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PODA DE ÁRVORES PARA O MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3305/indicacao_no_51_solivan.cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3305/indicacao_no_51_solivan.cx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR PARCERIA COM O GOVERNO DO ESTADO E ENTIDADES FILANTRÓPICAS MUNICIPAIS PARA VIABILIZAR A CRIAÇÃO DE RESTAURANTE POPULAR EM NOSSO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3306/indicacao_no_52_jose_humberto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3306/indicacao_no_52_jose_humberto.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A MANUTENÇÃO/REFORMA DO ESTOFAMENTO DOS ÔNIBUS  QUE PERTENCEM AO MUNICIPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3307/indicacao_no_53_jose_humberto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3307/indicacao_no_53_jose_humberto.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE LIMITADOR ARTIFICIAL DE GRAMA NOS LOGRADOUROS PÚBLICOS, NO INTUITO DE IMPEDIR QUE A GRAMA SE ALASTRE E SE MISTURE COM AS PLANTAS, FLORES E ÁRVORES.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3308/indicacao_no_54_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3308/indicacao_no_54_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM AQUISIÇÃO DE DRONE COM CÂMERA PARA OS AGENTES COMUNITÁRIOS DE ENDEMIAS PARA MONITORAMENTOS DAS ÁREAS DE RISCO, ATINGIDAS PELO FOCO AEDES EAGYPTI.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3309/indicacao_no_55_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3309/indicacao_no_55_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETÁRIA ESTADUAL DE EDUCAÇÃO E CULTURA DE MATO GROSSO PARA REALIZAR AMPLIAÇÃO DA ESCOLA ESTADUAL LEDY ANITA BRESCANCIM, BEM COMO A IMPLANTAÇÃO DO ENSINO MÉDIO NA MESMA</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3310/indicacao_no_56_joao_juca_e_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3310/indicacao_no_56_joao_juca_e_alaene.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE REALIZAR LEVANTAMENTO DAS ESTRUTURAS PÚBLICAS DAS ÁREAS ANEXADA AO MUNICÍPIO DE CAMPO VERDE EM VIRTUDE DA VIGÊNCIA DA LEI Nº10.500/2017. ASSIM COMO TAMBÉM A MANUTENÇÃO DESTAS.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3311/indicacao_no_57_joao_e_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3311/indicacao_no_57_joao_e_alaene.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE RAMPAS DE ACESSO PARA CADEIRANTES EM TODOS OS PSFS DO MUNICÍPIO, SEJAM ESTES DA ZONA RURAL OU ZONA URBANA. BEM COMO COLOCAÇÃO DE CORRIMÃO E ADAPTAÇÃO DAS PORTAS E BANHEIROS</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3312/indicacao_no_58__joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3312/indicacao_no_58__joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE ÔNIBUS ADAPTADO, PARA USO EXCLUSIVO AO TRANSPORTE DOS ASSISTIDOS PELO CENTRO DE CONVIVÊNCIA DO IDOSO DO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3313/indicacao_no_59_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3313/indicacao_no_59_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DE CASA DE APOIO EM NOSSA CIDADE, PARA ATENDER ÀS FAMÍLIAS RESIDENTES NOS ASSENTAMENTOS E COMUNIDADES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3314/indicacao_no_60_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3314/indicacao_no_60_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADA NO CANTEIRO CENTRAL DA AVENIDA VEREADOR CESAR LIMA EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3315/indicacao_no_61__joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3315/indicacao_no_61__joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM REFORMA GERAL E INSTALAÇÃO DE NOVO ALAMBRADO NO ENTORNO DO CEMITÉRIO DA AGROVILA JOÃO PONCE DE ARRUDA. BEM COMO A ORNAMENTAÇÃO E PAISAGISMO DO MESMO.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3316/indicacao_no_62_cicero_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3316/indicacao_no_62_cicero_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A APLICAÇÃO DE LAMA ASFÁLTICA E RECUPERAÇÃO DE MEIO FIO NOS BAIRROS CIDADE ALTA E SÃO MIGUEL. BEM COMO APLAINAR AS DEPRESSÕES DA PAVIMENTAÇÃO ASFÁLTICA DESTAS VIAS.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3317/indicacao_no_63_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3317/indicacao_no_63_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS PARA AUMENTAR AS RONDAS POLICIAIS NOS BAIRROS RECANTO DOS PÁSSAROS, JARDIM AMÉRICA E SANTA ROSA, POR MEIO DE TERMO DE COOPERAÇÃO CELEBRADO COM O MUNICÍPIO DE CAMPO VERDE ATRAVÉS DA LEI Nº. 2.331, DE 22 DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3319/indicacao_no_64_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3319/indicacao_no_64_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE NOVA FROTA DE ÔNIBUS ESCOLAR PARA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3320/indicacao_no_65_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3320/indicacao_no_65_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO DO CAMPO SOCIETY DA COMUNIDADE AGROVILA JOÃO PONCE DE ARRUDA POR LAMPADAS DE LED.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3321/indicacao_no_66_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3321/indicacao_no_66_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CENTRO DE RECREAÇÃO E LAZER NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3322/indicacao_no_67_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3322/indicacao_no_67_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE SAÚDE, QUE OBJETIVEM COM A ABRANGÊNCIA DO ATENDIMENTO MÉDICO NA UNIDADE DE SAÚDE DA COMUNIDADE DO POSTO LIMEIRA.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3323/indicacao_no_68_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3323/indicacao_no_68_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE COBERTURA EM FRENTE AO PSF DA COMUNIDADE 14 DE AGOSTO. BEM COMO A COLOCAÇÃO DE BANCOS.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3324/indicacao_no_69__dante.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3324/indicacao_no_69__dante.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE QUE OBJETIVEM EM CONTER A EROSÃO SITUADA AS MARGENS DA RODOVIA MT 344, PRÓXIMO DA ENTRADA DO ASSENTAMENTO 14 DE AGOSTO. BEM COMO A RECUPERAÇÃO DA ÁREA PREJUDICADA .</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3325/indicacao_no_70_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3325/indicacao_no_70_jh.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO COM O OBJETIVO DE SUBSTITUIR OU MELHORAR O SISTEMA OPERACIONAL (S.O.) DA AGÊNCIA DA 51ª CIRETRAN DO MUNICÍPIO, VISANDO DAR AGILIDADE E QUALIDADE NO ATENDIMENTO OFERTADO PELO MESMO.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3328/indicacao_no_71_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3328/indicacao_no_71_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E ÓRGÃO COMPETENTE PARA A IMPLANTAÇÃO DE CURSOS PROFISSIONALIZANTES TAIS COMO: CORTE COSTURA, CABELEIREIRO E OUTROS VOLTADOS PARA A ÁREA DE SAÚDE E ESTÉTICA.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3329/indicacao_no_72_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3329/indicacao_no_72_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O FECHAMENTO DO ACESSO DA RUA ARACAJÚ COM A MT 140. BEM COMO ABERTURA DE ACESSO DA RUA MACEIÓ COM A RUA JACIARA.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3330/indicacao_no_73_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3330/indicacao_no_73_nei.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM COBERTURA NA BR 070, SAIDA PARA PRIMAVERA DO LESTE, NAS PROXIMIDADES DA EMPRESA BUNGE.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3331/indicacao_no_74_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3331/indicacao_no_74_kleberson.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CARGA HORÁRIA DE TRABALHO CORRIDA DE SEIS HORAS AO DIA, PARA A EQUIPE DE TRABALHADORES DA COLETA DE LIXO.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM REFORMA DA PARTE ELÉTRICA DA ESCOLA MUNICIPAL JOSÉ GARBUGIO, SITUADA NO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3333/indicacao_no_76_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3333/indicacao_no_76_nei.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RETOMADA E CONCLUSÃO DA INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA DO CAMPO SOCIETY DA COMUNIDADE 28 DE OUTUBRO.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3334/indicacao_no_77_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3334/indicacao_no_77_nei.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE LIMPEZA NO BAIRRO JUPIARA, ONDE AS EQUIPES ENVOLVIDAS REALIZARÃO A LIMPEZA DE TERRENOS BALDIOS, RETIRADA DE LIXOS E OUTROS SERVIÇOS QUE SE FIZEREM NECESSÁRIOS.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3335/indicacao_no_78__polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3335/indicacao_no_78__polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE ÔNIBUS ADAPTADO, E SUA DOAÇÃO DENTRO DOS PRECEITOS LEGAIS, PARA USO EXCLUSIVO AO TRANSPORTE DOS ALUNOS ASSISTIDOS PELA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE CAMPO VERDE - APAE.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3336/indicacao_no_79_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3336/indicacao_no_79_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM CONSTRUÇÃO OU INSTALAÇÃO DE BEBEDOURO NAS PRAÇAS: 04 DE JULHO E SÃO JOÃO PAULO II.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3337/indicacao_no_80_pedro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3337/indicacao_no_80_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA DOS PSFs DAS ÁREAS ANEXADAS AO MUNICÍPIO DE CAMPO VERDE EM VIRTUDE DA VIGÊNCIA DA LEI Nº10.500/2017.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3338/indicacao_no_81_klebersondocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3338/indicacao_no_81_klebersondocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE TIJOLOS DE CONCRETO, TAMBÉM CONHECIDOS COMO “GELO BAIANO” PARA DEMARCAR A PARADA DE ÔNIBUS, LOCALIZADA NA AVENIDA BRASIL EM FRENTE À LOJA MAGAZINE LUIZA</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3340/indicacao_no_82_ze_maria_e_base_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3340/indicacao_no_82_ze_maria_e_base_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de arquibancadas com cobertura no Kartódromo Municipal.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3343/indicacao_no_83_nei_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3343/indicacao_no_83_nei_docx.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com reforma da parte elétrica da Escola Municipal José Garbugio, localizada na Fazenda Paraná.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3341/indicacao_no_84_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3341/indicacao_no_84_silvio_docx.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria Municipal de Saúde, que objetivem com a abrangência do atendimento médico na Unidade de Saúde do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3342/indicacao_no_85_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3342/indicacao_no_85_silvio_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a substituição de lâmpadas do sistema de iluminação do Campo Society da Comunidade do Posto Limeira por lâmpadas de led.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3344/indicacao_no_86_jose_humberto_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3344/indicacao_no_86_jose_humberto_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Governo do Estado com o intuito de que os servidores da área de saúde recebam treinamentos para atender casos suspeitos de coronavírus no Município.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3345/indicacao_no_87_cicero_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3345/indicacao_no_87_cicero_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com o recuo da lombada localizada na Avenida Brasília em frente ao Restaurante Campinense, e construir esta antes do Centro Educacional Castelo.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3346/indicacao_no_88_joao_alaene_e_jucadocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3346/indicacao_no_88_joao_alaene_e_jucadocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se realizar ação conjunta com o Cartório Eleitoral, com o objetivo de realizar cronograma de regularização eleitoral para as áreas anexadas ao Município de Campo Verde, fornecendo transporte público gratuito aos que não possuam condições financeiras para se locomoverem.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3347/indicacao_no_89_juca_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3347/indicacao_no_89_juca_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a destinação de Kits de Materiais de construção para as famílias de baixa renda, visando principalmente as mães chefes de família e idosos que já possuam lotes, bem como o kit calçada.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3348/indicacao_no_90_nei_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3348/indicacao_no_90_nei_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a instalação de academia pública no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3349/indicacao_no_91_dante.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3349/indicacao_no_91_dante.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem a construção de calçada em frente da propriedade da família Cocco na Rua Aroeira.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3350/indicacao_no_92_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3350/indicacao_no_92_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS NO SENTIDO DE REALIZAR AMPLIAÇÃO DOS QUIOSQUES PERTENCENTES AO MUNICÍPIO DE CAMPO VERDE, LOCALIZADOS NA PRAÇA SÃO JOÃO PAULO II.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3358/indicacao_no_93_nei_e_base_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3358/indicacao_no_93_nei_e_base_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a aquisição de nova frota de ônibus escolar para atender a zona rural do Município.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3359/indicacao_no_94_juca_joao_alaenecx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3359/indicacao_no_94_juca_joao_alaenecx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em repassar o dinheiro que seria utilizado no evento Expoverde para a implantação de UTI - Unidade de Tratamento Intensivo em espaço existente no Hospital Municipal da Cidade.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas de viabilizar a criação de uma Vila Militar, com a construção de casas para concessão em sistema de comodato para Policiais Militares de nossa cidade.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3361/indicacao_no_96_silviocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3361/indicacao_no_96_silviocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de conceder aumento do adicional de insalubridade aos profissionais que atuam na área de saúde no Município, sendo este teto de 40% durante o período de combate à pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3362/indicacao_no_97_silviocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3362/indicacao_no_97_silviocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em suspender temporariamente as mensalidades de uso dos quiosques das Áreas de Lazer e Praças Municipais, durante o período que houver à pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3363/indicacao_no_98_dantte_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3363/indicacao_no_98_dantte_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto as empresas provedoras de internet do Município no intuito de que as mesmas realizem manutenção em seus cabos de fornecimento, pois há inúmeros locais com estes quebrados e pendurados até o chão das vias, causando risco de acidente.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3364/indicacao_no_99_jh_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3364/indicacao_no_99_jh_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Obras e Serviços Públicos que objetivem com abertura de acesso no canteiro central da Avenida dos Trabalhadores com a Rua Natal.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao proprietário da área localiza na Avenida Marechal Cândido Rondon, no intuito de construir calçada. A mesma encontra-se do lado direito da Avenida, tendo início a partir dos fundos da Empresa Cooperfibra até a Avenida Mato Grosso. Bem como ampliação da iluminação pública desta em toda sua extensão.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3366/indicacao_no_101_jucacx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3366/indicacao_no_101_jucacx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de calçadas com rampa de acesso em todos os prédios públicos em especial no entorno da escola Ledy Anita Brescancim e Estádio Ivo Rauber Junior</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3367/indicacao_no_102_silvio_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3367/indicacao_no_102_silvio_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a prorrogação nos prazos dos pagamentos do Imposto Predial e Territorial Urbano (IPTU) dos moradores e do Imposto Sobre Serviço de Qualquer Natureza (ISS) para as empresas que não estão funcionando por orientação ou determinação do Poder Público em virtude da pandemia provocada pelo COVID-19.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3371/indicacao_no_103_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3371/indicacao_no_103_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas para que haja a distribuição de kit merenda escolar aos alunos em situação de vulnerabilidade no período que houver contenção nas redes de ensino no que diz respeito à pandemia do coronavírus.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3372/indicacao_no_104.dante.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3372/indicacao_no_104.dante.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em promover a desinfecção das áreas de grande fluxo de pessoas no Município, assim neutralizando o novo coronavírus e evitando sua propagação</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3373/indicacao_no_105.ney.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3373/indicacao_no_105.ney.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Assistência Social e demais Órgãos competentes, para que haja a distribuição de cestas básicas para famílias em situação de vulnerabilidade no período de contenção do COVID-19.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3374/indicacao_no_106_.dante.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3374/indicacao_no_106_.dante.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao PROCON de Campo Verde no intuito de intensificar a fiscalização para evitar aumento abusivo de preço nos comércios onde está havendo alta procura de produtos por conta da pandemia de coronavírus. Dando atenção especial aos que comercializam gêneros alimentícios.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3375/indicacao_no_107_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3375/indicacao_no_107_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a ornamentação, paisagismo e arborização no canteiro entre a Avenida Senador Atílio Fontana e BR 070, no trecho que compreende a empresa Bunge até a Iguaçu Máquinas Agrícolas.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3376/indicacao_no_108_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3376/indicacao_no_108_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Habitação no intuito de realizar levantamento das casas que se encontram em situação de abandono em todos os conjuntos habitacionais do Município, no intuito de se realizar ação em conjunto com demais Órgãos competentes, visando limpeza externa destas.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3377/indicacao_109_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3377/indicacao_109_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A CONCESSIONÁRIA ÁGUAS DE CAMPO VERDE E CORPO DE BOMBEIRO, PARA ESTUDO DE PROJETO DE IMPLANTAÇÃO DE HIDRANTES A SEREM DISTRIBUÍDOS AO LONGO DA REDE PÚBLICA DE DISTRIBUIÇÃO.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3378/indicacao_110_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3378/indicacao_110_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DAR CONTINUIDADE A CONSTRUÇÃO DO CANTEIRO ENTRE A AVENIDA SENADOR ATÍLIO FONTANA E BR 070, ATÉ A ENTRADA QUE DÁ ACESSO AOS BAIRROS JARDIM AMÉRICA E SANTA ROSA.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3379/indicacao_111_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3379/indicacao_111_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DA PONTE DE MADEIRA DO RIO DAS MORTES POR PONTE DE CONCRETO, A MESMA LOCALIZA-SE NA MT RURAL 251 E DÁ ACESSO AO ASSENTAMENTO DOM OSÓRIO</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3380/indicacao_112_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3380/indicacao_112_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DESTINAR ÁREA DEVIDAMENTE CERCADA PARA PONTO DE COLETA DE LIXO COMUM DA ÁREA RURAL NA AGROVILA JOÃO PONCE. BENEFICIANDO OS MORADORES DA ÁREA RURAL, UMA VEZ QUE A COLETA SELETIVA DE LIXO ACONTECE APENAS NO NÚCLEO URBANO DA VILA.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3381/indicacao_113_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3381/indicacao_113_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE VIGILANTE PARA TODAS AS PRAÇAS DO MUNICÍPIO, QUE OFEREÇAM ALÉM DE LAZER A COMERCIALIZAÇÃO DE PRODUTOS DE GÊNERO ALIMENTÍCIO.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3382/indicacao_114_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3382/indicacao_114_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE CONTRATAR FISCAL PARA PROCON DE CAMPO VERDE NO INTUITO DE INTENSIFICAR A FISCALIZAÇÃO NO COMERCIO LOCAL.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3383/indicacao_115_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3383/indicacao_115_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SETOR COMPETENTE, VISANDO REALIZAR A PINTURA DAS LOMBADAS, FAIXAS DE PEDESTRES E SINALIZAÇÕES HORIZONTAIS EXISTENTES NO ÂMBITO DO PERÍMETRO URBANO DO MUNICÍPIO. AINDA PEÇO QUE REALIZE A PINTURA DE FUNDO DAS FAIXAS DE PEDESTRE NA COR VERMELHA E BRANCO.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3385/indicacao_n_116_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3385/indicacao_n_116_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE AGRICULTURA E MEIO AMBIENTE E SECRETARIA DE VIAÇÃO, OBRAS E SERVIÇOS PÚBLICOS, NO INTUITO DE ATERRAR E CASCALHAR OS CURRAIS DOS CADASTRADOS NA AGRICULTURA FAMILIAR DO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3386/indicacao_n_117_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3386/indicacao_n_117_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO SECRETARIA DE VIAÇÃO, OBRAS E SERVIÇOS PÚBLICOS, COM O OBJETIVO DE REALIZAR LIMPEZA E MANUTENÇÃO DO PARQUE DE EXPOSIÇÕES MARCO ANTÔNIO ESTEVES DA ROCHA.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3387/indicacao_n_118_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3387/indicacao_n_118_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE CONTRATAR (ACE) AGENTE COMUNITÁRIO DE ENDEMIAS PARA ATUAREM NOS ASSENTAMENTOS E COMUNIDADES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3388/indicacao_n_119_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3388/indicacao_n_119_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM NOTIFICAR O PROPRIETÁRIO OU PROPRIETÁRIOS DA ÁREA LOCALIZA NO LADO DIREITO DA AVENIDA MARECHAL CÂNDIDO RONDON, TENDO INÍCIO A PARTIR DOS FUNDOS DA EMPRESA COOPERFIBRA ATÉ A AVENIDA MATO GROSSO, PARA QUE ESTES REALIZEM A DEVIDA MANUTENÇÃO E LIMPEZA DESTES.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3389/indicacao_n_120_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3389/indicacao_n_120_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE SE TOMAR MEDIDAS FOCADAS NA EXPANSÃO DA ESTRUTURA DE COMBATE AO COVID-19, COM SELEÇÕES SIMPLIFICADAS PARA CONTRATAÇÃO TEMPORÁRIA DOS PROFISSIONAIS DE SAÚDE PARA TRABALHAR NA REDE PÚBLICA DURANTE A PANDEMIA DO NOVO CORONAVÍRUS.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3390/indicacao_n_121_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3390/indicacao_n_121_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RETOMADA E FINALIZAÇÃO DA OBRA DO PROJETO DE FORNECIMENTO DE ÁGUA POTÁVEL NA COMUNIDADE RIO DA CASCA/RESERVA DA ENERGISA NA AGROVILA JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3391/indicacao_n_122_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3391/indicacao_n_122_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ELABORAÇÃO DE PROJETO DE OBRAS DE PAVIMENTAÇÃO ASFÁLTICA E DRENAGEM DAS VIAS DO DISTRITO INDUSTRIAL DE CAMPO VERDE. BEM COMO SEU ENVIO AO MINISTÉRIO DAS CIDADES, COM O OBJETIVO DE CAPTAR RECURSOS JUNTO AO MESMO.</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3392/indicacao_n_123_sil._ped._nei.soldocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3392/indicacao_n_123_sil._ped._nei.soldocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE REALIZAR TERMO DE COOPERAÇÃO TÉCNICA E FINANCEIRA POR MEIO DE CONVÊNIO ENTRE AS MALHARIAS OU OUTROS FABRICANTES DE CONFECÇÃO DO MUNICÍPIO, NO INTUITO DE CONFECCIONAR E DISTRIBUIR GRATUITAMENTE MÁSCARAS DE PANO PARA MORADORES QUE NÃO TÊM CONDIÇÕES DE COMPRAR DURANTE A PANDEMIA DE CORONAVÍRUS (COVID-19).</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3393/indicacao_n_124_sil._ped._ge._kl.jmdocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3393/indicacao_n_124_sil._ped._ge._kl.jmdocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS COM O OBJETIVO DE INTENSIFICAR A FISCALIZAÇÃO E EMISSÕES DE NOTIFICAÇÕES AOS PROPRIETÁRIOS DE TERRENOS SEM MANUTENÇÃO, PARA QUE EXECUTEM A LIMPEZA EM SEUS LOTES JÁ QUE ESSA É UMA RESPONSABILIDADE PREVISTA NA LEI MUNICIPAL. FRISANDO QUE TAL MEDIDA SE DEVE AO FATO DO MUNICÍPIO DE CAMPO VERDE TER REGISTRADO UM GRANDE AUMENTO NOS CASOS DE DENGUE.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Gessy do Bar</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3407/indicacao_no_125_gessy_8ymj1qJ.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3407/indicacao_no_125_gessy_8ymj1qJ.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE BUSCAR RECURSOS PARA A AQUISIÇÃO DE ÔNIBUS PARA A SECRETARIA MUNICIPAL DE DESENVOLVIMENTO AGRÍCOLA E MEIO AMBIENTE, VISANDO O TRANSPORTE DOS COLABORADORES DO ATERRO SANITÁRIO.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3397/indicacao_n_126_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3397/indicacao_n_126_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE REALIZAR LEVANTAMENTO E ESTUDO JUNTO AS EMPRESAS DE PEQUENO PORTE, MICROEMPRESAS E MICROEMPREENDEDORES INDIVIDUAIS, QUE ESTEJAM EM DEBITO TRIBUTÁRIO A PARTIR DO VALOR DE DEZ MIL REAIS, PARA QUE ESTES POSSAM SANAR SUAS DÍVIDAS  EM FORMA DE PRESTAÇÃO DE SERVIÇOS CONFORME AS NECESSIDADES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3408/indicacao_no_127_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3408/indicacao_no_127_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AOS BANCOS PARA REALIZAR A SUSPENSÃO DO DÉBITO NA FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS, REFERENTES ÀS PARCELAS DOS EMPRÉSTIMOS CONSIGNADOS POR TRÊS MESES E DIMINUIR O VALOR MÁXIMO DAS TAXAS DE JUROS NOS EMPRÉSTIMOS.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3399/indicacao_n_128_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3399/indicacao_n_128_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO FEDERAL NO INTUITO DE SE REALIZAR ISENÇÃO DA CONTA DE ENERGIA ELÉTRICA AOS CONSUMIDORES DE BAIXA RENDA DO MUNICÍPIO DE CAMPO VERDE, CONFORME MEDIDA PROVISÓRIA EDITADA PELO MESMO.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3400/indicacao_n_129_polito_IpUSpoJ.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3400/indicacao_n_129_polito_IpUSpoJ.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO QUE PARTE DOS REPASSES ANTECIPADOS DO DUODÉCIMO EFETUADO POR ESTA CASA DE LEIS, EM PROL DAS NECESSIDADES EMERGENCIAIS DA PANDEMIA COVID-19, SEJAM DIRECIONADAS A COMPRA E DISTRIBUIÇÃO DE CESTAS BÁSICAS A FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3401/indicacao_n_130_kle_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3401/indicacao_n_130_kle_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE POSTO POLICIAL ENTRE OS BAIRROS JARDIM AMÉRICA E RECANTO DOS PÁSSAROS II.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3402/indicacao_n_131_klebersondocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3402/indicacao_n_131_klebersondocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM ABRIGO NO NÚCLEO URBANO DA COMUNIDADE MATA GRANDE.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3403/indicacao_n_132_kle_s_nei_gesdocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3403/indicacao_n_132_kle_s_nei_gesdocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM MAIOR DIVULGAÇÃO/PUBLICIDADE POR MEIO DE CARRO DE SOM, FAIXAS NAS ENTRADAS DOS BAIRROS E OUTROS, INFORMANDO OS DIAS QUE OCORRERÃO COLETA DO LIXO RECICLÁVEL NOS BAIRROS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3404/indicacao_no_133_pedro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3404/indicacao_no_133_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE AGRICULTURA ABASTECIMENTO E MEIO AMBIENTE, NO INTUITO DE CRIAR PROGRAMA DE INCENTIVO À OVINOCULTURA, ATRAVÉS DE DISTRIBUIÇÃO DE MATRIZES AOS PEQUENOS E MÉDIOS PRODUTORES INTERESSADOS E QUE PREENCHAM OS REQUISITOS PREESTABELECIDOS PARA ESTE CADASTRAMENTO.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3405/indicacao_no_134_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3405/indicacao_no_134_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PSF NO BAIRRO RECANTO DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3406/indicacao_no_135_pedro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3406/indicacao_no_135_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE CONSTRUIR CALÇADA NA ROTATÓRIA QUE LIGA AS AVENIDAS MATO GROSSO, GOIÁS E SANTA MARIA COM A RODOVIA MT 140 NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3416/indicacao_no_136_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3416/indicacao_no_136_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS PARA A CRIAÇÃO DE PROJETO DE LEI PARA PRORROGAÇÃO DO PRAZO PARA PAGAMENTO E SUSPENSÃO DE CORTE NO FORNECIMENTO DE SERVIÇOS BÁSICOS, (ÁGUA E ENERGIA ELÉTRICA) TANTO DE PESSOAS FÍSICAS QUANTO DE MICRO E PEQUENAS EMPRESAS DO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3417/indicacao_no_137_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3417/indicacao_no_137_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO À CAIXA ECONÔMICA FEDERAL, NO INTUITO DE FORMAR EQUIPE PARA O AUXÍLIO DO CADASTRO NO “APP CAIXA/AUXÍLIO EMERGENCIAL”.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3418/indicacao_no_138_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3418/indicacao_no_138_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA ÁGUAS DE CAMPO VERDE QUE OBJETIVEM COM A PERFURAÇÃO DE POÇO ARTESIANO NO BAIRRO GREENVILLE, SENDO ESTE DE GRANDE PORTE COM INTERLIGAÇÃO DE REDE NOS BAIRROS VALE DO SOL, BELVEDERE E CHÁCARA DAS UVAS.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3419/indicacao_no_139_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3419/indicacao_no_139_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A VENDA DE PARTE DAS ÁREAS/TERRENOS PERTENCENTES A “OPERAÇÃO LOTE LIMPO”, (Q.06, L09 LOTEAMENTO BELVEDERE, Q.20, L04 LOTEAMENTO ESTAÇÃO DA LUZ, Q.28, L.1ª E Q.21, L.1ª AMBOS OS LOTEAMENTO NO SÃO MIGUEL E Q.06, L.5 LOTEAMENTO RESIDENCIAL CUIABÁ), NO INTUITO DE ANGARIAR RECURSOS PARA AJUDA DE CUSTO NA IMPLANTAÇÃO DE UTI NO MUNICIPIO.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t xml:space="preserve">Solivan Fonseca, Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3421/indicacao_no_140_solivan._e_basedocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3421/indicacao_no_140_solivan._e_basedocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM AQUISIÇÃO E DISTRIBUIÇÃO DE SEMENTES HORTIFRUTI PARA A AGRICULTURA FAMILIAR DE BAIXA RENDA DO ASSENTAMENTO 14 DE AGOSTO.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3422/indicacao_no_141_jh._e_basedocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3422/indicacao_no_141_jh._e_basedocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO NAS VIAS DE ACESSO DO BAIRRO BORDAS DO LAGO.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3423/indicacao_no_142_keblerson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3423/indicacao_no_142_keblerson.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A ORNAMENTAÇÃO, PAISAGISMO E ARBORIZAÇÃO NO CANTEIRO CENTRAL DA AVENIDA SÃO CRISTÓVÃO, NO TRECHO QUE COMPREENDE OS BAIRROS RECANTO DOS PÁSSAROS I ATÉ O SANTA ROSA. BEM COMO A CONSTRUÇÃO DE CALÇADA NO MESMO.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t xml:space="preserve">Nei do Dom Ozorio - PT, Gessy do Bar, Kleberson Almeida, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3424/indicacao_no_143_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3424/indicacao_no_143_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RETOMADA E CONCLUSÃO DA OBRA DO CAMPO SOCIETY NO ASSESTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3425/indicacao_no_144_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3425/indicacao_no_144_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE BUSCAR PARCERIA PARA CONCESSÃO DE ESPAÇO ADEQUADO NAS CLINICAS VETERINÁRIAS E PETS PARTICULARES, COM O OBJETIVO DE REALIZAR CAMPANHA DE CASTRAÇÃO DE ANIMAIS DE PEQUENO PORTE (CÃES E GATOS), SENDO ESTES REALIZADOS PELOS VETERINÁRIOS DO MUNICÍPIO E O ESPAÇO PAGO ATRAVÉS DE ISENÇÃO DE IMPOSTO.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3426/indicacao_no_145_nei_e_base.docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3426/indicacao_no_145_nei_e_base.docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA GERAL DO “QUIOSQUE” LOCALIZADO AO LADO DAS SALAS ANEXAS DA ESCOLA JOSÉ GARBUGIO, NO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3427/indicacao_no_146_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3427/indicacao_no_146_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE ROTATÓRIA NO ENTRONCAMENTO DA AVENIDA DOS TRABALHADORES COM A RUA DO SABER E RUA GOIÂNIA.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Cambara, Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A PERFURAÇÃO DE POÇO ARTESIANO PARA ATENDER A POPULAÇÃO DA COMUNIDADE DA MATA GRANDE. BEM COMO RESERVATÓRIO E REDE DE DISTRIBUIÇÃO.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>João Fique Frio, Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3435/indicacao_no_148_joao_e_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3435/indicacao_no_148_joao_e_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a contratação de servidores especializados em poda de árvores para o Município de Campo Verde.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3436/indicacao_no_149_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3436/indicacao_no_149_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto à iniciativa privada com o objetivo de viabilizar a construção de Asilo/Casa de Repouso para Idosos no Município de Campo Verde.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3437/indicacao_no_150_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3437/indicacao_no_150_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Empresa Energisa, para que a mesma implante a rede de energia elétrica mestra na beira das estradas no Assentamento Santo Antônio da Fartura. Bem como a retirada destas de dentro das propriedades.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3438/indicacao_no_151_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3438/indicacao_no_151_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a implantação de Posto Policial na Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3439/indicacao_no_152_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3439/indicacao_no_152_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Concessionária Energisa para realizar poda de árvores no Assentamento Dom Osório, que estão sob a linha/rede de transmissão de energia elétrica.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Silvio Eventos, Gessy do Bar, Nei do Dom Ozorio - PT, Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3440/indicacao_no_153_sil_p_g_neidocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3440/indicacao_no_153_sil_p_g_neidocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de ponto de ônibus com abrigo no Assentamento 28 de Outubro.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Kleberson Almeida, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3441/indicacao_no_154_sil_s_jm_k_cx_mQqyk4F.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3441/indicacao_no_154_sil_s_jm_k_cx_mQqyk4F.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de Centro de Recreação no Bairro  Santa Rosa.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3442/indicacao_no_155_joao_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3442/indicacao_no_155_joao_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Governo Federal para que haja este ano o “Dia D”, campanha de vacinação antirrábica em cães e gatos. Tendo em vista que em 2019 essa ação não foi realizada em nosso Município, devido ao Ministério da Saúde não ter enviado as doses.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3443/indicacao_no_156_polito_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3443/indicacao_no_156_polito_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em firmar novo termo de convênio com a Associação de Assistência e Recuperação de Vítimas do Álcool e das Drogas – Resgate Vida, conforme Artigo 3º da Lei nº 2.073/2015.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t xml:space="preserve">Kleberson Almeida, Gessy do Bar, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3444/indicacao_no_157_kleberson_cx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3444/indicacao_no_157_kleberson_cx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção ou reaproveitamento de espaço para a implantação de creche para atender a população da Comunidade Agrovila João Ponce de Arruda.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3445/indicacao_no_158_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3445/indicacao_no_158_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas com o intuito de realizar fornecimento de estrutura para garantir a segurança e conforto à população que busca receber atendimento nas unidades da Caixa Econômica Federal e Correios, evitando a aglomeração e assim diminuir o contágio do COVID-19.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t xml:space="preserve">Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3451/indicacao_no_159_gessy.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3451/indicacao_no_159_gessy.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a ornamentação, paisagismo e arborização do pátio da UPA Círio Schenkel.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Zé Maria , Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3452/indicacao_no_160_jm.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3452/indicacao_no_160_jm.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a inclusão de ônibus escolar adaptado na futura aquisição dos veículos destinado a Secretaria de Educação. O mesmo será destinado a atender os alunos com necessidades especiais no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Silvio Eventos, Pedro Cambara, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3453/indicacao_no_161_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3453/indicacao_no_161_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Secretário de Segurança Pública do Estado de Mato Grosso, solicitando providências no sentido de promover o aumento de Policial Militar efetivo para o Município de Campo Verde.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3454/indicacao_no_162_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3454/indicacao_no_162_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria Municipal de Desenvolvimento Agrícola e Meio Ambiente, para promover “Dia de Campo” no segmento da ovinocultura no Município de Campo Verde.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3455/indicacao_no_163_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3455/indicacao_no_163_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com o plantio de grama na área interna do Cemitério Municipal São Pedro.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3456/indicacao_no_164_joaodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3456/indicacao_no_164_joaodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção ou reaproveitamento de espaço para a implantação de creche para atender a população da Comunidade do Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>Kleberson Almeida, Gessy do Bar, Nei do Dom Ozorio - PT, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3457/indicacao_no_165_klebersondocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3457/indicacao_no_165_klebersondocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas para ocorrer rondas Policiais semanalmente ou quinzenalmente na Comunidade da Agrovila João Ponce de Arruda, por meio de termo de cooperação celebrado com o Município de Campo Verde através da Lei nº. 2.331, de 22 de dezembro de 2017.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Gessy do Bar</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3458/indicacao_no_166_neison.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3458/indicacao_no_166_neison.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de adesivar a logomarca da Administração Pública 2017/2020, nas janelas do ônibus de uso da Agricultura Familiar.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3459/indicacao_no_167_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3459/indicacao_no_167_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas para aderir à pactuação do Programa Novos Caminhos, do Ministério da Educação (MEC), a fim de oferta gratuitamente, em conjunto com instituições públicas de ensino, vagas em cursos de ensino a distância (EaD) de qualificação profissional e técnicos.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3460/indicacao_no_168_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3460/indicacao_no_168_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a arborização nas sedes dos Assentamentos: 28 de Outubro, 14 Agosto e 04 de Outubro. Bem como a instalação de academia pública nos referidos locais.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3461/indicacao_no_169_neison.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3461/indicacao_no_169_neison.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria Estadual de Educação - SEDUC com objetivo de realizar manutenção na Escola Estadual Boa Esperança localizada no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3462/indicacao_no_170_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3462/indicacao_no_170_polito.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas de Projeto para criação de depósito para o recebimento de sobras de materiais de construção das empresas, comércios, pessoas físicas e obras do Município. Estes materiais serão doados as pessoas carentes e entidades do Município de Campo Verde.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3469/indicacao_no_171_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3469/indicacao_no_171_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em disponibilizar um caminhão pipa para molhar as vias do núcleo urbano da Comunidade Agrovila Ponce de Arruda.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3470/indicacao_no_172_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3470/indicacao_no_172_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em buscar parceria com órgãos competentes no intuito de criar central de denúncias e monitoramento nas redes sociais, visando o combate ao abuso e à exploração sexual infantil.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3471/indicacao_no_173_-_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3471/indicacao_no_173_-_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em firmar Termo de Cooperação com a ONG Patinhas Carentes, no intuito de viabilizar veículo para transporte e resgate de animais de pequeno porte no Munícipio. Bem como disponibilizar cota mensal de ração para caninos e felinos.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Gessy do Bar, Moises Polito, Nei do Dom Ozorio - PT, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3472/indicacao_no_174_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3472/indicacao_no_174_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas para intensificar as rondas policiais nas praças do município e centros comerciais, por meio de termo de cooperação celebrado com o Município de Campo Verde através da Lei nº. 2.331, de 22 de dezembro de 2017.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Silvio Eventos, Kleberson Almeida, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3473/indicacao_no_175_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3473/indicacao_no_175_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo e implantação de calçadas com acessibilidade nos Bairros: Jupiara, Bordas do Lago e Recanto do Bosque.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3474/indicacao_no_176_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3474/indicacao_no_176_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de conceder aumento do adicional de insalubridade aos profissionais que atuam como motoristas na área de saúde no Município, sendo este teto de 40% durante o período de combate à pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3475/indicacao_no_177_jm.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3475/indicacao_no_177_jm.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de pleitear junto ao Governo do Estado e Ministério da Saúde no intuito de adquirir duas ambulâncias para a Secretaria Municipal de Saúde de Campo Verde.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3476/indicacao_no_178_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3476/indicacao_no_178_kleberson.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas para colaborar com a ONG Patinhas Carentes, no intuito de auxiliar nos resgates que apresentarem risco a estes; tal propositura se daria através do termo de cooperação celebrado com o Município de Campo Verde através da Lei Nº. 2.331, de 22 de dezembro de 2017.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3477/indicacao_no_179_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3477/indicacao_no_179_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com mutirão de limpeza na zona urbana do Município, principalmente nas entradas da cidade. Bem como ornamentação e paisagismo.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3478/indicacao_no_180_-_j_h.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3478/indicacao_no_180_-_j_h.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em intervir junto ao Governo do Estado, no intuito de adquirir Caminhão viatura de combate a incêndios e resgate – ABT (Auto Bomba Tanque), para o Corpo de Bombeiros do Município de Campo Verde.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3479/indicacao_no_181_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3479/indicacao_no_181_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com construção de ponte sobre o Rio Piraputanga, interligando o Assentamento 04 de Outubro ao 14 de Agosto.</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3480/indicacao_no_182_politos.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3480/indicacao_no_182_politos.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Saúde no intuito de disponibilizar o teste rápido do CONVID-19 para identificar o coronavírus (SARS-CoV-2), entre os Servidores da Educação que estão em atividade exercendo suas atribuições no Município de Campo Verde.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3481/indicacao_no_183_nei_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3481/indicacao_no_183_nei_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao departamento competente para a disponibilização de banheiros químicos nas feiras para atender os consumidores e feirantes.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3484/indicacao_no_184_nei_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3484/indicacao_no_184_nei_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao departamento competente para disponibilizar banheiros químicos nas feiras dos bairros que ocorrem na Avenida João Goulart, Bairro Cidade Alta e Avenida dos Trabalhadores, Bairro São Lourenço, buscando assim beneficiar não só os feirantes mais também a população que frequenta o local.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t xml:space="preserve">Moises Polito, Silvio Eventos, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3485/indicacao_no_185_polito_sildocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3485/indicacao_no_185_polito_sildocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de realizar parcelamento dos valores dos aluguéis referentes ao período de março a maio do corrente ano, dos quiosques localizados em áreas públicas do Município.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3486/indicacao_no_186_danttedocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3486/indicacao_no_186_danttedocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de implantar o uso de Tecnologia da Informação na Educação Municipal (TI), adquirindo data show e notebooks para todas as salas de aula. Bem como disponibilizar internet e repetidor de sinal wi-fi.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Boneca, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3487/indicacao_no_187_bonecadocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3487/indicacao_no_187_bonecadocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de criar verba indenizatória de até R$ 700,00 (setecentos reais) para os servidores da saúde que atuam diretamente no combate à pandemia do novo coronavírus.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3488/indicacao_no_188_klebersondocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3488/indicacao_no_188_klebersondocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao departamento competente com o objetivo de interdição de trafego de veículos nas vias no período em que ocorrem as feiras na Avenida Mato Grosso – Região Sul, Bairro Belvedere e Avenida Presidente João Goulart, Bairro Cidade Alta, visando evitar possíveis acidentes e ofertar segurança aos feirantes e seus frequentadores.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3489/indicacao_no_189_jucacx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3489/indicacao_no_189_jucacx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Obras, com o intuito de realizar operação tapa buraco e recuperação com lama asfáltica nas vias do Município, principalmente nos Bairros Recanto do Bosque I e Jupiara.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3490/indicacao_no_190_gessycx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3490/indicacao_no_190_gessycx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em propor a Empresa BRF (sadia) à permuta da área de terra que a mesma possui nos fundos do escritório, por outra área, para possibilitar a construção de uma Praça de Lazer no Bairro São Lourenço.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Silvio Eventos, Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3491/indicacao_no_191_silviocx_rWl49gc.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3491/indicacao_no_191_silviocx_rWl49gc.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a implantação de ponto para  coleta de lixo na Vila da Comunidade do Mata Grande.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3492/indicacao_no_192_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3492/indicacao_no_192_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a realização de levantamento e disponibilização de áreas/terrenos Públicos, incluindo os da “Operação Lote Limpo”,  que possam ser doados ou feito permuta por bens imóveis, para a instalação ou ampliação de Empresas ou Industrias no Município.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t xml:space="preserve">Nei do Dom Ozorio - PT, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3493/indicacao_no_193_silviocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3493/indicacao_no_193_silviocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas objetivem com a implantação de iluminação no campo de futebol Society localizado na Comunidade do Mata Grande.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3494/indicacao_no_194_joao-boneca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3494/indicacao_no_194_joao-boneca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Governo do Estado, no intuito de construir ciclovia de preferência bidirecional (sentido duplo de circulação) ligando a área urbana de Campo Verde e o Trevo do Gardez na MT 140.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3495/indicacao_no_195._pedro-base_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3495/indicacao_no_195._pedro-base_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com o patrolamento e encascalhamento da Avenida Lourival Lopes, que liga a BR 070 com a empresa Noble Brasil. Bem como estender a melhoria a todo Setor Industrial de Campo Verde.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Silvio Eventos, Nei do Dom Ozorio - PT, Pedro Cambara, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3496/indicacao_no_196_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3496/indicacao_no_196_silvio_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em firmar Termo de Colaboração com ONG Patinhas Carentes, no intuito de viabilizar recursos que deverão ser utilizados para manutenção da entidade, compra de ração, medicamentos, materiais e produtos de limpeza, além de pagamentos de serviços veterinários.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3497/indicacao_no_197_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3497/indicacao_no_197_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto as redes privadas de ensino do Munícipio, com o intuito de se fazer valer a Lei Estadual nº 11.150/2020, que concede descontos nas mensalidades enquanto permanecer o período de suspensão de aulas presenciais nas escolas e universidade em razão da pandemia causada pela Covid-19.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3498/indicacao_no_198_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3498/indicacao_no_198_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se buscar parceria com Faculdade de Direito e Agronegócio, no intuito de realizar o Programa Bolsa Universidade, que concede bolsa de estudo parcial a estudantes universitários de baixa renda com a doação de até 80% da bolsa.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Gessy do Bar, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3499/indicacao_no_199_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3499/indicacao_no_199_silvio_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo e implantação de calçadas com acessibilidade no Bairro Belvedere.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3500/indicacao_no_200_juca_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3500/indicacao_no_200_juca_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com implantação de marcadores de distância mínima necessária para evitar a contaminação pelo novo coronavírus nos Órgãos Públicos.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3501/indicacao_no_201_kleberson_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3501/indicacao_no_201_kleberson_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao órgão competente, para viabilizar a abertura de via de acesso na área pública localizada ao lado Mini Estádio Lucas Rudnick, entre as Avenidas Mato Grosso e Rotary Internacional, visando promover maior acessibilidade entre as mesmas.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3502/indicacao_no_202_nei_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3502/indicacao_no_202_nei_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto à iniciativa privada com o objetivo de se realizar união de esforços para a montagem de laticínio no Município de Campo Verde,  afim de contribuir com os produtores de leite da região, tendo em vista a grande demanda de escoamento deste produto.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t xml:space="preserve">Nei do Dom Ozorio - PT, Gessy do Bar, Moises Polito, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3503/indicacao_no_203_nei_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3503/indicacao_no_203_nei_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Instituto Nacional de Colonização e Reforma Agrária (INCRA), no intuito de implantar escritório desta conceituada instituição no Município de Campo Verde, visando atender a demanda da cidade e demais cidades vizinhas.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3504/indicacao_no_204_gessy.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3504/indicacao_no_204_gessy.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com recuperação com lama asfáltica nos Bairros: Bordas do Lago, Eckert, Bom Clima, Jardim Campo Verde, Cidade Alta e Bela Vista. Bem como a implantação de sinalização de trânsito, reparo e revitalização onde houver necessidade.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3505/indicacao_no_205_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3505/indicacao_no_205_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Saúde, afim de adquirir kits de teste rápido do COVID-19, no intuito de realizar a testagem deste juntamente com a utilização do termômetro digital laser em massa no Município de Campo Verde, visando ofertar segurança na liberação de todo seguimento comercial.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3506/indicacao_no_206_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3506/indicacao_no_206_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto aos órgãos competentes com o objetivo de implantar no Município de Campo Verde a Patrulha Maria da Penha enquanto perdurar a pandemia.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3518/indicacao_no__207_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3518/indicacao_no__207_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em buscar parceria com órgão competente e Instituições de Ensino, no intuito de trazer para o Município de Campo Verde Curso de Técnico em Veterinária.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3519/indicacao_no__208_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3519/indicacao_no__208_polito.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com o patrolamento e encascalhamento da estrada que dá acesso a Comunidade Mata Grande.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3520/indicacao_no__209_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3520/indicacao_no__209_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Saúde e Hospital Municipal Coração de Jesus (ASAS), com o objetivo de realizar a retomada das cirurgias eletivas no Município de Campo Verde.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3521/indicacao_no__210_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3521/indicacao_no__210_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a reforma geral de todas as Escolas Municipais.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3522/indicacao_no__211_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3522/indicacao_no__211_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a criação de galpão comercial para centro de distribuição no Distrito Industrial, visando atender o comercio e assim melhorar a trafegabilidade do centro de Campo Verde.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Gessy do Bar, Nei do Dom Ozorio - PT, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3523/indicacao_no__212_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3523/indicacao_no__212_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de PSF no Bairro Belvedere.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Silvio Eventos, Kleberson Almeida, Pedro Cambara, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3524/indicacao_no__213_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3524/indicacao_no__213_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a instalação de Academia Pública na Praça dos Três Poderes.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3525/indicacao_no__214_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3525/indicacao_no__214_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo de implantação de estacionamento perpendicular no Canteiro Central que divide a MT 140 da Avenida Santa Maria, sentido BR 070, no trecho que compreende o Posto Ipanema até a Auto Elétrica Campo Verde.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3526/indicacao_no__215_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3526/indicacao_no__215_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Educação do Estado com o objetivo de construir muro no entorno da Escola Alice Barbosa Pacheco localizada no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3530/indicacao_no__216_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3530/indicacao_no__216_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a criação de comissão de Elaboração de Projeto viabilizando a implantação do Campus da UNEMAT para Campo Verde.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3531/indicacao_no__217_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3531/indicacao_no__217_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Saúde e Hospital Municipal Coração de Jesus (ASAS), com o objetivo de realizar o aumento quantitativo das cirurgias eletivas no Município de Campo Verde.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3532/indicacao_no__218_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3532/indicacao_no__218_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se realizar estudo junto ao órgão competente com objetivo de realizar a instalação de redutores de velocidade na Avenida Pedro Garbugio, em ambos os sentidos desta via.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3533/indicacao_no__219_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3533/indicacao_no__219_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se realizar estudo junto ao órgão competente com o objetivo de criar Programa de Terapia online gratuito durante o período de quarentena aos que sofrem com ansiedade, depressão, transtorno obsessivo-compulsivo (TOC) e conflitos intrafamiliares (principalmente agressão a mulher), haja vista que estes vêm se agravando com isolamento.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3534/indicacao_no__220_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3534/indicacao_no__220_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Empresa Águas de Campo Verde que objetivem com a perfuração de poço artesiano para captação exclusiva dos Bairros Greenville I, II e futura terceira etapa. Bem como reservatório e rede de distribuição.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3535/indicacao_no_221_nei_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3535/indicacao_no_221_nei_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Instituto Nacional de Colonização e Reforma Agrária (INCRA), no intuito de implantar unidade avançada na região sul desta conceituada instituição no Município de Campo Verde, visando atender a demanda dos Municípios integrantes da Região Sul do estado de Mato Grosso.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com reforma dos pontos de ônibus nas seguintes localidades: saída para Dom Aquino e saída para Chapada dos Guimarães em frente ao Restaurante Santa Fé. Bem como a ampliação destes onde houver necessidade.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Zé Barbeiro, Moises Polito</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3537/indicacao_no_223_jose_humberto_e_polito_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3537/indicacao_no_223_jose_humberto_e_polito_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Saúde para criação de protocolo de teste do COVID – 19, caso houver um membro da família positivo que este se estenda aos demais moradores da residência, mesmo os assintomáticos. Bem como nas Instituições e Empresas.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3549/indicacao_no__224_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3549/indicacao_no__224_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, , a urgente necessidade de se tomar medidas junto a Empresa Águas de Campo Verde com o objetivo desta adquirir equipamentos técnicos reserva para possíveis substituições, tendo em vista que a empresa precisa se deslocar para o Município de Cuiabá em busca destes equipamentos, o que causa constantes falta de distribuição de água em períodos deveras prolongados. Bem como solicitar maior investimento em estabilizadores de energia, já que a mesma alega este ser um dos fatores que causam a má distribuição.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3550/indicacao_no__225_gessy_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3550/indicacao_no__225_gessy_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a instalação de cerca ou alambrado no entorno dos poços artesianos pertencentes ao Município. Bem como a limpeza destas áreas e colocação de brita.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3551/indicacao_no__226_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3551/indicacao_no__226_kleberson.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas para ocorrer rondas Policiais semanalmente na Comunidade Mata Grande, por meio de termo de cooperação celebrado com o Município de Campo Verde através da Lei nº. 2.331, de 22 de dezembro de 2017.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t xml:space="preserve">Kleberson Almeida, Gessy do Bar, Silvio Eventos, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3552/indicacao_no__227_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3552/indicacao_no__227_kleberson.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao órgão competente com objetivo de realizar a construção de faixa elevada na Avenida Santa Tereza em frente ao Centro Educacional Monteiro Lobato.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Silvio Eventos, Gessy do Bar, Kleberson Almeida, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3555/indicacao_no_228_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3555/indicacao_no_228_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a instalação de academia pública na Praça Central da Vila da Comunidade Mata Grande.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3556/indicacao_no_229_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3556/indicacao_no_229_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao órgão/empresa competente no intuito de instalar transformadores de energia em frente aos PSFs do Município.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3557/indicacao_no_230_jh_TOm6aqO.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3557/indicacao_no_230_jh_TOm6aqO.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas com a construção de PSF na Comunidade 14 de Agosto e 28 de Outubro.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Nei do Dom Ozorio - PT, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3558/indicacao_no_231_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3558/indicacao_no_231_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a urgente necessidade de se realizar estudo de Projeto ou Programa de aporte financeiro ao setor atuante no segmento de eventos, seja este de médio ou pequeno porte, microempresas e microempreendedores individuais. Tal aporte se daria através de cadastro prévio, visando assim identificar os setores e suas necessidades.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3559/indicacao_no_232_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3559/indicacao_no_232_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Empresa Águas de Campo Verde com o objetivo de esta realizar a ampliação/reforço do reservatório do poço AATT 03, localizada no Bairro Belvedere de duzentos mil litros para um milhão de litros. Bem como a instalação de caixas d’agua de grande porte nos poços que não possuam, visando assim garantir o abastecimento.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com o envio de Oficio a Gerencia Regional dos Correios MT, requisitando a contratação de servidores para Agência do Município de Campo Verde.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3582/indicacao_no_234_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3582/indicacao_no_234_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Governo do Estado e Secretaria de Infraestrutura e Logística (SINFRA-MT), com o objetivo de realizar o levantamento da MT 251, no trecho que compreende o Município de Campo Verde até o Município de Nova Brasilândia.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3583/indicacao_no_235_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3583/indicacao_no_235_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Saúde para realizar termo de cooperação ou convenio com a Comunidade de Surdos de Campo Verde no intuito de contratar interprete de Língua Brasileira de Sinais -  LIBRA, para  atender os órgãos públicos do Município na área de saúde.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Gessy do Bar, Kleberson Almeida, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3584/indicacao_no_236_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3584/indicacao_no_236_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Empresa Águas de Campo Verde que objetivem com a perfuração de poços artesianos reservas para atender os Bairros que sofrem constantemente com a falta de distribuição de água. Bem como reservatório e rede de distribuição.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3585/indicacao_no_237_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3585/indicacao_no_237_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a Pavimentação e Implantação de sistema de drenagem de água das chuvas no Pátio interno da Rodoviária Municipal de Campo Verde.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3586/indicacao_no_238_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3586/indicacao_no_238_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a colocação de super postes na Avenida Goiás, no trecho que compreende o Posto Paraná até a Avenida Mato Grosso.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3587/indicacao_no_239_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3587/indicacao_no_239_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao setor competente, visando realizar a pintura das lombadas, faixas de pedestres e sinalizações horizontais existentes no âmbito do perímetro urbano do Município.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>Juca Alves, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3591/indicacao_no_240_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3591/indicacao_no_240_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria Municipal de Fazenda, visando agilizar a emissão do ISSQN: Imposto Sobre Serviços de Qualquer Natureza. Principalmente aos prestadores de serviço terceirizado no transporte de escoamento de produtos rurais.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3592/indicacao_no_241_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3592/indicacao_no_241_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Empresa Águas de Campo Verde no intuito de que a mesma realize melhorias no que se refere a contenção de vazamento e perdas de água potável nas redes de distribuição em todo o Município. Frisando que tal perda chega a 50% da produção total.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3593/indicacao_no_242_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3593/indicacao_no_242_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em realizar campanha de prevenção ao câncer de boca, através da Rede Pública de Saúde.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Silvio Eventos, Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3594/indicacao_no_243_silviodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3594/indicacao_no_243_silviodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com projeto de implantação de “Casa de Apoio ao Idoso” no Município.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3595/indicacao_no_344polito_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3595/indicacao_no_344polito_docx.pdf</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3609/indicacao_no_245_solivandocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3609/indicacao_no_245_solivandocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a implantação de irrigação automática nas praças, canteiros centrais, áreas de lazer e na Praça dos Três Poderes.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3610/indicacao_no_246_gessydocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3610/indicacao_no_246_gessydocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de calçada no canteiro central da Avenida Vereador Cesar Lima em toda a sua extensão.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3611/indicacao_no_247_jhdocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3611/indicacao_no_247_jhdocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a criação de “Casa de Apoio” na cidade de Rondonópolis, visando atender os acompanhantes das pessoas que necessitam de internação.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3612/indicacao_no_248_danttedocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3612/indicacao_no_248_danttedocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo de projeto para a implantação de placas solares nos prédios dos Órgãos Públicos. Bem como incentivo ao contribuinte que fizerem o mesmo.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3613/indicacao_no_249_joaodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3613/indicacao_no_249_joaodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em disponibilizar área de 50 mts x 50 mts no Núcleo Urbano da Comunidade Agrovila João Ponce de Arruda, visando a instalação de torre de internet.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3614/indicacao_no_250_joaodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3614/indicacao_no_250_joaodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em nomear fiscal de contrato, no intuito que o mesmo seja designado a acompanhar a execução do Contrato de Concessão da Empresa Águas de Campo Verde. Bem com a emissão de relatório mensal a Procuradoria e a Câmara Municipal de Campo Verde.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3615/indicacao_no_251_klebersondocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3615/indicacao_no_251_klebersondocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a implantação de placas de identificação (nomenclatura) nas Ruas e Avenidas dos Bairros Recanto dos Pássaros I e II, Jardim América e Santa Rosa.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3616/indicacao_no_252_politodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3616/indicacao_no_252_politodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Empresa Energisa no intuito de implantar padrão com tomadas para uso dos feirantes dos Bairros: São Miguel, São Lourenço e Belvedere.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3617/indicacao_no_253_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3617/indicacao_no_253_silvio.pdf</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Gessy do Bar, Kleberson Almeida, Pedro Cambara, Silvio Eventos, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3618/indicacao_no_254_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3618/indicacao_no_254_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a substituição da ponte de madeira do Rio das Mortes por ponte de concreto, a mesma localiza-se na MT Rural 251, e dá acesso ao Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3619/indicacao_no_255_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3619/indicacao_no_255_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com o patrolamento e encascalhamento da estrada Rural MT 251 que dá acesso ao Assentamento Dom Osório e demais fazendas.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3645/indicacao_no_256_kleberson_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3645/indicacao_no_256_kleberson_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria Municipal de Saúde no intuito de disponibilizar veículo popular para o transporte dentro do município, de idosos, deficientes e enfermos com dificuldade de locomoção, para a condução destes nas consultas medicas e exames.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3646/indicacao_no_257_joaodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3646/indicacao_no_257_joaodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a colocação de super postes nas principais Avenidas da área urbana da Comunidade Agrovila Governador João Ponce de Arruda.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3647/indicacao_no_258_joaodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3647/indicacao_no_258_joaodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Empresa Energisa, para que a mesma realize a retirada ou levantamento da rede de energia elétrica em frente à Escola e PSF da Comunidade Agrovila Governador João Ponce de Arruda.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3648/indicacao_no_259_moises_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3648/indicacao_no_259_moises_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a realização de poda das árvores localizadas no Bairro Jupiara.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Kleberson Almeida, Gessy do Bar, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3649/indicacao_no_260__kleberson_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3649/indicacao_no_260__kleberson_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao órgão competente, para a aquisição de tintas nas cores branca e amarela com maior resistência ao tempo e ao atrito, no intuito de obter maior durabilidade destas pinturas tanto nas sinalizações horizontais quanto nas lombadas.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3653/indicacao_no_261_solivan_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3653/indicacao_no_261_solivan_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AOS ÓRGÃOS COMPETENTES NO INTUITO DE INTENSIFICAR A CAMPANHA CPF NA NOTA, TENDO POR OBJETIVO ESTIMULAR O CIDADÃO A SOLICITAR O CPF NA NOTA FISCAL ELETRÔNICA.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3654/indicacao_no_262_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3654/indicacao_no_262_joao_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM CAMPANHA E DIVULGAÇÃO CONTRA MAUS TRATOS E ABANDONO DE ANIMAIS, ATRAVÉS DE MEIOS DE COMUNICAÇÃO.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3655/indicacao_no_263_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3655/indicacao_no_263_joao_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO FEDERAL PARA QUE HAJA ESTE ANO O “DIA D”, CAMPANHA DE VACINAÇÃO ANTIRRÁBICA EM CÃES E GATOS. TENDO EM VISTA QUE EM 2019 ESSA AÇÃO NÃO FOI REALIZADA EM NOSSO MUNICÍPIO, DEVIDO AO MINISTÉRIO DA SAÚDE NÃO TER ENVIADO AS DOSES.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3660/indicacao_no_264_dantte_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3660/indicacao_no_264_dantte_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de criar Projeto de Lei instituindo a obrigatoriedade da instalação de equipamento eliminador de ar nas tubulações do sistema de abastecimento de água, em todos os cavaletes a serem implantados ou que venham a ser trocados.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3661/indicacao_no_265_joaodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3661/indicacao_no_265_joaodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Órgão Competente, para que se realize a retirada das árvores de eucalipto localizadas no entorno da pista de motocross.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3662/indicacao_no_266_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3662/indicacao_no_266_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de dez tanques de criação de peixes (piscicultura) na Comunidade Dom Osório.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3663/indicacao_no_267_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3663/indicacao_no_267_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção e implantação de Viveiro na Comunidade Dom Osório.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3664/indicacao_no_268_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3664/indicacao_no_268_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de melhorar e ampliar a iluminação do Cemitério Municipal São Pedro.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3667/indicacao_no_269_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3667/indicacao_no_269_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em estender o Serviço de Atenção Domiciliar (Melhor em Casa) do Sistema Único de Saúde (SUS) nos Assentamentos e Comunidades rurais na forma de visita semanal ou mensal.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Gessy do Bar, Kleberson Almeida, Moises Polito, Pedro Cambara, Silvio Eventos, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3668/indicacao_no_270_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3668/indicacao_no_270_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com o patrolamento e encascalhamento das estradas Rurais de acesso aos Assentamentos 28 de Outubro e Paulo Freire.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3669/indicacao_no_271_gessy_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3669/indicacao_no_271_gessy_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a realização de mutirão com o intuito de realizar reparos e substituição de lâmpadas do sistema de iluminação pública no Município de Campo Verde.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3670/indicacao_no_272_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3670/indicacao_no_272_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a elaboração de Projetos contemplados com os recursos do FINISA - Financiamento à Infraestrutura e ao Saneamento.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3675/indicacao_polito_no273.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3675/indicacao_polito_no273.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE REALIZAR INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA MATO GROSSO DO SUL ENTRE A AVENIDA ALAGOAS E AVENIDA DOS TRABALHADORES.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3676/indicacao_nei_e_base_no274.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3676/indicacao_nei_e_base_no274.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO DAS ESTRADAS PRINCIPAIS DO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3677/indicacao_no275_joaodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3677/indicacao_no275_joaodocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE REQUERER JUNTO AO MINISTÉRIO DA SAÚDE RECURSOS NO SENTINDO DE ADQUIRIR AMBULÂNCIA PERMANENTE PARA A COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3678/indicacao_no276_joao_e_alaenedocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3678/indicacao_no276_joao_e_alaenedocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RETOMADA DAS OBRAS DE CONSTRUÇÃO DA PONTE SOBRE O RIO PIRAPUTANGA, INTERLIGANDO O ASSENTAMENTO 04 DE OUTUBRO AO 14 DE AGOSTO.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3692/indicacao_n_277_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3692/indicacao_n_277_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE NO INTUITO DE REALIZAR PODAS DE ARVORES NA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA, PRINCIPALMENTE NO ENTORNO DA ESCOLA ESTADUAL ALICE BARBOSA PACHECO, AGÊNCIA COMUNITÁRIA DOS CORREIOS E PSF.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3693/indicacao_n_278_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3693/indicacao_n_278_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO E ENCASCALHAMENTO DAS ESTRADAS RURAIS DA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3695/indicacao_n_279__solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3695/indicacao_n_279__solivan.pdf</t>
   </si>
   <si>
     <t>“INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DISPONIBILIZAR PONTO NO TERMINAL RODOVIÁRIO DE CAMPO VERDE, PARA A ATUAÇÃO DOS TÁXIS, UBER E MOTOTÁXI.”</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3696/indicacao_n_280_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3696/indicacao_n_280_nei.pdf</t>
   </si>
   <si>
     <t>“INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA ESTADUAL DE EDUCAÇÃO - SEDUC COM OBJETIVO DE REALIZAR MANUTENÇÃO NA ESCOLA ESTADUAL BOA ESPERANÇA LOCALIZADA NO ASSENTAMENTO DOM OSÓRIO.”</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3697/indicacao_n_281_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3697/indicacao_n_281_nei.pdf</t>
   </si>
   <si>
     <t>“INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SETOR COMPETENTE, VISANDO REALIZAR A PINTURA DAS LOMBADAS, FAIXAS DE PEDESTRES E SINALIZAÇÕES HORIZONTAIS EXISTENTES NO ÂMBITO DO PERÍMETRO URBANO DO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>Pedro Cambara, Gessy do Bar, Kleberson Almeida, Nei do Dom Ozorio - PT, Silvio Eventos, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3706/indicacao_no_282-2020_pedro_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3706/indicacao_no_282-2020_pedro_e_base.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ACADEMIA PÚBLICA NA PRAÇA CENTRAL DA COMUNIDADE DA MATA GRANDE".</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3707/indicacao_no_283-2020_pedro_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3707/indicacao_no_283-2020_pedro_e_base.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AMPLIAÇÃO NO ATENDIMENTO BÁSICO NA ÁREA DE SAÚDE DA COMUNIDADE MATA GRANDE. BEM COMO MELHORIAS NA ESTRUTURA FÍSICA DO POSTO DE SAÚDE DO MESMO".</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3708/indicacao_no_284-__solivandocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3708/indicacao_no_284-__solivandocx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM EMENDA NO PLANO DE ZONEAMENTO DO USO E DA OCUPAÇÃO DO SOLO URBANO NO MUNICÍPIO DE CAMPO VERDE, NO INTUITO DE TRANSFORMAR EM ZONA URBANA A ÁREA REQUERIDA JUDICIALMENTE PELO MUNICÍPIO LOCALIZADA AO LADO DA BIOCAMP."</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3715/indicacao_no_285-__jhcx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3715/indicacao_no_285-__jhcx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE SINALIZAÇÃO DE PLACAS DE IDENTIFICAÇÃO NAS RUAS, AVENIDAS SÍTIOS, CHÁCARAS E AFINS, CONTENDO OS NOMES E NÚMEROS OFICIAIS".</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3716/indicacao_no_286-2020_pedro_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3716/indicacao_no_286-2020_pedro_e_base.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE LIMPEZA E MANUTENÇÃO NOS BAIRROS: RECANTOS PÁSSAROS I E II, JARDIM AMÉRICA E SANTA ROSA".</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3717/indicacao_no_287-2020_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3717/indicacao_no_287-2020_nei_e_base.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS COM A VIABILIZAÇÃO DE PARCERIA, ATRAVÉS DE ACORDO DE COOPERAÇÃO TÉCNICA - (ACT), COM A SUPERINTENDÊNCIA REGIONAL DO INCRA DE MATO GROSSO, PARA VIABILIZAÇÃO DE CRÉDITO HABITACIONAL E REFORMA HABITACIONAL (PNHR), REGULAMENTADOS PELO DECRETO FEDERAL Nº 9.424/2018, VIABILIZADO PELA INSTRUÇÃO NORMATIVA 101/2020".</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3728/indicacao_n.o_288_klebersondocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3728/indicacao_n.o_288_klebersondocx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A PINTURA DE FAIXA DE PEDESTRE NA AVENIDA BEIJA-FLOR, NAS PROXIMIDADES DO PONTO DE ÔNIBUS".</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3729/indicacao_n.o_289_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3729/indicacao_n.o_289_joao_docx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE OBRAS, COM O INTUITO DE REALIZAR OPERAÇÃO TAPA BURACO EM TODAS VIAS DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3737/indicacao_n.o_290_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3737/indicacao_n.o_290_joao_docx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DAR CONTINUIDADE NAS AVENIDAS: BRASÍLIA E SENADOR ATÍLIO FONTANA ATÉ O PARQUE DE EXPOSIÇÕES MARCO ANTÔNIO ESTEVES DA ROCHA".</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3738/indicacao_n.o_291_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3738/indicacao_n.o_291_joao_docx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RETOMADA E CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA NA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA. BEM COMO A CONCLUSÃO DE IMPLANTAÇÃO DE MEIO FIO NAS VIAS RECÉM PAVIMENTADAS DESTA".</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3739/indicacao_n.o_292_juca_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3739/indicacao_n.o_292_juca_docx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DE CASA DE APOIO EM NOSSA CIDADE, PARA ATENDER ÀS FAMÍLIAS RESIDENTES NOS ASSENTAMENTOS E COMUNIDADES RURAIS DO MUNICÍPIO. "</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3740/indicacao_n.o_293_jh_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3740/indicacao_n.o_293_jh_docx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A MANUTENÇÃO E LIMPEZA DAS BOCAS DE LOBO NO MUNICÍPIO".</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3749/indicacao_no_294.2020_dante_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3749/indicacao_no_294.2020_dante_docx.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE COBERTURA EM TODOS OS PONTOS DE ÔNIBUS DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>PAUTA</t>
   </si>
   <si>
     <t>Pautas das Sessões da Câmara</t>
   </si>
   <si>
     <t>Presidência</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO DO DIA 04/05/2020.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3433/pauta_11.05.20docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3433/pauta_11.05.20docx.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO DO DIA 11/05/2020.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3446/pauta_dia_18.05.20docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3446/pauta_dia_18.05.20docx.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DIA 18/05/2020.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3463/pauta_sessao__dia_25.05.20docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3463/pauta_sessao__dia_25.05.20docx.pdf</t>
   </si>
   <si>
     <t>PAUATA DA SESSÃO DIA 25-05-2020.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3482/pauta_da_sessao_ordinaria_do_dia_01.06.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3482/pauta_da_sessao_ordinaria_do_dia_01.06.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 01.06.2020.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3512/pauta_sessao_ordinaria_08.06_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3512/pauta_sessao_ordinaria_08.06_docx.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA 08.06.2020.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3513/pauta_sessao_ordinaria.15.06_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3513/pauta_sessao_ordinaria.15.06_docx.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 15/06/2020.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3538/pauta_sessao._22.06_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3538/pauta_sessao._22.06_docx.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO CÂMARA DO DIA 22-06-2020.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3539/pauta_sessao_extraordinaria_25.06.2020.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3539/pauta_sessao_extraordinaria_25.06.2020.docx</t>
   </si>
   <si>
     <t>PAUTA SESSÃO EXTRAORDINÁRIA 25.06.2020.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3554/pauta_sessao_29.06.20.docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3554/pauta_sessao_29.06.20.docx.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DIA 29.06.2020.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3577/pauta_vereadores__do__dia__24.07.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3577/pauta_vereadores__do__dia__24.07.pdf</t>
   </si>
   <si>
     <t>Pauta da Sessão Extraordinária do dia 24-07-2020.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>Fabio Schroeter</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA 03.08.2020.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3589/pauta_sessao_ordinaria_dia_10.08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3589/pauta_sessao_ordinaria_dia_10.08.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DIA 10.08</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3605/pauta_sessao_ordinaria_do_dia_17-08-2020..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3605/pauta_sessao_ordinaria_do_dia_17-08-2020..pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DIA 17-08-2020.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3650/pauta_sessao_ordinaria_do_dia_24.08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3650/pauta_sessao_ordinaria_do_dia_24.08.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 24.08.2020.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3651/pauta_sessao_31.08.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3651/pauta_sessao_31.08.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 31-08-2020.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3658/pauta_da_sessao_ordinaria_do_dia_14.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3658/pauta_da_sessao_ordinaria_do_dia_14.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 14-09-2020.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3671/pauta_vereadores_do_dia_21.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3671/pauta_vereadores_do_dia_21.pdf</t>
   </si>
   <si>
     <t>Pauta Sessão Câmara do dia 21/09/2020.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3672/pauta_vereadores_do_dia_28.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3672/pauta_vereadores_do_dia_28.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO PLENÁRIA DO DIA 28.09.2020.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3685/pauta_sessao_ordinaria_do_dia__05.10.2020..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3685/pauta_sessao_ordinaria_do_dia__05.10.2020..pdf</t>
   </si>
   <si>
     <t>"PAUTA SESSÃO ORDINÁRIA DO DIA  05.10.2020."</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DIA 19.10.2020.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3694/pauta_sessao_dia_26.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3694/pauta_sessao_dia_26.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DIA 26-10-2020.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3705/pauta_sessao_dia_09.11.2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3705/pauta_sessao_dia_09.11.2020.pdf</t>
   </si>
   <si>
     <t>"PAUTA SESSÃO ORDINÁRIA DO DIA 09/11/2020".</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3718/pauta_sessao_ordinaria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3718/pauta_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>"PAUTA SESSÃO ORDINÁRIA DIA 16.11.2020".</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3723/pauta_marlene_dia_23..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3723/pauta_marlene_dia_23..pdf</t>
   </si>
   <si>
     <t>"PAUTA DA SESSÃO ORDINÁRIA DO DIA 23.11.2020".</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3726/pauta_sessao_30.11.20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3726/pauta_sessao_30.11.20.pdf</t>
   </si>
   <si>
     <t>"PAUTA SESSÃO ORDINÁRIA DO DIA 30.11.20"</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3735/pauta_sessao_ordinaria_dia_07.12.2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3735/pauta_sessao_ordinaria_dia_07.12.2020.pdf</t>
   </si>
   <si>
     <t>"PAUTA SESSÃO ORDINÁRIA DIA 07.12.2020".</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3751/pauta_da_sessao_ordinaria_do_dia_14.12.2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3751/pauta_da_sessao_ordinaria_do_dia_14.12.2020.pdf</t>
   </si>
   <si>
     <t>"PAUTA DA SESSÃO ORDINÁRIA DO DIA 14.12.2020".</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3414/projeto_de_decreto_no_01_2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3414/projeto_de_decreto_no_01_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEVOLUÇÃO DE SALDOS FINANCEIROS DA CÂMARA MUNICIPAL DE VEREADORES À PREFEITURA MUNICIPAL DE CAMPO VERDE-MT, PARA CONTRIBUIR NO COMBATE DA PANDEMIA DO COVID-19 E SUAS CONSEQUÊNCIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3590/projeto_de_decreto_legislativo_no_02_2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3590/projeto_de_decreto_legislativo_no_02_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução de saldos financeiros da Câmara Municipal de Vereadores à Prefeitura Municipal de Campo Verde-MT, para contribuir no combate da pandemia do COVID-19 e suas consequências, e dá outras providências.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamentos, CJRL - Comissão de Justiça e Redação de Leis</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3644/proj._de_dec._contas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3644/proj._de_dec._contas.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE CAMPO VERDE-MT, DO EXERCÍCIO DE 2018."</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3369/proj_de_lei_comp_01_000021.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3369/proj_de_lei_comp_01_000021.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 01/2020 – Dispõe sobre a alteração da Lei Complementar Municipal nº 57/2015 do Plano de Cargos, Carreira e Salário dos professores da educação básica do Município de Campo Verde.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3370/projeto_lei_complementar_n_03_20.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3370/projeto_lei_complementar_n_03_20.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 03/2020 – Dispõe sobre o zoneamento do uso e da ocupação de solo urbano no Município de Campo Verde e dá outras providências.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3514/proj._complementar_no_04_000010.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3514/proj._complementar_no_04_000010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 122/2019, que fixa desconto do Imposto Predial e Territorial Urbano-IPTU, para o exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3686/proj._lei_compl._05-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3686/proj._lei_compl._05-2020.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA O USO DA RODOVIÁRIA MUNICIPAL, INSTITUI A TAXA DE USO DO TERMINAL RODOVIÁRIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3719/proj_complementar_06_000008.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3719/proj_complementar_06_000008.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2.525/2019, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3724/projeto_de_le_complementar_n_007-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3724/projeto_de_le_complementar_n_007-2020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 45/2014, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3727/projetolei_complementar_08.2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3727/projetolei_complementar_08.2020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR Nº 121/2019, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3741/projeto_complemente_011.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3741/projeto_complemente_011.pdf</t>
   </si>
   <si>
     <t>"FICA ALTERADO O ANEXO I – MAPA DO ZONEAMENTO DO USO E OCUPAÇÃO DO SOLO – DO ARTIGO 4º DA LEI COMPLEMENTAR Nº 128/2020, DISPÕE SOBRE O ZONEAMENTO DO USO E DA OCUPAÇÃO DO SOLO URBANO, E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>MILTON GARBUGIO</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3244/projeto_01.2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3244/projeto_01.2020.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de 16,34% aos servidores ativos e inativos da carreira do magistério, e dá outras providências.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3259/projeto_02_000030.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3259/projeto_02_000030.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional especial para a inclusão de elemento de despesa e fontes de recursos no PPA, LDO E LOA  vigente, e da outras providencias.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3260/proj._de_lei_no_04-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3260/proj._de_lei_no_04-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a firmar contrato de locação de imóvel que especifica, e dá outras providencias.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3261/proj._de_lei_no_05-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3261/proj._de_lei_no_05-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal alterar o caput artigo 4° da Lei 2528/2019- LOA, e da outras providencias.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3296/proj._06_000008.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3296/proj._06_000008.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo  municipal a custear parcialmente despesas com a realização da 21° feira comercial de Campo Verde, e dá outras providencias.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3297/proj._de_lei_no_07-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3297/proj._de_lei_no_07-2020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput e paragrafo único do artigo 7° e paragrafo único artigo 8° da Lei N° 1.337/2007, de 03 dezembro de 2007, e da outras providencias.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3298/proj._de_lei_no_08-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3298/proj._de_lei_no_08-2020.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3°- Da Lei municipal n° 2.050/2015, cria  o § 5° do artigo 3°, e dá outras providencias.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3299/proj._de_lei_no_09-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3299/proj._de_lei_no_09-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a custear parcialmente despesas com a realização da V Expocar, e da outras providencias.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3300/proj._de_lei_no_10-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3300/proj._de_lei_no_10-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a custear parcialmente despesas com a realização da 2° festa do milho, e da outras providencias.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3326/proj._11_000010.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3326/proj._11_000010.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a custear parcialmente despesas com a 2° amostra cultural de Campo Verde, e dá outras providencias.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3327/proj._12_000011.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3327/proj._12_000011.pdf</t>
   </si>
   <si>
     <t>Altera o CAPUT do artigo 7° da Lei 2.524 de 13 de dezembro 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3351/projeto_013.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3351/projeto_013.pdf</t>
   </si>
   <si>
     <t>– Dispõe sobre acréscimo de repasse de valor previsto no artigo 2º da Lei nº 2.017/2014, e dá outras providências.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a conceder revisão geral anual (art.37, X, da CF) aos vencimentos dos Servidores Públicos, aos proventos e pensões dos aposentados e pensionistas, e dá outras providências.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3354/proj._15_000013.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3354/proj._15_000013.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial para a inclusão de elemento de despesa e fontes de recursos no PPA, LDO e LOA vigente.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3355/proj._16_000014.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3355/proj._16_000014.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 13 da Lei Municipal nº 1042/2005, e dá outras providências.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3356/proj._17_000015.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3356/proj._17_000015.pdf</t>
   </si>
   <si>
     <t>O Poder Executivo Municipal autoriza o Sindicato Rural de Campo Verde a transferir recursos provenientes da XX Expoverde, para o Hospital Municipal Coração de Jesus, e dá outras providências.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3357/proj._18_000016.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3357/proj._18_000016.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado a destinar aporte financeiro para o Hospital Municipal Coração de Jesus, e dá outras providências.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3394/proj._lei_19-2020_executivo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3394/proj._lei_19-2020_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a permutar bens imóveis que específica, e da outras providências.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3411/projeto_020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3411/projeto_020.pdf</t>
   </si>
   <si>
     <t>"Autoriza  a abertura de credito adicional especial, para a inclusão de elemento de despesa e fonte de recursos, no orçamento vigente.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3412/projeto_021.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3412/projeto_021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de credito adicional especial no orçamento do exercício 2020 e dá outras providencias.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3413/projeto_022.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3413/projeto_022.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo alterar a redação do artigo 3° da Lei  2510/2019, e da outras providencias.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3429/proj._23_000031.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3429/proj._23_000031.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3430/proj._24_000032.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3430/proj._24_000032.pdf</t>
   </si>
   <si>
     <t>ESTABELECE MULTA NO ÂMBITO DO MUNICÍPIO DE CAMPO VERDE EM RAZÃO DO DESCUMPRIMENTO DAS MEDIDAS DE EMERGÊNCIA DE COMBATE AO CORONAVÍRUS (COVID 19) E A DENGUE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3447/projeto_025-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3447/projeto_025-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS VALORES PARA A CONTRATAÇÃO DE OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3448/projeto_026-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3448/projeto_026-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE LOCAÇÃO DE IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3449/projeto_027-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3449/projeto_027-2020.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A CONCEDER ABONO AOS QUIOSQUES PÚBLICOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3464/proj._lei_28-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3464/proj._lei_28-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a doação de 01 (um) equipamento de raio-X para o Consorcio Regional de Saúde Sul – MT – CORESS-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3465/proj._lei_29-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3465/proj._lei_29-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permutar bens imóveis que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3466/proj._lei_30-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3466/proj._lei_30-2020.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I – quadro de cargos e vagas comissionados da Lei 2.457 de 14 de julho de 2019, IX secretaria Municipal de Saúde – SMS, e dá outras providencias.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3467/proj_31-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3467/proj_31-2020.pdf</t>
   </si>
   <si>
     <t>Altera o anexo II – atribuições e áreas de atuação, inciso I, alínea “B” da Lei 2.457 de 14 de julho de 2019, e dá outras providencias.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3483/proj_32_000003.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3483/proj_32_000003.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2525/2019, que dispões sobre a regulamentação e emissão de alvará de locação e funcionamento, no Município de Campo Verde e dá outras providências.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3507/proj._33_000005.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3507/proj._33_000005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos plantões e gratificações dos fiscais do Município de Campo Verde, e dá outras providências.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3508/proj._34_000006.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3508/proj._34_000006.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I – quadros de cargos e vagas comissionados da Lei 2.457 de 14 de julho de 2019, IX Secretaria Municipal de Saúde – SMS, e dá outras providências.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3509/proj._35_000008.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3509/proj._35_000008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar contrato de locação de imóvel que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial no orçamento do exercício 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3511/proj._lei_no_37-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3511/proj._lei_no_37-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder executivo Municipal autorizado a realizar contratação de forma excepcional de profissional da Saúde por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3527/proj.__no_038_2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3527/proj.__no_038_2020.pdf</t>
   </si>
   <si>
     <t>Fica alterado a redação do caput do Artigo 1º da Lei 2568/2020, e Tabela Anexa, e dá outras providencias.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3540/proj.__no_39_000013.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3540/proj.__no_39_000013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial no Orçamento do Exercício 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3541/proj._lei_40-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3541/proj._lei_40-2020.pdf</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3542/proj._lei_41-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3542/proj._lei_41-2020.pdf</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3543/proj._lei_42-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3543/proj._lei_42-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado destinar aporte financeiro para Associação Social Amigos da Solidariedade - ASAS, e dá outras Providências.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3544/proj._lei_43-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3544/proj._lei_43-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado a destinar aporte financeiro para a Associação Social Amigos da Solidariedade – ASAS, e dá outras providências.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3545/proj._lei_44-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3545/proj._lei_44-2020.pdf</t>
   </si>
   <si>
     <t>Fica alterada a redação do CAPUT do Artigo 2º e 3º da Lei 2568/2020,  e dá outras providências.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3546/proj._lei_45-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3546/proj._lei_45-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial no orçamento do exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3547/proj._lei_46-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3547/proj._lei_46-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura da Lei que reestruturou o regime próprio de previdência social do Município de Campo Verde/MT e dá outras providências.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3548/proj._lei_47-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3548/proj._lei_47-2020.pdf</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3560/proj._lei_48-2020_extra_pauta.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3560/proj._lei_48-2020_extra_pauta.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a ceder área situada no PSF – Central á Concessionária Águas de Campo S/A com a finalidade de construção de poço tubular profundo, e dá outras providências.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3588/49_ldo_000017.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3588/49_ldo_000017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3561/projeto_50_2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3561/projeto_50_2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação e transferência do imóvel objeto da Lei 2562/2020 que especifica, perante o cartório de registo de imóveis, e dá outras providências.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3562/projeto_51.2020_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3562/projeto_51.2020_.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal firmar termo de concessão de uso a título precário, do imóvel que especifica, com o IFMT – Campus São Vicente Centro de Referência de Campo Verde, e dá outras providências.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3563/projeto_52_2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3563/projeto_52_2020.pdf</t>
   </si>
   <si>
     <t>Fica expressamente revogada a lei Nº 2495/2019, dá outras providencias.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3564/projeto_53_2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3564/projeto_53_2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de credito adicional especial no orçamento do exercício 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de credito adicional especial no orçamento do exercício 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3566/projeto_55_2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3566/projeto_55_2020.pdf</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3567/proj._lei_56-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3567/proj._lei_56-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Especial para Inclusão de Elemento de Despesa e Fontes de Recursos no PPA, LDO e LOA vigente.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3568/proj._lei_57-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3568/proj._lei_57-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Especial no Orçamento do Exercício 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3569/proj._lei_58-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3569/proj._lei_58-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Especial para Inclusão de Elemento de Despesa e Fontes de Recursos no PPA, LDO e LOA.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3570/proj._lei_59-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3570/proj._lei_59-2020.pdf</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3571/proj._lei_60-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3571/proj._lei_60-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Especial no Orçamento do Exercício 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3572/proj._lei_61-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3572/proj._lei_61-2020.pdf</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3573/proj._lei_62-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3573/proj._lei_62-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal Autorizado a Alterar os Artigos 1º e 4º da Lei nº 2.587/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3574/proj._lei_63-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3574/proj._lei_63-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal Autorizado a Conceder Abono aos Quiosques Públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3575/proj._lei_64-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3575/proj._lei_64-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Redação do Caput do Artigo 4ª da Lei nº 2.557/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3576/proj._lei_65-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3576/proj._lei_65-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal Autorizado a Custear Despesa para Contratação e Análise de solo, e dá outras providências.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3579/proj._lei_no_66-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3579/proj._lei_no_66-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado a destinar aporte financeiro para a Associação Social Amigo da Solidariedade – ASAS, e dá outras providências.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3580/proj._lei_no_67-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3580/proj._lei_no_67-2020.pdf</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3606/projeto__no_68_000025.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3606/projeto__no_68_000025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal fazer concessão  de área pública, do imóvel que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3607/proj._lei_69-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3607/proj._lei_69-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar 01 (um) veículo tipo micro-ônibus para o Consorcio Regional de Saúde Sul – MT – CORESS-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3608/proj._lei_70-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3608/proj._lei_70-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado a destinar aporte financeiro parar a Associação Social Amigos da Solidariedade – ASAS, e dá outras providências.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3640/projeto_71_000050.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3640/projeto_71_000050.pdf</t>
   </si>
   <si>
     <t>Fica autorizado a cessão de servidores da saúde em caráter temporário para a Associação Social Amigos da Solidariedade - ASAS, e dá outras providências.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3641/projeto_72_000051.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3641/projeto_72_000051.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder na alienação onerosa dos bens móveis inservíveis, obsoletos ou antieconômicos.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3642/pl_073-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3642/pl_073-2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado a destinar aporte financeiro para a Associação Social Amigos da Solidariedade - ASAS, e dá outras providências.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3652/proj_74_000027.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3652/proj_74_000027.pdf</t>
   </si>
   <si>
     <t>DISPÕE APROVAÇÃO DA REAVALIAÇÃO ATUARIAL DE 2020, REFERENTE AO PLANO DE AMORTIZAÇÃO DESTINADO AO EQUACIONAMENTO DO DÉFICIT ATUARIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3657/projeto_de_lei_75_000038.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3657/projeto_de_lei_75_000038.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A FIRMAR INSTRUMENTO PÚBLICO COM O CONSÓRCIO REGIONAL DE SAÚDE SUL DE MATO GROSSO – CORESS-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3665/proj._lei_no_76-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3665/proj._lei_no_76-2020.pdf</t>
   </si>
   <si>
     <t>Fica Pode Executivo Municipal autorizado a destinar aporte financeiro para a Associação Social Amigos da Solidariedade – ASAS, e dá outras providências.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3673/projeto_077.2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3673/projeto_077.2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 10 - DA LEI MUNICIPAL Nº 1985/2014. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3684/proj._lei_79-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3684/proj._lei_79-2020.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICIPIO DE CAMPO VERDE, PARA O EXERCICIO DE 2021."</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3689/proj.lei_81.2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3689/proj.lei_81.2020.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal autorizado a destinar aporte Financeiro para a Associação Social Amigos da Solidariedade – ASAS, e da outras providencias.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3699/proj_82.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3699/proj_82.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL ESTABELECER NOVOS PRAZOS PARA CUMPRIMENTO DA LEI 1.720/2011, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3700/proj_83_000044.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3700/proj_83_000044.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTES DE RECURSOS NO PPA, LDO E LOA VIGENTE.”</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3701/proj_84_000002.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3701/proj_84_000002.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO NA NOMENCLATURA DE DIVERSAS AÇÕES DAS PEÇAS ORÇAMENTÁRIAS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3709/poj._lei_85-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3709/poj._lei_85-2020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DO “CAPUT” DO ARTIGO 1º E ARTIGO 2º, E CRIAÇÃO DO 3º ARTIGO DA LEI Nº 2.192 DE 18 DE ABRIL DE 2016, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3710/proj_86_000004.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3710/proj_86_000004.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER PÚBLICO MUNICIPAL A RECEBER EM DAÇÃO EM PAGAMENTO, TERRENOS PARA FINS DE QUITAÇÃO DE DÉBITOS TRIBUTÁRIOS DAS EMPRESAS AMAZONA CONSTRUTORA LTDA E AMAZONA INDUSTRIA E COMERCIO DE CONCRETO LTDA-ME, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3711/proj_87_000005.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3711/proj_87_000005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL NO ORÇAMENTO DO EXERCÍCIO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3712/proj_88_000006.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3712/proj_88_000006.pdf</t>
   </si>
   <si>
     <t>FICA O PODER PÚBLICO MUNICIPAL AUTORIZADO A DESTINAR APORTE FINANCEIRO PARA A ASSOCIAÇÃO SOCIAL AMIGOS DA SOLIDARIEDADE - ASAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3720/proj_89_000007.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3720/proj_89_000007.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL ALTERAR A REDAÇÃO DO ARTIGO 2º DA LEI Nº 2610/2020, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3721/proj._lei_90-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3721/proj._lei_90-2020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO 2020, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3722/proj._lei_91-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3722/proj._lei_91-2020.pdf</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3725/projeto_de_lei_92-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3725/projeto_de_lei_92-2020.pdf</t>
   </si>
   <si>
     <t>"FICA EXPRESSAMENTE REVOGADA A LEI 2.262/2017, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3734/projeto_de_lei_094-2020_ldo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3734/projeto_de_lei_094-2020_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei de Diretrizes Orçamentaria – LDO, que dispõe sobre as diretrizes para elaboração e execução da Lei Orçamentária anual de 2021 – LOA e dá outras providências.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3733/projeto_de_lei_095-2020_ppa.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3733/projeto_de_lei_095-2020_ppa.pdf</t>
   </si>
   <si>
     <t>Altera o Plano Plurianual 2018/2021, para o exercício de 2021 do Município de Campo Verde, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3742/projeto_096.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3742/projeto_096.pdf</t>
   </si>
   <si>
     <t>"FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A ALTERAR O ARTIGO 1º DA LEI Nº 2.609/2020, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3743/projeto_097.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3743/projeto_097.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI 2296/2017, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3744/projeto_098.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3744/projeto_098.pdf</t>
   </si>
   <si>
     <t>"FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A DESTINAR APORTE FINANCEIRO PARA A ASSOCIAÇÃO SOCIAL AMIGOS DA SOLIDARIEDADE – ASAS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3745/projeto_099.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3745/projeto_099.pdf</t>
   </si>
   <si>
     <t>"ALTERAR A REDAÇÃO DO § 2º DO ARTIGO 2º DA LEI Nº 2.179/2016, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3746/projeto_100.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3746/projeto_100.pdf</t>
   </si>
   <si>
     <t>"FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A DESTINAR APORTE FINANCEIRO PARA A ASSOCIAÇÃO SOCIAL AMIGOS DA SOLIDARIEDADE – ASAS, E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3747/projeto_101.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3747/projeto_101.pdf</t>
   </si>
   <si>
     <t>"FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A FIRMAR INSTRUMENTO PÚBLICO COM O CONSÓRCIO REGIONAL DE SAÚDE SUL DE MATO GROSSO – CORESS-MT, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3748/projeto_102_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3748/projeto_102_.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A RECEBER ÁREAS DE IMÓVEIS QUE ESPECIFICA EM DOAÇÃO PARA A ABERTURA DE RUA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3752/proj_103_000003.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3752/proj_103_000003.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 103/2020 – Autoriza o Poder Executivo alterar a redação do CAPUT do artigo 2º da Lei 1.786/2011, e dá outras providências.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3753/proj_104_000004.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3753/proj_104_000004.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 104/2020 – Fica o Poder Executivo Municipal autorizado a alterar a redação do CAPUT dos artigos 1º e 3º da Lei nº 2.519, e dá outras providências.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3754/proj_105_000005.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3754/proj_105_000005.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 105/2020 – Autoriza o Poder Executivo Municipal alterar a redação do CAPUT do artigo 1º e § 2º da Lei 2.531/2019, dá outras providencias.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3755/proj_106_000006.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3755/proj_106_000006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 106/2020 – Autoriza o Poder Executivo a receber em dação em pagamento, imóvel para fins de quitação de débitos tributários de S. Norton Oliveira, Norton Oliveira Fertilizantes e Sergio Norton Oliveira e dá outras providências.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 107/2020 – Altera a Lei Nº 2.138, de 14 de Outubro de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária/Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3415/projeto_de_lei_funcao_comissionada.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3415/projeto_de_lei_funcao_comissionada.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NO ANEXO DA LEI 720/2001, DE REGULAMENTAÇÃO DOS REQUISITOS E ATRIBUIÇÕES DOS CARGOS COMISSIONADOS DE CHEFE DE GABINETE, ASSESSOR JURÍDICO, ASSESSOR TÉCNICO LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3516/projeto_de_lei_no_02_escola_grenville.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3516/projeto_de_lei_no_02_escola_grenville.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Escola Municipal localizada no Bairro Greville, de Escola Municipal Professora Áurea Gonçalves Marqueti, e dá outras Providências.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3517/projeto_de_lei_no_03_centro_multiuso_santa_rosa_1.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3517/projeto_de_lei_no_03_centro_multiuso_santa_rosa_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro Multiuso Municipal localizada no Bairro Centro Santa Rosa, e dá outras Providências.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3553/projeto_de_lei_nova_denominacao_da_upa.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3553/projeto_de_lei_nova_denominacao_da_upa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Unidade de Pronto Atendimento – UPA Círio Schenkel para Complexo de Atendimento Especializado e Diagnóstico - Cyrio Schenkel, e dá outras providências.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3643/projeto_de_lei_no_05_denominacao_do_parque_recanto_dos_passaros.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3643/projeto_de_lei_no_05_denominacao_do_parque_recanto_dos_passaros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Parque localizado no Bairro Recanto dos Pássaros, de Parque Recanto dos Pássaros João do Nascimento Conceição, e dá outras providências.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3666/projeto_de_lei_no_06_denominacao_caism_3.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3666/projeto_de_lei_no_06_denominacao_caism_3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do (Caism) Centro de Atenção Comunitária à Saúde da Mulher e da Criança – Maria Luciene de França Fagundes de Freitas, e dá outras providências.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3674/proj._lei_leg._07-2020.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3674/proj._lei_leg._07-2020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DO POSTO DE SAÚDE DA COMUNIDADE DO CAPIM BRANCO – JOSÉ PATRÍCIO DOS SANTOS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3698/projeto_de_lei_no_08_2020_familia_crista.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3698/projeto_de_lei_no_08_2020_familia_crista.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA DA FAMÍLIA CRISTÃ NO MUNICÍPIO DE CAMPO VERDE/MT, E DÁ OUTRAS PROVIDÊNCIAS.“</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3713/projeto_de_lei_no_09_jucinea_bruna_da_costa.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3713/projeto_de_lei_no_09_jucinea_bruna_da_costa.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DO POSTO DE SAÚDE DA COMUNIDADE DO CAPIM BRANCO – JUCINEA BRUNA DA COSTA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3714/projeto_de_lei_no_10_jose_patricio_dos_santos_museu_da_historia_de_campo_verde_1.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3714/projeto_de_lei_no_10_jose_patricio_dos_santos_museu_da_historia_de_campo_verde_1.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DO MUSEU DA HISTÓRIA DE CAMPO VERDE – JOSÉ PATRICIO DOS SANTOS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3736/proj_11_leg_000010.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3736/proj_11_leg_000010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DO CAMPO DE FUTEBOL DA COMUNIDADE DOM OSÓRIO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3750/projeto_de_lei_no_012_rodovia_municipal.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3750/projeto_de_lei_no_012_rodovia_municipal.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE RODOVIA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3368/resolucao_01_000018.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3368/resolucao_01_000018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento temporário da Câmara Municipal de Campo Verde-MT, bem como as medidas administrativas a serem adotadas para enfrentamento da emergência de saúde pública de importância internacional decorrente do Novo Coronavírus – COVID-19, e dá outras providências.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3395/projeto_de_resolucao_no_02_prorrogacao_resolucao_056.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3395/projeto_de_resolucao_no_02_prorrogacao_resolucao_056.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação da resolução n.º 056/2020 que dispõe sobre o funcionamento temporário da Câmara Municipal de Campo Verde-MT, bem como as medidas administrativas a serem adotadas para enfrentamento da emergência de saúde pública de importância internacional decorrente do Novo Coronavírus – COVID-19, e dá outras providências.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3275/requerimento_no_01_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3275/requerimento_no_01_solivan.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 01/2020.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3318/requerimento_no_02_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3318/requerimento_no_02_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, complemento de informações do requerimento nº24 de 24 de setembro de 2018, já que o mesmo foi respondido parcialmente com a justificativa de que tais documentos não haviam sido disponibilizados. Sendo assim reitero as seguintes solicitações de informações junto a Empresa Águas de Campo Verde, contendo os seguintes dados sobre as válvulas ventosas que a mesma alega ter em seu sistema de abastecimento: Qual a quantidade, qualidade e se a mesma está de acordo com as normas técnicas exigidas para sua eficiência; Emitir parecer técnico;</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3339/requerimento_no_03_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3339/requerimento_no_03_solivan.pdf</t>
   </si>
   <si>
     <t>Requerimento 03</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3353/requerimento_no_04_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3353/requerimento_no_04_joao_docx.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, que solicite junto ao Estado de Mato Grosso Certidão de Localização Geográfica de Campo Verde e suas áreas anexadas ao Município em virtude da vigência da Lei nº10.500/2017, a mesma deverá conter as suas confrontações e divisas atuais do Município. _x000D_
 Tal pedido é importante para garantir segurança judiciaria ao Município, pois em recente julgamento o Tribunal de Justiça de Mato Grosso manifestou sobre a Constitucionalidade da referida Lei._x000D_
  Requeiro ainda o envio desta Certidão ao Poder Legislativo.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3384/requerimento_no_05_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3384/requerimento_no_05_dantte.pdf</t>
   </si>
   <si>
     <t>Requerimento 05/2020.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3409/requerimento_no_06_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3409/requerimento_no_06_dantte.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 06/2020.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3410/requerimento_no_07_joao_e_alaene_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3410/requerimento_no_07_joao_e_alaene_docx.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 07/2020.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3431/requerimento_no_08_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3431/requerimento_no_08_jh.pdf</t>
   </si>
   <si>
     <t>Fundamentado nos termos do Art. 189, Parágrafo único e inciso V do Regimento Interno deste Poder Legislativo e no inciso XIV do artigo 56 da Lei Orgânica, venho REQUERER a Vossa Excelência, informações no que se refere aos respiradores pertencentes ao Município:_x000D_
 _x000D_
 	Quantos respiradores estão funcionando no município? E onde estes se encontram (hospital/UPA)?_x000D_
 	Foi tomada alguma medida para a aquisição de mais respiradores? Caso sim, quantos? _x000D_
 _x000D_
 _x000D_
 N. Termos, pede deferimento.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3434/requerimento_no_09_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3434/requerimento_no_09_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, que realize novo levantamento junto a Secretaria de Viação, Obras e Serviços Públicos no que se refere a Operação Tapa Buraco de responsabilidade da Empresa Águas de Campo Verde._x000D_
 _x000D_
 	Em constatação anterior havia mais de 170 pontos necessitando de reparos, na presente data quantos ainda precisam deste reparo?_x000D_
 	Tais reparos estão dentro dos parâmetros de qualidade? Caso não quais medidas cabíveis foram tomadas a esse respeito?_x000D_
 	Neste levantamento elaborar mapa constando localização e detalhamento de impacto (alto, médio e baixo), observando a qualidade e a segurança._x000D_
 _x000D_
                                     Autor: Isneivaldo Delmondes da Silva</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3450/requerimento_no_10_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3450/requerimento_no_10_solivan.pdf</t>
   </si>
   <si>
     <t>REQUER A ILUSTRÍSSIMA SENHORA MARISA ROSA LINO DE SOUZA COORDENADORA DO PROCON, INFORMAÇÕES RELATIVAS A LEI MUNICIPAL Nº 2513/2019, DE 10 DE DEZEMBRO DE 2019, QUE DISPÕE SOBRE O CONCEITO DE DESCONTINUIDADE NO ABASTECIMENTO DE ÁGUA, CRITÉRIOS PARA COMPENSAÇÃO DE USUÁRIOS QUANDO DE SUA OCORRÊNCIA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 	QUANTOS USUÁRIOS SE VALERAM DESTA LEI?_x000D_
 _x000D_
 	AINDA REFERENTE A ESSA LEI, QUAIS OS PROCESSOS FORAM CONCLUÍDOS, QUAIS MEDIDAS CABÍVEIS FORAM TOMADAS E QUAL O VALOR DE REDUÇÃO NO VALOR DA FATURA NO MÊS SUBSEQUENTE AO EVENTO? HÁ PROCESSOS EM ANDAMENTO E QUANTOS?</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3468/requerimento_no_11_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3468/requerimento_no_11_solivan.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, informações no que se refere as medidas tomadas no atendimento aos pacientes confirmados com o COVID-19 e os com suspeita;_x000D_
 _x000D_
 	Houve o recebimento de medicamentos para o tratamento do COVID-19 através do Governo Federal, tais como a cloroquina, hidroxicloroquina e azitromicina, ou outros relacionados? Caso sim, quais foram e qual a quantidade destes?_x000D_
 _x000D_
 	Nos casos confirmados, quais medidas de tratamento foram tomadas? E nos casos de suspeita?_x000D_
 _x000D_
 	Em caso de monitoramento em casa, estes pacientes estão recebendo visita regular para triagem de saúde?_x000D_
 _x000D_
 	Quais medidas foram tomadas para que os mesmos cumpram o isolamento?_x000D_
 _x000D_
 	É de ciência se há algum outro fornecedor particular de cloroquina ou hidroxicloroquina no Município?</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t xml:space="preserve">João Fique Frio, Moises Polito, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3528/requerimento_no_12_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3528/requerimento_no_12_joao.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, que envie a esta Casa de Leis cópia do demonstrativo das arrecadações tributária do Município de Campo Verde referentes aos  meses de março, abril e maio de 2019 e meses de março, abril e maio de 2020, para estudo comparativo, visando assim averiguar se houve perdas nas arrecadações em função dos efeitos gerais da crise econômica causada pela pandemia do novo coronavírus.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3529/requerimento_no_13_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3529/requerimento_no_13_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, que encaminhe a está Casa de Leis cópias dos seguintes documentos referentes a Empresa Águas de Campo Verde:_x000D_
 _x000D_
 	Cartas de anuência concedidas a partir da criação da Sociedade de Propósito Específico – SPE, com os respectivos pedidos de anuência devidamente formalizados pela Concessionaria para cada alteração realizada na constituição societária desta;_x000D_
 _x000D_
 	Apresentação de toda a comprovação fiscal, tributária, econômica, financeira e outras que o contrato pede;_x000D_
 _x000D_
 	Parecer técnico formulado pelo órgão ou comissão instituída, criada ou composta pelo Executivo para validar a decisão de fornecer a carta de anuência.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3659/requerimento_no_14_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3659/requerimento_no_14_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, venho REQUERER a Vossa Excelência, informações/parecer no que se refere ao relatório da Comissão Parlamentar Inquérito – CPI:_x000D_
 _x000D_
 	O Parecer Final indicando quais as providências foram tomadas com relação ao Relatório da CPI da Empresa Águas de Campo Verde?_x000D_
 _x000D_
 	Quais medidas e penalidades foram aplicadas? Caso tenha sido aplicada alguma sanção.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3687/requerimento_no_15_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3687/requerimento_no_15_juca.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, informações no que se refere ao kit emergencial distribuídos nas escolas do Município:_x000D_
 _x000D_
 	Discrimine os itens deste kit;_x000D_
 	Quantos kits foram adquiridos pelo Município, discrimine estes, mês a mês;_x000D_
 	Qual o valor de cada kit, e o total investido nestes até a presente data;_x000D_
 	Quantas famílias foram beneficiadas;_x000D_
 	Caso estes não sejam retirados nas escolas, qual o destino deste?</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3688/requerimento_no_16_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3688/requerimento_no_16_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, Informações e Relatórios no que se refere a documentações especificadas abaixo, a serem enviadas a Câmara;_x000D_
 _x000D_
 	Conforme consta do Contrato de Concessão a obrigatoriedade da apresentação dos Documentos Fiscais, Tributários e Financeiros e Outros desde a sua Concessão até o momento atual;_x000D_
 _x000D_
 	Apresentação do Plano de Investimentos feitos pela Empresa vencedora da Concessão e sua concretização efetivamente, comprovando com notas fiscais, relatórios técnicos e outros desde o início da Concessão até a data atual;</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3691/requerimento_no_17_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3691/requerimento_no_17_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, INFORMAÇÕES NO QUE SE REFERE A DESPOLPADORA ADQUIRIDA COM RECURSOS PRÓPRIOS ATRAVÉS DA SECRETARIA DE DESENVOLVIMENTO AGRÍCOLA E MEIO AMBIENTE, PARA A AGROINDÚSTRIA INSTALADA NA COMUNIDADE DO TAPERINHA;_x000D_
 _x000D_
 	A DESPOLPADEIRA FOI INSTALADA NA COMUNIDADE DO TAPERINHA?_x000D_
 	A MESMA ENCONTRA-SE EM FUNCIONAMENTO?_x000D_
 	QUAL A PRODUTIVIDADE DIÁRIA DESTA?</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3656/veto_ao_proj._complementar_03.2020_000028.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3656/veto_ao_proj._complementar_03.2020_000028.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI COMPLEMENTAR 03/2020 – Comunico a Vossa Excelência que, com fundamento no § 1º do art. 38 da Lei Orgânica do Município de Campo Verde, decidi vetar parcialmente, o referido projeto legislativo, por vício de inconstitucionalidade e também por oportunidade e conveniência da Administração, sobremodo pela precariedade das informações técnicas contidas nas emendas apresentadas ao Projeto de Lei Complementar nº 03/2020, de 26 de março de 2020 o qual dispõe sobre o zoneamento do uso e da ocupação de solo urbano no Município de Campo Verde e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6208,67 +6208,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3601/ata_ext._165-20.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3596/ata_no_166-2020_sessao_extraordinaria_01-04-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3602/ata_ext._167-20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3603/ata_ext._168-20.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3597/ata_ext._169.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3604/ata_ext._170-20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3760/ataext.171.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3620/ata_1170-20.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3621/ata_1171-20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3622/ata_1172-20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3623/ata_1173-20.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3624/ata_1174-20.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3625/ata_1175-20.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3626/ata_1176-20.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3627/ata_1177-20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3628/ata_1178-20.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3629/ata_1179-20.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3630/ata_1180-20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3631/ata_1181-20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3632/ata_1182-20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3633/ata_1183-20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3634/ata_1184-20.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3635/ata_1185-20.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3636/ata_1186-20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3637/ata_1187-20.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3598/ata_1188.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3599/ata_1189.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3638/ata_1190-20.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3639/ata_1191-20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3679/ata_1192.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3680/ata_1193.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3681/ata_1194.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3682/ata_1195.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3683/ata_1196.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3702/ata_1197.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3703/ata_1198.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3704/ata_1199.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3730/ata_1200-20.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3731/ata_1201-20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3732/ata_1202-20.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3761/ataord.1203.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3762/ataord.1204.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3763/ataord.1205.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3764/ataord.1206.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3245/indicacao_no_01_ze_humbertodocx.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3246/indicacao_no_02_joao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3247/indicacao_no_03_joao._e_jucadocx_831mzbH.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3248/indicacao_no_04_kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3249/indicacao_no_05_nei_e_base_docx.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3250/indicacao_no_06_jh.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3251/indicacao_no_07_dantte.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3252/indicacao_no_08_polito_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3255/indicacao_no_09_joao_alaene_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3254/indicacao_no_10_silvio_qOSaRcI.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3256/indicacao_no_11_silvio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3257/indicacao_no_12_polito_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3258/indicacao_no_13_klebrson_Sa341TP.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3262/indicacao_no_14_cicero.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3263/indicacao_no_15_jh.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3264/indicacao_no_16_polito.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3265/indicacao_no_17_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3266/indicacao_no_18_kleberson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3267/indicacao_no_19_pedro_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3268/indicacao_no_20_dantte.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3269/indicacao_no_21_joao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3270/indicacao_no_22_-_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3271/indicacao_no_23_polito_docx.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3272/indicacao_no_24_nei_e_base_docx.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3273/indicacao_no_25_silviop__jm_e_k_docx_xfTpKuO.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3274/indicacao_no_26_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3276/indicacao_no_27_juca.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3277/indicacao_no_28_jose_maria_e_base.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3278/indicacao_no_29_dantte.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3279/indicacao_no_30_solivan.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3280/indicacao_no_31_pedro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3281/indicacao_no_32_solivan.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3282/indicacao_no_33_joao_e_juca.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3283/indicacao_no_34_cicero.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3284/indicacao_no_35_pedro_e_base_tugRJDx.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3285/indicacao_no_36_joao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3286/indicacao_no_37_joao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3287/indicacao_no_38_joao_e_b.o.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3288/indicacao_no_39_solivan_e_cicero.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3289/indicacao_no_40_klebersono.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3290/indicacao_no_41_klebersono.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3291/indicacao_no_42_klebersono_e_jose_m.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3292/indicacao_no_43_klebersono_.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3293/indicacao_no_44_klebersono_.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3294/indicacao_no_45_moises.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3295/indicacao_no_46_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3302/indicacao_no_48_silvio_cx.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3303/indicacao_no_49_danttecx.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3304/indicacao_no_50_ze_h._moises_cx.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3305/indicacao_no_51_solivan.cx.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3306/indicacao_no_52_jose_humberto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3307/indicacao_no_53_jose_humberto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3308/indicacao_no_54_silvio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3309/indicacao_no_55_dantte.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3310/indicacao_no_56_joao_juca_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3311/indicacao_no_57_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3312/indicacao_no_58__joao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3313/indicacao_no_59_juca.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3314/indicacao_no_60_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3315/indicacao_no_61__joao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3316/indicacao_no_62_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3317/indicacao_no_63_cicero.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3319/indicacao_no_64_juca.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3320/indicacao_no_65_silvio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3321/indicacao_no_66_silvio.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3322/indicacao_no_67_silvio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3323/indicacao_no_68_juca.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3324/indicacao_no_69__dante.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3325/indicacao_no_70_jh.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3328/indicacao_no_71_solivan.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3329/indicacao_no_72_cicero.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3330/indicacao_no_73_nei.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3331/indicacao_no_74_kleberson.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3333/indicacao_no_76_nei.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3334/indicacao_no_77_nei.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3335/indicacao_no_78__polito.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3336/indicacao_no_79_solivan.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3337/indicacao_no_80_pedro.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3338/indicacao_no_81_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3340/indicacao_no_82_ze_maria_e_base_docx.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3343/indicacao_no_83_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3341/indicacao_no_84_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3342/indicacao_no_85_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3344/indicacao_no_86_jose_humberto_docx.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3345/indicacao_no_87_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3346/indicacao_no_88_joao_alaene_e_jucadocx.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3347/indicacao_no_89_juca_cx.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3348/indicacao_no_90_nei_cx.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3349/indicacao_no_91_dante.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3350/indicacao_no_92_polito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3358/indicacao_no_93_nei_e_base_cx.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3359/indicacao_no_94_juca_joao_alaenecx.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3361/indicacao_no_96_silviocx.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3362/indicacao_no_97_silviocx.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3363/indicacao_no_98_dantte_cx.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3364/indicacao_no_99_jh_cx.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3366/indicacao_no_101_jucacx.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3367/indicacao_no_102_silvio_cx.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3371/indicacao_no_103_joao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3372/indicacao_no_104.dante.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3373/indicacao_no_105.ney.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3374/indicacao_no_106_.dante.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3375/indicacao_no_107_juca.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3376/indicacao_no_108_joao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3377/indicacao_109_dantte.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3378/indicacao_110_dantte.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3379/indicacao_111_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3380/indicacao_112_joao.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3381/indicacao_113_polito.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3382/indicacao_114_dantte.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3383/indicacao_115_juca.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3385/indicacao_n_116_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3386/indicacao_n_117_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3387/indicacao_n_118_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3388/indicacao_n_119_solivan.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3389/indicacao_n_120_solivan.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3390/indicacao_n_121_joao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3391/indicacao_n_122_joao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3392/indicacao_n_123_sil._ped._nei.soldocx.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3393/indicacao_n_124_sil._ped._ge._kl.jmdocx.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3407/indicacao_no_125_gessy_8ymj1qJ.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3397/indicacao_n_126_juca.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3408/indicacao_no_127_polito.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3399/indicacao_n_128_dantte.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3400/indicacao_n_129_polito_IpUSpoJ.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3401/indicacao_n_130_kle_e_base.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3402/indicacao_n_131_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3403/indicacao_n_132_kle_s_nei_gesdocx.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3404/indicacao_no_133_pedro.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3405/indicacao_no_134_silvio.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3406/indicacao_no_135_pedro.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3416/indicacao_no_136_dantte.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3417/indicacao_no_137_dantte.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3418/indicacao_no_138_dantte.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3419/indicacao_no_139_solivan.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3421/indicacao_no_140_solivan._e_basedocx.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3422/indicacao_no_141_jh._e_basedocx.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3423/indicacao_no_142_keblerson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3424/indicacao_no_143_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3425/indicacao_no_144_polito.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3426/indicacao_no_145_nei_e_base.docx.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3427/indicacao_no_146_juca.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3435/indicacao_no_148_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3436/indicacao_no_149_solivan.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3437/indicacao_no_150_juca.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3438/indicacao_no_151_jh.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3439/indicacao_no_152_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3440/indicacao_no_153_sil_p_g_neidocx.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3441/indicacao_no_154_sil_s_jm_k_cx_mQqyk4F.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3442/indicacao_no_155_joao_cx.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3443/indicacao_no_156_polito_cx.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3444/indicacao_no_157_kleberson_cx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3445/indicacao_no_158_jh.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3451/indicacao_no_159_gessy.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3452/indicacao_no_160_jm.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3453/indicacao_no_161_silvio.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3454/indicacao_no_162_solivan.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3455/indicacao_no_163_silvio.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3456/indicacao_no_164_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3457/indicacao_no_165_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3458/indicacao_no_166_neison.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3459/indicacao_no_167_dantte.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3460/indicacao_no_168_juca.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3461/indicacao_no_169_neison.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3462/indicacao_no_170_polito.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3469/indicacao_no_171_joao.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3470/indicacao_no_172_solivan.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3471/indicacao_no_173_-_dantte.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3472/indicacao_no_174_silvio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3473/indicacao_no_175_silvio.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3474/indicacao_no_176_joao.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3475/indicacao_no_177_jm.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3476/indicacao_no_178_kleberson.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3477/indicacao_no_179_juca.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3478/indicacao_no_180_-_j_h.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3479/indicacao_no_181_jh.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3480/indicacao_no_182_politos.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3481/indicacao_no_183_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3484/indicacao_no_184_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3485/indicacao_no_185_polito_sildocx.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3486/indicacao_no_186_danttedocx.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3487/indicacao_no_187_bonecadocx.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3488/indicacao_no_188_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3489/indicacao_no_189_jucacx.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3490/indicacao_no_190_gessycx.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3491/indicacao_no_191_silviocx_rWl49gc.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3492/indicacao_no_192_solivan.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3493/indicacao_no_193_silviocx.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3494/indicacao_no_194_joao-boneca.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3495/indicacao_no_195._pedro-base_docx.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3496/indicacao_no_196_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3497/indicacao_no_197_dantte.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3498/indicacao_no_198_solivan.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3499/indicacao_no_199_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3500/indicacao_no_200_juca_docx.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3501/indicacao_no_201_kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3502/indicacao_no_202_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3503/indicacao_no_203_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3504/indicacao_no_204_gessy.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3505/indicacao_no_205_joao.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3506/indicacao_no_206_joao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3518/indicacao_no__207_solivan.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3519/indicacao_no__208_polito.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3520/indicacao_no__209_joao.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3521/indicacao_no__210_jh.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3522/indicacao_no__211_jh.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3523/indicacao_no__212_silvio.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3524/indicacao_no__213_silvio.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3525/indicacao_no__214_dantte.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3526/indicacao_no__215_juca.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3530/indicacao_no__216_solivan.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3531/indicacao_no__217_joao.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3532/indicacao_no__218_jh.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3533/indicacao_no__219_dantte.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3534/indicacao_no__220_joao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3535/indicacao_no_221_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3537/indicacao_no_223_jose_humberto_e_polito_docx.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3549/indicacao_no__224_dantte.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3550/indicacao_no__225_gessy_e_base.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3551/indicacao_no__226_kleberson.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3552/indicacao_no__227_kleberson.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3555/indicacao_no_228_silvio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3556/indicacao_no_229_jh.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3557/indicacao_no_230_jh_TOm6aqO.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3558/indicacao_no_231_silvio.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3559/indicacao_no_232_dantte.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3582/indicacao_no_234_nei.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3583/indicacao_no_235_dantte.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3584/indicacao_no_236_silvio.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3585/indicacao_no_237_nei.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3586/indicacao_no_238_joao.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3587/indicacao_no_239_solivan.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3591/indicacao_no_240_juca.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3592/indicacao_no_241_dantte.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3593/indicacao_no_242_jh.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3594/indicacao_no_243_silviodocx.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3595/indicacao_no_344polito_docx.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3609/indicacao_no_245_solivandocx.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3610/indicacao_no_246_gessydocx.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3611/indicacao_no_247_jhdocx.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3612/indicacao_no_248_danttedocx.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3613/indicacao_no_249_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3614/indicacao_no_250_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3615/indicacao_no_251_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3616/indicacao_no_252_politodocx.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3617/indicacao_no_253_silvio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3618/indicacao_no_254_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3619/indicacao_no_255_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3645/indicacao_no_256_kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3646/indicacao_no_257_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3647/indicacao_no_258_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3648/indicacao_no_259_moises_docx.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3649/indicacao_no_260__kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3653/indicacao_no_261_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3654/indicacao_no_262_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3655/indicacao_no_263_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3660/indicacao_no_264_dantte_docx.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3661/indicacao_no_265_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3662/indicacao_no_266_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3663/indicacao_no_267_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3664/indicacao_no_268_jh.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3667/indicacao_no_269_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3668/indicacao_no_270_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3669/indicacao_no_271_gessy_e_base.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3670/indicacao_no_272_dantte.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3675/indicacao_polito_no273.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3676/indicacao_nei_e_base_no274.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3677/indicacao_no275_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3678/indicacao_no276_joao_e_alaenedocx.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3692/indicacao_n_277_joao.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3693/indicacao_n_278_joao.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3695/indicacao_n_279__solivan.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3696/indicacao_n_280_nei.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3697/indicacao_n_281_nei.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3706/indicacao_no_282-2020_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3707/indicacao_no_283-2020_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3708/indicacao_no_284-__solivandocx.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3715/indicacao_no_285-__jhcx.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3716/indicacao_no_286-2020_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3717/indicacao_no_287-2020_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3728/indicacao_n.o_288_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3729/indicacao_n.o_289_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3737/indicacao_n.o_290_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3738/indicacao_n.o_291_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3739/indicacao_n.o_292_juca_docx.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3740/indicacao_n.o_293_jh_docx.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3749/indicacao_no_294.2020_dante_docx.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3433/pauta_11.05.20docx.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3446/pauta_dia_18.05.20docx.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3463/pauta_sessao__dia_25.05.20docx.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3482/pauta_da_sessao_ordinaria_do_dia_01.06.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3512/pauta_sessao_ordinaria_08.06_docx.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3513/pauta_sessao_ordinaria.15.06_docx.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3538/pauta_sessao._22.06_docx.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3539/pauta_sessao_extraordinaria_25.06.2020.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3554/pauta_sessao_29.06.20.docx.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3577/pauta_vereadores__do__dia__24.07.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3589/pauta_sessao_ordinaria_dia_10.08.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3605/pauta_sessao_ordinaria_do_dia_17-08-2020..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3650/pauta_sessao_ordinaria_do_dia_24.08.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3651/pauta_sessao_31.08.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3658/pauta_da_sessao_ordinaria_do_dia_14.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3671/pauta_vereadores_do_dia_21.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3672/pauta_vereadores_do_dia_28.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3685/pauta_sessao_ordinaria_do_dia__05.10.2020..pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3694/pauta_sessao_dia_26.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3705/pauta_sessao_dia_09.11.2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3718/pauta_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3723/pauta_marlene_dia_23..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3726/pauta_sessao_30.11.20.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3735/pauta_sessao_ordinaria_dia_07.12.2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3751/pauta_da_sessao_ordinaria_do_dia_14.12.2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3414/projeto_de_decreto_no_01_2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3590/projeto_de_decreto_legislativo_no_02_2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3644/proj._de_dec._contas.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3369/proj_de_lei_comp_01_000021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3370/projeto_lei_complementar_n_03_20.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3514/proj._complementar_no_04_000010.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3686/proj._lei_compl._05-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3719/proj_complementar_06_000008.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3724/projeto_de_le_complementar_n_007-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3727/projetolei_complementar_08.2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3741/projeto_complemente_011.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3244/projeto_01.2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3259/projeto_02_000030.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3260/proj._de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3261/proj._de_lei_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3296/proj._06_000008.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3297/proj._de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3298/proj._de_lei_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3299/proj._de_lei_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3300/proj._de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3326/proj._11_000010.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3327/proj._12_000011.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3351/projeto_013.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3354/proj._15_000013.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3355/proj._16_000014.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3356/proj._17_000015.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3357/proj._18_000016.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3394/proj._lei_19-2020_executivo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3411/projeto_020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3412/projeto_021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3413/projeto_022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3429/proj._23_000031.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3430/proj._24_000032.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3447/projeto_025-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3448/projeto_026-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3449/projeto_027-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3464/proj._lei_28-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3465/proj._lei_29-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3466/proj._lei_30-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3467/proj_31-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3483/proj_32_000003.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3507/proj._33_000005.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3508/proj._34_000006.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3509/proj._35_000008.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3511/proj._lei_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3527/proj.__no_038_2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3540/proj.__no_39_000013.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3541/proj._lei_40-2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3542/proj._lei_41-2020.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3543/proj._lei_42-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3544/proj._lei_43-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3545/proj._lei_44-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3546/proj._lei_45-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3547/proj._lei_46-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3548/proj._lei_47-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3560/proj._lei_48-2020_extra_pauta.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3588/49_ldo_000017.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3561/projeto_50_2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3562/projeto_51.2020_.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3563/projeto_52_2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3564/projeto_53_2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3566/projeto_55_2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3567/proj._lei_56-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3568/proj._lei_57-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3569/proj._lei_58-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3570/proj._lei_59-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3571/proj._lei_60-2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3572/proj._lei_61-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3573/proj._lei_62-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3574/proj._lei_63-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3575/proj._lei_64-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3576/proj._lei_65-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3579/proj._lei_no_66-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3580/proj._lei_no_67-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3606/projeto__no_68_000025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3607/proj._lei_69-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3608/proj._lei_70-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3640/projeto_71_000050.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3641/projeto_72_000051.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3642/pl_073-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3652/proj_74_000027.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3657/projeto_de_lei_75_000038.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3665/proj._lei_no_76-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3673/projeto_077.2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3684/proj._lei_79-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3689/proj.lei_81.2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3699/proj_82.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3700/proj_83_000044.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3701/proj_84_000002.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3709/poj._lei_85-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3710/proj_86_000004.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3711/proj_87_000005.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3712/proj_88_000006.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3720/proj_89_000007.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3721/proj._lei_90-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3722/proj._lei_91-2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3725/projeto_de_lei_92-2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3734/projeto_de_lei_094-2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3733/projeto_de_lei_095-2020_ppa.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3742/projeto_096.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3743/projeto_097.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3744/projeto_098.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3745/projeto_099.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3746/projeto_100.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3747/projeto_101.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3748/projeto_102_.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3752/proj_103_000003.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3753/proj_104_000004.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3754/proj_105_000005.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3755/proj_106_000006.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3415/projeto_de_lei_funcao_comissionada.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3516/projeto_de_lei_no_02_escola_grenville.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3517/projeto_de_lei_no_03_centro_multiuso_santa_rosa_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3553/projeto_de_lei_nova_denominacao_da_upa.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3643/projeto_de_lei_no_05_denominacao_do_parque_recanto_dos_passaros.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3666/projeto_de_lei_no_06_denominacao_caism_3.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3674/proj._lei_leg._07-2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3698/projeto_de_lei_no_08_2020_familia_crista.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3713/projeto_de_lei_no_09_jucinea_bruna_da_costa.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3714/projeto_de_lei_no_10_jose_patricio_dos_santos_museu_da_historia_de_campo_verde_1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3736/proj_11_leg_000010.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3750/projeto_de_lei_no_012_rodovia_municipal.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3368/resolucao_01_000018.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3395/projeto_de_resolucao_no_02_prorrogacao_resolucao_056.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3275/requerimento_no_01_solivan.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3318/requerimento_no_02_dantte.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3339/requerimento_no_03_solivan.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3353/requerimento_no_04_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3384/requerimento_no_05_dantte.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3409/requerimento_no_06_dantte.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3410/requerimento_no_07_joao_e_alaene_docx.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3431/requerimento_no_08_jh.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3434/requerimento_no_09_dantte.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3450/requerimento_no_10_solivan.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3468/requerimento_no_11_solivan.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3528/requerimento_no_12_joao.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3529/requerimento_no_13_dantte.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3659/requerimento_no_14_dantte.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3687/requerimento_no_15_juca.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3688/requerimento_no_16_dantte.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3691/requerimento_no_17_dantte.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3656/veto_ao_proj._complementar_03.2020_000028.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3601/ata_ext._165-20.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3596/ata_no_166-2020_sessao_extraordinaria_01-04-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3602/ata_ext._167-20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3603/ata_ext._168-20.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3597/ata_ext._169.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3604/ata_ext._170-20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3760/ataext.171.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3620/ata_1170-20.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3621/ata_1171-20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3622/ata_1172-20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3623/ata_1173-20.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3624/ata_1174-20.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3625/ata_1175-20.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3626/ata_1176-20.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3627/ata_1177-20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3628/ata_1178-20.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3629/ata_1179-20.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3630/ata_1180-20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3631/ata_1181-20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3632/ata_1182-20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3633/ata_1183-20.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3634/ata_1184-20.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3635/ata_1185-20.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3636/ata_1186-20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3637/ata_1187-20.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3598/ata_1188.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3599/ata_1189.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3638/ata_1190-20.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3639/ata_1191-20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3679/ata_1192.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3680/ata_1193.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3681/ata_1194.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3682/ata_1195.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3683/ata_1196.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3702/ata_1197.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3703/ata_1198.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3704/ata_1199.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3730/ata_1200-20.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3731/ata_1201-20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3732/ata_1202-20.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3761/ataord.1203.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3762/ataord.1204.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3763/ataord.1205.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3764/ataord.1206.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3245/indicacao_no_01_ze_humbertodocx.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3246/indicacao_no_02_joao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3247/indicacao_no_03_joao._e_jucadocx_831mzbH.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3248/indicacao_no_04_kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3249/indicacao_no_05_nei_e_base_docx.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3250/indicacao_no_06_jh.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3251/indicacao_no_07_dantte.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3252/indicacao_no_08_polito_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3255/indicacao_no_09_joao_alaene_.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3254/indicacao_no_10_silvio_qOSaRcI.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3256/indicacao_no_11_silvio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3257/indicacao_no_12_polito_.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3258/indicacao_no_13_klebrson_Sa341TP.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3262/indicacao_no_14_cicero.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3263/indicacao_no_15_jh.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3264/indicacao_no_16_polito.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3265/indicacao_no_17_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3266/indicacao_no_18_kleberson.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3267/indicacao_no_19_pedro_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3268/indicacao_no_20_dantte.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3269/indicacao_no_21_joao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3270/indicacao_no_22_-_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3271/indicacao_no_23_polito_docx.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3272/indicacao_no_24_nei_e_base_docx.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3273/indicacao_no_25_silviop__jm_e_k_docx_xfTpKuO.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3274/indicacao_no_26_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3276/indicacao_no_27_juca.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3277/indicacao_no_28_jose_maria_e_base.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3278/indicacao_no_29_dantte.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3279/indicacao_no_30_solivan.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3280/indicacao_no_31_pedro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3281/indicacao_no_32_solivan.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3282/indicacao_no_33_joao_e_juca.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3283/indicacao_no_34_cicero.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3284/indicacao_no_35_pedro_e_base_tugRJDx.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3285/indicacao_no_36_joao.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3286/indicacao_no_37_joao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3287/indicacao_no_38_joao_e_b.o.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3288/indicacao_no_39_solivan_e_cicero.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3289/indicacao_no_40_klebersono.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3290/indicacao_no_41_klebersono.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3291/indicacao_no_42_klebersono_e_jose_m.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3292/indicacao_no_43_klebersono_.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3293/indicacao_no_44_klebersono_.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3294/indicacao_no_45_moises.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3295/indicacao_no_46_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3302/indicacao_no_48_silvio_cx.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3303/indicacao_no_49_danttecx.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3304/indicacao_no_50_ze_h._moises_cx.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3305/indicacao_no_51_solivan.cx.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3306/indicacao_no_52_jose_humberto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3307/indicacao_no_53_jose_humberto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3308/indicacao_no_54_silvio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3309/indicacao_no_55_dantte.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3310/indicacao_no_56_joao_juca_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3311/indicacao_no_57_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3312/indicacao_no_58__joao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3313/indicacao_no_59_juca.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3314/indicacao_no_60_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3315/indicacao_no_61__joao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3316/indicacao_no_62_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3317/indicacao_no_63_cicero.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3319/indicacao_no_64_juca.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3320/indicacao_no_65_silvio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3321/indicacao_no_66_silvio.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3322/indicacao_no_67_silvio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3323/indicacao_no_68_juca.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3324/indicacao_no_69__dante.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3325/indicacao_no_70_jh.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3328/indicacao_no_71_solivan.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3329/indicacao_no_72_cicero.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3330/indicacao_no_73_nei.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3331/indicacao_no_74_kleberson.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3333/indicacao_no_76_nei.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3334/indicacao_no_77_nei.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3335/indicacao_no_78__polito.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3336/indicacao_no_79_solivan.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3337/indicacao_no_80_pedro.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3338/indicacao_no_81_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3340/indicacao_no_82_ze_maria_e_base_docx.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3343/indicacao_no_83_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3341/indicacao_no_84_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3342/indicacao_no_85_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3344/indicacao_no_86_jose_humberto_docx.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3345/indicacao_no_87_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3346/indicacao_no_88_joao_alaene_e_jucadocx.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3347/indicacao_no_89_juca_cx.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3348/indicacao_no_90_nei_cx.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3349/indicacao_no_91_dante.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3350/indicacao_no_92_polito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3358/indicacao_no_93_nei_e_base_cx.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3359/indicacao_no_94_juca_joao_alaenecx.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3361/indicacao_no_96_silviocx.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3362/indicacao_no_97_silviocx.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3363/indicacao_no_98_dantte_cx.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3364/indicacao_no_99_jh_cx.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3366/indicacao_no_101_jucacx.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3367/indicacao_no_102_silvio_cx.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3371/indicacao_no_103_joao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3372/indicacao_no_104.dante.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3373/indicacao_no_105.ney.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3374/indicacao_no_106_.dante.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3375/indicacao_no_107_juca.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3376/indicacao_no_108_joao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3377/indicacao_109_dantte.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3378/indicacao_110_dantte.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3379/indicacao_111_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3380/indicacao_112_joao.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3381/indicacao_113_polito.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3382/indicacao_114_dantte.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3383/indicacao_115_juca.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3385/indicacao_n_116_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3386/indicacao_n_117_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3387/indicacao_n_118_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3388/indicacao_n_119_solivan.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3389/indicacao_n_120_solivan.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3390/indicacao_n_121_joao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3391/indicacao_n_122_joao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3392/indicacao_n_123_sil._ped._nei.soldocx.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3393/indicacao_n_124_sil._ped._ge._kl.jmdocx.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3407/indicacao_no_125_gessy_8ymj1qJ.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3397/indicacao_n_126_juca.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3408/indicacao_no_127_polito.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3399/indicacao_n_128_dantte.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3400/indicacao_n_129_polito_IpUSpoJ.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3401/indicacao_n_130_kle_e_base.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3402/indicacao_n_131_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3403/indicacao_n_132_kle_s_nei_gesdocx.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3404/indicacao_no_133_pedro.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3405/indicacao_no_134_silvio.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3406/indicacao_no_135_pedro.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3416/indicacao_no_136_dantte.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3417/indicacao_no_137_dantte.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3418/indicacao_no_138_dantte.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3419/indicacao_no_139_solivan.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3421/indicacao_no_140_solivan._e_basedocx.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3422/indicacao_no_141_jh._e_basedocx.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3423/indicacao_no_142_keblerson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3424/indicacao_no_143_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3425/indicacao_no_144_polito.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3426/indicacao_no_145_nei_e_base.docx.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3427/indicacao_no_146_juca.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3435/indicacao_no_148_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3436/indicacao_no_149_solivan.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3437/indicacao_no_150_juca.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3438/indicacao_no_151_jh.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3439/indicacao_no_152_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3440/indicacao_no_153_sil_p_g_neidocx.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3441/indicacao_no_154_sil_s_jm_k_cx_mQqyk4F.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3442/indicacao_no_155_joao_cx.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3443/indicacao_no_156_polito_cx.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3444/indicacao_no_157_kleberson_cx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3445/indicacao_no_158_jh.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3451/indicacao_no_159_gessy.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3452/indicacao_no_160_jm.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3453/indicacao_no_161_silvio.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3454/indicacao_no_162_solivan.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3455/indicacao_no_163_silvio.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3456/indicacao_no_164_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3457/indicacao_no_165_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3458/indicacao_no_166_neison.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3459/indicacao_no_167_dantte.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3460/indicacao_no_168_juca.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3461/indicacao_no_169_neison.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3462/indicacao_no_170_polito.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3469/indicacao_no_171_joao.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3470/indicacao_no_172_solivan.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3471/indicacao_no_173_-_dantte.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3472/indicacao_no_174_silvio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3473/indicacao_no_175_silvio.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3474/indicacao_no_176_joao.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3475/indicacao_no_177_jm.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3476/indicacao_no_178_kleberson.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3477/indicacao_no_179_juca.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3478/indicacao_no_180_-_j_h.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3479/indicacao_no_181_jh.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3480/indicacao_no_182_politos.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3481/indicacao_no_183_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3484/indicacao_no_184_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3485/indicacao_no_185_polito_sildocx.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3486/indicacao_no_186_danttedocx.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3487/indicacao_no_187_bonecadocx.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3488/indicacao_no_188_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3489/indicacao_no_189_jucacx.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3490/indicacao_no_190_gessycx.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3491/indicacao_no_191_silviocx_rWl49gc.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3492/indicacao_no_192_solivan.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3493/indicacao_no_193_silviocx.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3494/indicacao_no_194_joao-boneca.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3495/indicacao_no_195._pedro-base_docx.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3496/indicacao_no_196_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3497/indicacao_no_197_dantte.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3498/indicacao_no_198_solivan.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3499/indicacao_no_199_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3500/indicacao_no_200_juca_docx.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3501/indicacao_no_201_kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3502/indicacao_no_202_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3503/indicacao_no_203_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3504/indicacao_no_204_gessy.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3505/indicacao_no_205_joao.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3506/indicacao_no_206_joao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3518/indicacao_no__207_solivan.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3519/indicacao_no__208_polito.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3520/indicacao_no__209_joao.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3521/indicacao_no__210_jh.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3522/indicacao_no__211_jh.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3523/indicacao_no__212_silvio.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3524/indicacao_no__213_silvio.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3525/indicacao_no__214_dantte.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3526/indicacao_no__215_juca.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3530/indicacao_no__216_solivan.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3531/indicacao_no__217_joao.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3532/indicacao_no__218_jh.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3533/indicacao_no__219_dantte.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3534/indicacao_no__220_joao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3535/indicacao_no_221_nei_docx.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3537/indicacao_no_223_jose_humberto_e_polito_docx.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3549/indicacao_no__224_dantte.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3550/indicacao_no__225_gessy_e_base.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3551/indicacao_no__226_kleberson.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3552/indicacao_no__227_kleberson.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3555/indicacao_no_228_silvio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3556/indicacao_no_229_jh.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3557/indicacao_no_230_jh_TOm6aqO.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3558/indicacao_no_231_silvio.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3559/indicacao_no_232_dantte.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3582/indicacao_no_234_nei.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3583/indicacao_no_235_dantte.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3584/indicacao_no_236_silvio.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3585/indicacao_no_237_nei.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3586/indicacao_no_238_joao.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3587/indicacao_no_239_solivan.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3591/indicacao_no_240_juca.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3592/indicacao_no_241_dantte.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3593/indicacao_no_242_jh.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3594/indicacao_no_243_silviodocx.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3595/indicacao_no_344polito_docx.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3609/indicacao_no_245_solivandocx.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3610/indicacao_no_246_gessydocx.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3611/indicacao_no_247_jhdocx.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3612/indicacao_no_248_danttedocx.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3613/indicacao_no_249_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3614/indicacao_no_250_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3615/indicacao_no_251_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3616/indicacao_no_252_politodocx.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3617/indicacao_no_253_silvio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3618/indicacao_no_254_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3619/indicacao_no_255_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3645/indicacao_no_256_kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3646/indicacao_no_257_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3647/indicacao_no_258_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3648/indicacao_no_259_moises_docx.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3649/indicacao_no_260__kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3653/indicacao_no_261_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3654/indicacao_no_262_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3655/indicacao_no_263_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3660/indicacao_no_264_dantte_docx.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3661/indicacao_no_265_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3662/indicacao_no_266_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3663/indicacao_no_267_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3664/indicacao_no_268_jh.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3667/indicacao_no_269_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3668/indicacao_no_270_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3669/indicacao_no_271_gessy_e_base.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3670/indicacao_no_272_dantte.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3675/indicacao_polito_no273.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3676/indicacao_nei_e_base_no274.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3677/indicacao_no275_joaodocx.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3678/indicacao_no276_joao_e_alaenedocx.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3692/indicacao_n_277_joao.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3693/indicacao_n_278_joao.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3695/indicacao_n_279__solivan.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3696/indicacao_n_280_nei.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3697/indicacao_n_281_nei.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3706/indicacao_no_282-2020_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3707/indicacao_no_283-2020_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3708/indicacao_no_284-__solivandocx.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3715/indicacao_no_285-__jhcx.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3716/indicacao_no_286-2020_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3717/indicacao_no_287-2020_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3728/indicacao_n.o_288_klebersondocx.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3729/indicacao_n.o_289_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3737/indicacao_n.o_290_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3738/indicacao_n.o_291_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3739/indicacao_n.o_292_juca_docx.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3740/indicacao_n.o_293_jh_docx.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3749/indicacao_no_294.2020_dante_docx.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3433/pauta_11.05.20docx.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3446/pauta_dia_18.05.20docx.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3463/pauta_sessao__dia_25.05.20docx.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3482/pauta_da_sessao_ordinaria_do_dia_01.06.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3512/pauta_sessao_ordinaria_08.06_docx.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3513/pauta_sessao_ordinaria.15.06_docx.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3538/pauta_sessao._22.06_docx.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3539/pauta_sessao_extraordinaria_25.06.2020.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3554/pauta_sessao_29.06.20.docx.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3577/pauta_vereadores__do__dia__24.07.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3589/pauta_sessao_ordinaria_dia_10.08.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3605/pauta_sessao_ordinaria_do_dia_17-08-2020..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3650/pauta_sessao_ordinaria_do_dia_24.08.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3651/pauta_sessao_31.08.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3658/pauta_da_sessao_ordinaria_do_dia_14.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3671/pauta_vereadores_do_dia_21.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3672/pauta_vereadores_do_dia_28.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3685/pauta_sessao_ordinaria_do_dia__05.10.2020..pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3694/pauta_sessao_dia_26.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3705/pauta_sessao_dia_09.11.2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3718/pauta_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3723/pauta_marlene_dia_23..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3726/pauta_sessao_30.11.20.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3735/pauta_sessao_ordinaria_dia_07.12.2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3751/pauta_da_sessao_ordinaria_do_dia_14.12.2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3414/projeto_de_decreto_no_01_2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3590/projeto_de_decreto_legislativo_no_02_2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3644/proj._de_dec._contas.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3369/proj_de_lei_comp_01_000021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3370/projeto_lei_complementar_n_03_20.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3514/proj._complementar_no_04_000010.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3686/proj._lei_compl._05-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3719/proj_complementar_06_000008.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3724/projeto_de_le_complementar_n_007-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3727/projetolei_complementar_08.2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3741/projeto_complemente_011.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3244/projeto_01.2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3259/projeto_02_000030.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3260/proj._de_lei_no_04-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3261/proj._de_lei_no_05-2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3296/proj._06_000008.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3297/proj._de_lei_no_07-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3298/proj._de_lei_no_08-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3299/proj._de_lei_no_09-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3300/proj._de_lei_no_10-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3326/proj._11_000010.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3327/proj._12_000011.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3351/projeto_013.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3354/proj._15_000013.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3355/proj._16_000014.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3356/proj._17_000015.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3357/proj._18_000016.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3394/proj._lei_19-2020_executivo.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3411/projeto_020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3412/projeto_021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3413/projeto_022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3429/proj._23_000031.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3430/proj._24_000032.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3447/projeto_025-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3448/projeto_026-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3449/projeto_027-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3464/proj._lei_28-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3465/proj._lei_29-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3466/proj._lei_30-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3467/proj_31-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3483/proj_32_000003.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3507/proj._33_000005.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3508/proj._34_000006.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3509/proj._35_000008.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3511/proj._lei_no_37-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3527/proj.__no_038_2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3540/proj.__no_39_000013.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3541/proj._lei_40-2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3542/proj._lei_41-2020.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3543/proj._lei_42-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3544/proj._lei_43-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3545/proj._lei_44-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3546/proj._lei_45-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3547/proj._lei_46-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3548/proj._lei_47-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3560/proj._lei_48-2020_extra_pauta.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3588/49_ldo_000017.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3561/projeto_50_2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3562/projeto_51.2020_.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3563/projeto_52_2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3564/projeto_53_2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3566/projeto_55_2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3567/proj._lei_56-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3568/proj._lei_57-2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3569/proj._lei_58-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3570/proj._lei_59-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3571/proj._lei_60-2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3572/proj._lei_61-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3573/proj._lei_62-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3574/proj._lei_63-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3575/proj._lei_64-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3576/proj._lei_65-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3579/proj._lei_no_66-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3580/proj._lei_no_67-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3606/projeto__no_68_000025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3607/proj._lei_69-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3608/proj._lei_70-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3640/projeto_71_000050.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3641/projeto_72_000051.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3642/pl_073-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3652/proj_74_000027.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3657/projeto_de_lei_75_000038.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3665/proj._lei_no_76-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3673/projeto_077.2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3684/proj._lei_79-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3689/proj.lei_81.2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3699/proj_82.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3700/proj_83_000044.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3701/proj_84_000002.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3709/poj._lei_85-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3710/proj_86_000004.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3711/proj_87_000005.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3712/proj_88_000006.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3720/proj_89_000007.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3721/proj._lei_90-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3722/proj._lei_91-2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3725/projeto_de_lei_92-2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3734/projeto_de_lei_094-2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3733/projeto_de_lei_095-2020_ppa.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3742/projeto_096.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3743/projeto_097.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3744/projeto_098.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3745/projeto_099.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3746/projeto_100.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3747/projeto_101.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3748/projeto_102_.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3752/proj_103_000003.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3753/proj_104_000004.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3754/proj_105_000005.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3755/proj_106_000006.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3415/projeto_de_lei_funcao_comissionada.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3516/projeto_de_lei_no_02_escola_grenville.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3517/projeto_de_lei_no_03_centro_multiuso_santa_rosa_1.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3553/projeto_de_lei_nova_denominacao_da_upa.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3643/projeto_de_lei_no_05_denominacao_do_parque_recanto_dos_passaros.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3666/projeto_de_lei_no_06_denominacao_caism_3.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3674/proj._lei_leg._07-2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3698/projeto_de_lei_no_08_2020_familia_crista.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3713/projeto_de_lei_no_09_jucinea_bruna_da_costa.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3714/projeto_de_lei_no_10_jose_patricio_dos_santos_museu_da_historia_de_campo_verde_1.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3736/proj_11_leg_000010.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3750/projeto_de_lei_no_012_rodovia_municipal.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3368/resolucao_01_000018.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3395/projeto_de_resolucao_no_02_prorrogacao_resolucao_056.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3275/requerimento_no_01_solivan.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3318/requerimento_no_02_dantte.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3339/requerimento_no_03_solivan.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3353/requerimento_no_04_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3384/requerimento_no_05_dantte.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3409/requerimento_no_06_dantte.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3410/requerimento_no_07_joao_e_alaene_docx.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3431/requerimento_no_08_jh.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3434/requerimento_no_09_dantte.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3450/requerimento_no_10_solivan.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3468/requerimento_no_11_solivan.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3528/requerimento_no_12_joao.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3529/requerimento_no_13_dantte.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3659/requerimento_no_14_dantte.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3687/requerimento_no_15_juca.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3688/requerimento_no_16_dantte.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3691/requerimento_no_17_dantte.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2020/3656/veto_ao_proj._complementar_03.2020_000028.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H513"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="107.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="158.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="157.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>