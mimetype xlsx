--- v0 (2026-01-29)
+++ v1 (2026-03-28)
@@ -51,8223 +51,8223 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>ATAS</t>
   </si>
   <si>
     <t>Atas Sessões Extraordinarias</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2852/ata_ext._no_158-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2852/ata_ext._no_158-19.pdf</t>
   </si>
   <si>
     <t>ATA EXT. Nº 158-19</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2853/ata_ext._no_159-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2853/ata_ext._no_159-19.pdf</t>
   </si>
   <si>
     <t>ATA EXT. Nº 159-19</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2989/ata_ext._no_160-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2989/ata_ext._no_160-2019.pdf</t>
   </si>
   <si>
     <t>Ata n° 160/2019 da sessão extraordinária</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3003/ata_ext._no_161-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3003/ata_ext._no_161-2019.pdf</t>
   </si>
   <si>
     <t>ATA 161/2019 SESSÃO EXTRAORDINÁRIA DO DIA 29 JULHO DE 2019</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3228/ata_ext._no_162-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3228/ata_ext._no_162-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 162/2019</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3229/ata_ext._no_163-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3229/ata_ext._no_163-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 163/2019</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3600/ata_ext._164-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3600/ata_ext._164-19.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA DO DIA 17-12-2019.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Atas Sessões Ordinárias</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/</t>
   </si>
   <si>
     <t>ATA Nº 1.132-2019</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2855/ata_no_1.133-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2855/ata_no_1.133-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.133-2019</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2856/ata_no_1.134-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2856/ata_no_1.134-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.134-2019</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2857/ata_no_1.135-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2857/ata_no_1.135-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.135-2019</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2858/ata_no_1.136-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2858/ata_no_1.136-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.136-2019</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2859/ata_no_1.137-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2859/ata_no_1.137-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.137-2019</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2860/ata_no_1.138-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2860/ata_no_1.138-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.138-2019</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2861/ata_no_1.139-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2861/ata_no_1.139-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.139-2019</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2862/ata_no_1.140-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2862/ata_no_1.140-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.140-2019</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2863/ata_no_1.141-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2863/ata_no_1.141-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.141-2019</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2864/ata_no_1.142-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2864/ata_no_1.142-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.142-2019</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2865/ata_no_1.143-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2865/ata_no_1.143-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.143-2019</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2866/ata_no_1.144-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2866/ata_no_1.144-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.144-2019</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2867/ata_no_1.145-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2867/ata_no_1.145-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.145-2019</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2868/ata_no_1.146-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2868/ata_no_1.146-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.146-2019</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2869/ata_no_1.147-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2869/ata_no_1.147-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.147-2019</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2870/ata_no_1.148-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2870/ata_no_1.148-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.148-2019</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2871/ata_no_1.149-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2871/ata_no_1.149-2019.pdf</t>
   </si>
   <si>
     <t>ATA Nº 1.149-2019</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3004/ata_no_1.150-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3004/ata_no_1.150-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1150/2019</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3005/ata_no_1.151-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3005/ata_no_1.151-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 151/2019</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3006/ata_no_1.152-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3006/ata_no_1.152-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 152/2019</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3007/ata_no_1.153-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3007/ata_no_1.153-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1153/2019</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3008/ata_no_1.154-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3008/ata_no_1.154-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1154/2019</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3009/ata_no_1.155-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3009/ata_no_1.155-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 155/2019</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3230/ata_no_1.156-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3230/ata_no_1.156-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.156/2019</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3231/ata_no_1.157-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3231/ata_no_1.157-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.157/2019</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3232/ata_no_1.158-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3232/ata_no_1.158-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.158/2019</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3233/ata_no_1.159-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3233/ata_no_1.159-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.159/2019</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3234/ata_no_1.160-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3234/ata_no_1.160-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.160/2019</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3235/ata_no_1.161-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3235/ata_no_1.161-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.161/2019</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3236/ata_no_1.162-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3236/ata_no_1.162-2019.pdf</t>
   </si>
   <si>
     <t>ATA N ° 1.162/2019</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3237/ata_no_1.163-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3237/ata_no_1.163-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.163/2019</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3238/ata_no_1.164-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3238/ata_no_1.164-2019.pdf</t>
   </si>
   <si>
     <t>ATA N ° 1.164/2019</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3239/ata_no_1.165-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3239/ata_no_1.165-2019.pdf</t>
   </si>
   <si>
     <t>ATA N ° 1.165/2019</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3240/ata_no_1.166-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3240/ata_no_1.166-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.166/2019</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3241/ata_no_1.167-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3241/ata_no_1.167-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1. 167/2019</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3242/ata_no_1.168-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3242/ata_no_1.168-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.168/2019</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3243/ata_no_1.169-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3243/ata_no_1.169-2019.pdf</t>
   </si>
   <si>
     <t>ATA N° 1.169/2019</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Juca Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2423/2423_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2423/2423_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REARBORIZAÇÃO DO CANTEIRO DA AVENIDA GOIÁS PARALELA A MT 140, COM IPÊ DE CORES VARIADAS. </t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Kleberson Almeida</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2424/2424_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2424/2424_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM REFORMA DOS PONTOS DE ÔNIBUS NAS SEGUINTES LOCALIDADES: SAÍDA PARA DOM AQUINO E SAÍDA PARA CHAPADA DOS GUIMARÃES EM FRENTE AO RESTAURANTE SANTA FÉ. BEM COMO A REFORMA DESTES ONDE HOUVER NECESSIDADE. </t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Silvio Eventos, Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2425/2425_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2425/2425_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO NO INTUITO DE DENOMINAR DE BENJAMIN PRATI A MT 344, NO TRECHO QUE COMPREENDE CAMPO VERDE A DOM AQUINO. </t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2426/2426_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2426/2426_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E ÓRGÃO COMPETENTE PARA A IMPLANTAÇÃO DE CURSOS PROFISSIONALIZANTES TAIS COMO: CORTE COSTURA, CABELEIREIRO E OUTROS VOLTADOS PARA A ÁREA DE SAÚDE E ESTÉTICA.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2427/2427_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2427/2427_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DA &amp;#8220;FEIRA ANUAL DA TECELAGEM CONFECÇÃO&amp;#8221;. </t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Cícero</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2428/2428_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2428/2428_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM RECUPERAÇÃO COM LAMA ASFÁLTICA NOS BAIRROS: BORDAS DO LAGO, ECKERT, BOM CLIMA, JARDIM CAMPO VERDE, CIDADE ALTA E BELA VISTA. BEM COMO A IMPLANTAÇÃO DE SINALIZAÇÃO DE TRANSITO, REPARO E REVITALIZAÇÃO ONDE HOUVER NECESSIDADE. </t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2429/2429_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2429/2429_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM PROPOR A EMPRESA BRF (SADIA) À PERMUTA DA ÁREA DE TERRA QUE A MESMA POSSUI NOS FUNDOS DO ESCRITÓRIO, POR OUTRA ÁREA, PARA POSSIBILITAR A CONSTRUÇÃO DE UMA PRAÇA DE LAZER NO BAIRRO SÃO LOURENÇO. </t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Cícero, Kleberson Almeida, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2430/2430_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2430/2430_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE COM OBJETIVO DE REALIZAR A INSTALAÇÃO DE REDUTORES DE VELOCIDADE EM TODA A EXTENSÃO DA AVENIDA FLAMINGO, LOCALIZADA NO BAIRRO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t xml:space="preserve">Kleberson Almeida, Cícero, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2431/2431_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2431/2431_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A ORNAMENTAÇÃO, PAISAGISMO E ARBORIZAÇÃO NO CANTEIRO CENTRAL DA AVENIDA SÃO CRISTÓVÃO, NO TRECHO QUE COMPREENDE OS BAIRROS RECANTO DOS PÁSSAROS I ATÉ O SANTA ROSA. BEM COMO A CONSTRUÇÃO DE CALÇADA NO MESMO. </t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2432/2432_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2432/2432_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM ABRIGO NA AVENIDA BEIJA FLOR COM A RUA FLAMINGO. </t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Cambara, Cícero, Kleberson Almeida, Nei do Dom Ozorio - PT, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2433/2433_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2433/2433_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE EDUCAÇÃO COM O OBJETIVO DE CONSTRUIR PELO MENOS DUAS SALAS ANEXAS DE AULA DIRECIONADAS AO ENSINO PRÉ-ESCOLAR, NA ESCOLA MUNICIPAL DO SANTO ANTÔNIO DA FARTURA. </t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2434/2434_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2434/2434_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO NAS VIAS DE ACESSO NOS BAIRROS: CIDADE ALTA I, CIDADE ALTA II E SÃO MIGUEL. </t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Moises Polito</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2435/2435_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2435/2435_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONCLUSÃO DA CONSTRUÇÃO DO PARQUE DOS PÁSSAROS, LOCALIZADO ENTRE OS BAIRROS JARDIM AMÉRICA E RECANTO DOS PÁSSAROS II, CONFORME CONSTA NO PLANO DE GOVERNO. </t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2436/2436_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2436/2436_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO DE PROJETO DE FINALIZAÇÃO DE CAPTAÇÃO DE ÁGUA PLUVIAL NO FINAL DA AVENIDA VEREADOR CESAR LIMA. BEM COMO CONTENSÃO DA EROSÃO LÁ EXISTENTE, RECUPERAÇÃO DA ÁREA DEGRADADA E ARBORIZAÇÃO. </t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Dantte</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2437/2437_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2437/2437_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE REALIZAR PARCERIA COM O GOVERNO DO ESTADO PARA IMPLANTAÇÃO DO &amp;#8220;POUPA TEMPO&amp;#8221; EM CAMPO VERDE-MT. </t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Silvio Eventos, Nei do Dom Ozorio - PT, Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2445/2445_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2445/2445_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ORNAMENTAÇÃO E PAISAGISMO NO CANTEIRO CENTRAL NA AVENIDA SANTA TEREZA, LOCALIZADA NO BAIRRO JUPIARA.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2446/2446_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2446/2446_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA AMAZON PARA TRANSFORMAR OS 236 LOTES LOCALIZADOS NO JARDIM AMÉRICA EM LOTEAMENTO POPULAR. </t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2447/2447_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2447/2447_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM AQUISIÇÃO DE DRONE COM CÂMERA PARA OS AGENTES COMUNITÁRIOS DE ENDEMIAS PARA MONITORAMENTOS DAS ÁREAS DE RISCOS, ATINGIDAS PELO FOCO AEDES AEGYPTI. </t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2448/2448_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2448/2448_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE CONCEDER LICENÇA AOS PROFESSORES MUNICIPAIS DA EDUCAÇÃO BÁSICA PARA O APERFEIÇOAMENTO PROFISSIONAL EM CURSOS DE PÓS-GRADUAÇÃO EM NÍVEL DE MESTRADO E DOUTORADO, CONFORME DETERMINA OS ARTIGOS 78 AO 81 DA LEI COMPLEMENTAR 57/2015 (PCCS-EDUCAÇÃO). </t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2449/2449_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2449/2449_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE ESTACIONAMENTO PERPENDICULAR NO CANTEIRO CENTRAL DA AVENIDA BRASIL EM AMBOS OS SENTIDOS DA MESMA. </t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2450/2450_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2450/2450_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE ESTUDO JUNTO AO ÓRGÃO COMPETENTE NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS PARA A AQUISIÇÃO DE APARELHO DE ÓRTESE DINÂMICA &amp;#8211; THERASUIT, NA REABILITAÇÃO DE CRIANÇAS E ADULTOS. </t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2451/2451_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2451/2451_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE ROTATÓRIA NO ENTRONCAMENTO DA AVENIDA DOS TRABALHADORES COM A RUA DO SABER E RUA GOIÂNIA.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t xml:space="preserve">Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2452/2452_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2452/2452_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE COBERTURA NA QUADRA DE AREIA DA ESCOLA MUNICIPAL PAULO FREIRE. </t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2453/2453_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2453/2453_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA ÁGUAS DE CAMPO VERDE NO SENTIDO DE QUE SE FAÇA CUMPRIR TODAS AS RECOMENDAÇÕES E REGULARIZAÇÕES DE TODAS AS NÃO CONFORMIDADES E RECOMENDAÇÕES APONTADAS DENTRO DO PRAZO ESTIPULADO. </t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2454/2454_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2454/2454_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM AQUISIÇÃO E INSTALAÇÃO DE LIXEIRAS NO CEMITÉRIO MUNICIPAL. </t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2455/2455_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2455/2455_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SINFRA, NO INTUITO DE RETOMADA DAS OBRAS DE MELHORAMENTO DA MT 344. </t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2456/2456_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2456/2456_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE DE TOMAR MEDIDAS QUE OBJETIVEM COM CAMPANHA E DIVULGAÇÃO CONTRA MAUS TRATOS E ABANDONO DE ANIMAIS, ATRAVÉS DE MEIOS DE COMUNICAÇÃO. </t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2457/2457_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2457/2457_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA BRF (SADIA) NO INTUITO DE REALIZAR LIMPEZA DA ÁREA ONDE SE ENCONTRA INSTALADA O ESCRITÓRIO E INDÚSTRIA DE RAÇÕES DA MESMA, NAS PROXIMIDADES DO BAIRRO SÃO LOURENÇO. </t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2474/2474_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2474/2474_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA PISTA DE BICICROSS SITUADA NO BAIRRO JARDIM AMÉRICA. </t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t xml:space="preserve">Cícero, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2475/2475_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2475/2475_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RETOMADA DA REGULARIZAÇÃO FUNDIÁRIA NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Cícero, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2476/2476_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2476/2476_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EQUIPE DO MELHOR EM CASA, PSF E FARMÁCIA MUNICIPAL, NO INTUITO DE REALIZAR LEVANTAMENTO E ENTREGA DE MEDICAMENTOS A DOMICILIO PARA AS PESSOAS ACAMADAS E COM DIFICULDADE DE LOCOMOÇÃO, SEJA POR MOTIVOS DE SAÚDE OU FINANCEIRO. </t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t xml:space="preserve">Nei do Dom Ozorio - PT, Cícero, Kleberson Almeida, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2477/2477_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2477/2477_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE ESTACIONAMENTO NO SHOPPING DA AGRICULTURA FAMILIAR. </t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2478/2478_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2478/2478_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE LIXEIRAS DECORATIVAS NA AVENIDA BRASIL, AVENIDA MATO GROSSO E DEMAIS AVENIDAS DO MUNICÍPIO. BEM COMO, A MANUTENÇÃO DAQUELAS QUE SE ENCONTRAM DANIFICADAS. </t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>João Fique Frio, Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2479/2479_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2479/2479_texto_integral.pdf</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2480/2480_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2480/2480_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM COLETA DE LIXO REGULAR DE PELO MENOS UMA VEZ POR SEMANA NO SHOPPING DA AGRICULTURA FAMILIAR. </t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Moises Polito, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2481/2481_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2481/2481_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE NEGOCIAR JUNTO A ASSOCIAÇÃO MOTO CLUBE CAMPO VERDE, NOVA ÁREA PARA TRANSFERÊNCIA DA PISTA DE MOTO CROSS E POSTERIORMENTE TRANSFORMAR A ATUAL PISTA DE MOTO CROSS EM LOTEAMENTO POPULAR. </t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2482/2482_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2482/2482_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM A REPOSIÇÃO PALMEIRAS DOENTES / MORTAS DAS PRINCIPAIS AVENIDAS DO MUNICÍPIO BEM COMO A REPOSIÇÃO IPÊS NA RODOVIA MT 140 E RODOVIA BR 070 NO PERÍMETRO URBANO. </t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2483/2483_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2483/2483_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE COBRAR DA EMPRESA ÁGUAS DE CAMPO VERDE A REGULARIZAÇÃO, REPARO E REVISÃO DOS ENCANAMENTOS DE ESGOTO DO BAIRRO SANTA ROSA, TENDO EM VISTA QUE A MESMA ASSUMIU ESTA RESPONSABILIDADE QUE OUTRORA ERA DA EMPRESA AMAZON. </t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2484/2484_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2484/2484_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER LEGISLATIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE ENCAMINHAR CÓPIA DO RELATÓRIO DA AGER E O PROCESSO DE CONCESSÃO DA EMPRESA ÁGUAS DE CAMPO VERDE AOS ÓRGÃOS DE FISCALIZAÇÃO COMPETENTES. </t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Cícero, Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2485/2485_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2485/2485_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O FECHAMENTO DO ACESSO DA RUA ARACAJÚ COM A MT 140. BEM COMO ABERTURA DE ACESSO DA RUA MACEIÓ COM A RUA JACIARA.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2486/2486_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2486/2486_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE LIMPEZA NOS TERRENOS/LOTEAMENTOS PERTENCENTES AO PODER EXECUTIVO DENTRO DO PERÍMETRO URBANO. </t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2487/2487_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2487/2487_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS NO CANTEIRO CENTRAL DA AVENIDA BRASIL. </t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2488/2488_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2488/2488_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE ÔNIBUS ESCOLAR PARA A SECRETARIA MUNICIPAL DE EDUCAÇÃO. </t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS NO MUNICÍPIO DE CAMPO VERDE, DANDO CONTINUIDADE AO PROJETO ANDANDO PELAS CALÇADAS REALIZADO EM PARCERIA COM O CIDADÃO E A PREFEITURA MUNICIPAL. </t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2522/2522_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2522/2522_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA CORREIOS, COM O OBJETIVO DE REATIVAR POSTO ANEXO DOS CORREIOS DO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA. </t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2523/2523_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2523/2523_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUDICIALMENTE NO SENTIDO DE EMBARGAR OS TERRENOS DA EMPRESA AMAZON LOCALIZADOS NO BAIRRO JARDIM AMÉRICA, NO INTUITO DE ANGARIAR RECURSOS PARA A CAPTAÇÃO ADEQUADA DE AGUAS PLUVIAIS DOS BAIRROS SANTA ROSA E JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2524/2524_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2524/2524_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REATIVAÇÃO DA GUARDA MIRIM EM CAMPO VERDE. </t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2525/2525_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2525/2525_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVE COM A AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA, NAS PROXIMIDADES DA ACADEMIA AO AR LIVRE.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2526/2526_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2526/2526_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ALAMBRADO ESTILO GAIOLA NO ENTORNO DAS QUADRAS DE AREIA DA ÁREA DE LAZER PARQUE DAS ARARAS. </t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2527/2527_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2527/2527_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE OBRAS COM O OBJETIVO DE REALIZAR MUTIRÃO DE REFORMA E MANUTENÇÃO NAS ACADEMIAS PÚBLICAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2528/2528_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2528/2528_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DESTINAÇÃO/AQUISIÇÃO DE ÁREA DE TERRAS PARA A CONSTRUÇÃO DE NOVO CEMITÉRIO MUNICIPAL. </t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2529/2529_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2529/2529_texto_integral.pdf</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2530/2530_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2530/2530_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RECUPERAÇÃO COM LAMA ASFÁLTICA NOS BAIRROS BOM CLIMA E ECKERT. </t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2531/2531_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2531/2531_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM A AMPLIAÇÃO DO PONTO DE ÔNIBUS ESCOLAR E COLOCAÇÃO DE PROTEÇÃO LATERAL NO PONTO DE ÔNIBUS ESCOLAR EM FRENTE À IGREJA ASSEMBLEIA DE DEUS NO BAIRRO JARDIM AMÉRICA. BEM COMO COLOCAÇÃO DE PROTEÇÃO LATERAL NO PONTO DE ÔNIBUS ESCOLAR DO BAIRRO SANTA ROSA. </t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2532/2532_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2532/2532_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AOS ÓRGÃOS COMPETENTES COM O OBJETIVO DE CONSTRUIR ESCOLA MUNICIPAL PARA ATENDER OS BAIRROS: CIDADE ALTA I E II, SÃO MIGUEL, RECANTO DOS PÁSSAROS I E II, JARDIM AMÉRICA E SANTA ROSA. </t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2533/2533_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2533/2533_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A ARBORIZAÇÃO NA SEDE DO ASSENTAMENTO 28 DE OUTUBRO. BEM COMO A INSTALAÇÃO DE ACADEMIA PÚBLICA NO REFERIDO LOCAL. </t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2534/2534_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2534/2534_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DISPONIBILIZAR UM FUNCIONÁRIO TERCEIRIZADO DE LIMPEZA PÚBLICA, NO INTUITO QUE ESTE REALIZE DIARIAMENTE OS TRABALHOS DE LIMPEZA E HIGIENIZAÇÃO NA DELEGACIA DE POLÍCIA CIVIL DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t xml:space="preserve">Solivan Fonseca, Cícero, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2535/2535_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2535/2535_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE INSTITUIR NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE CAMPO VERDE A DATA DE 1º DE MAIO DE CADA ANO (DIA DO TRABALHADOR), A REALIZAÇÃO DA FESTA DO MILHO CONFORME LEI Nº 2.289, DE 30 DE JUNHO DE 2017. </t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Dantte, Moises Polito</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2536/2536_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2536/2536_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS COM O OBJETIVO DE QUE A EQUIPE TERCEIRIZADA DE LIMPEZA PÚBLICA REALIZE LIMPEZA GERAL NO PÁTIO DA DELEGACIA CIVIL DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t xml:space="preserve">Kleberson Almeida, Dantte, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2537/2537_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2537/2537_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE, PARA VIABILIZAR A ABERTURA DE VIA DE ACESSO (CONTORNO) NO CANTEIRO CENTRAL DA AVENIDA AIRTON SENNA, NAS PROXIMIDADES DA MECÂNICA DO MACHADO. </t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2538/2538_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2538/2538_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE MURO NO ENTORNO DAS SALAS ANEXAS DA ESCOLA JOSÉ GARBUGIO SITUADA NO ASSENTAMENTO DOM OSÓRIO. </t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2539/2539_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2539/2539_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE, PARA A AQUISIÇÃO DE TINTAS NAS CORES BRANCA E AMARELA COM MAIOR RESISTÊNCIA AO TEMPO E AO ATRITO, NO INTUITO DE OBTER MAIOR DURABILIDADE DESTAS PINTURAS TANTO NAS SINALIZAÇÕES HORIZONTAIS QUANTO NAS LOMBADAS. </t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Zé Maria , Cícero, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2540/2540_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2540/2540_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO E ENCASCALHAMENTO DAS ESTRADAS DA COMUNIDADE SERRINHA.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2541/2541_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2541/2541_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DISPONIBILIZAR ÁREA PARA IMPLANTAÇÃO/TRANSFERÊNCIA DA RODOVIÁRIA MUNICIPAL. </t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2599/2599_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2599/2599_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE PROFISSIONAL DE NEUROPSICOPEDAGOGIA PARA COMPOR O QUADRO DE ESPECIALISTAS DA SAÚDE. </t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2600/2600_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2600/2600_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AOS ÓRGÃOS COMPETENTES COM O OBJETIVO DE CONSTRUIR ESCOLA MUNICIPAL PARA ATENDER OS BAIRROS: GREENVILLE E BELVEDERE. </t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2601/2601_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2601/2601_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTINUIDADE DA DUPLICAÇÃO DA AVENIDA SÃO CRISTÓVÃO NO TRECHO QUE COMPREENDE A AVENIDA VEREADOR CESAR LIMA ATÉ O BAIRRO RECANTO DOS PÁSSAROS II. BEM COMO A URBANIZAÇÃO DA MESMA. </t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2602/2602_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2602/2602_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA ENERGISA, PARA QUE A MESMA IMPLANTE A REDE DE ENERGIA ELÉTRICA MESTRA NA BEIRA DAS ESTRADAS NO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA. BEM COMO A RETIRADA DESTAS DE DENTRO DAS PROPRIEDADES. </t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2603/2603_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2603/2603_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE, PARA VIABILIZAR A ABERTURA DE VIA DE ACESSO NO CRUZAMENTO DA AVENIDA SANTA MARIA COM A RUA TEREZINA, NAS PROXIMIDADES DA EMPRESA PINESSO MÁQUINAS. </t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2604/2604_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2604/2604_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM FIRMAR CONVÊNIO COM A CASA DE APOIO &amp;#8220;AMOR EM AÇÃO&amp;#8221; EM RONDONÓPOLIS. </t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2605/2605_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2605/2605_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE ESTUDO JUNTO A SECRETARIA DE SAÚDE MUNICIPAL E ESTADUAL PARA QUE SE REALIZE MUTIRÃO DE CIRURGIA ELETIVA NO MUNICÍPIO, EM ESPECIAL DE VESÍCULA E GINECOLÓGICA. </t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Zé Maria , Kleberson Almeida</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2606/2606_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2606/2606_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE SEMÁFOROS NAS VIAS DE GRANDE FLUXO DO CENTRO DE CAMPO VERDE. BEM COMO INSTALAÇÃO DESTE NA AVENIDA ULISSES GUIMARÃES COM A AVENIDA JOÃO GOULART, NAS PROXIMIDADES DO POSTO ARCO ÍRIS. </t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Zé Maria , Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2607/2607_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2607/2607_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE DESTINAR ÁREA E CONSTRUÇÃO DE COMPLEXO DE PISCINAS TÉRMICAS VISANDO ATENDER PACIENTES QUE NECESSITAM DE TRATAMENTOS DE SAÚDE &amp;#8220;FISIOTERAPIA AQUÁTICA / HIDROTERAPIA&amp;#8221;. </t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Silvio Eventos, Kleberson Almeida, Nei do Dom Ozorio - PT, Solivan Fonseca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2608/2608_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2608/2608_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM ABRIGO NO ASSENTAMENTO 28 DE OUTUBRO. </t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Cícero, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2609/2609_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2609/2609_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CENTRO DE RECREAÇÃO NO BAIRRO JARDIM SANTA ROSA. </t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Moises Polito, Boneca, João Fique Frio, Juca Alves, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2610/2610_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2610/2610_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECITEC-ESCOLA TÉCNICA ESTADUAL DE EDUCAÇÃO PROFISSIONAL E TECNOLÓGICA COM O OBJETIVO DE REALIZAR A RETOMADA DAS OBRAS DE CONSTRUÇÃO DA SEDE DA MESMA. </t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2611/2611_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2611/2611_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE ESTUDO JUNTO A EMPRESA PRESTADORA DE SERVIÇO PÚBLICO DE TRANSPORTE COLETIVO DE PASSAGEIROS, &amp;#8220;RICATUR&amp;#8221; PARA REALIZAR ESTUDO E IMPLANTAÇÃO DE TRANSPORTE URBANO AOS SÁBADOS E DOMINGOS NOS PERÍODOS MATUTINOS PARA ATENDER OS BAIRROS ATÉ AS FEIRAS MUNICIPAIS. BEM COMO A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM COBERTURA NAS PROXIMIDADES DESTAS. </t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2612/2612_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2612/2612_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA/PINTURA NA FEIRA MUNICIPAL. BEM COMO A INSTALAÇÃO DE GRADES DE SEGURANÇA NOS LOCAIS ONDE HOUVER NECESSIDADE. </t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2613/2613_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2613/2613_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM A VIABILIZAÇÃO DE TRANSPORTE ESCOLAR ATÉ AS PROXIMIDADES DA PISTA DE MOTOCROSS NO BAIRRO SÃO MIGUEL, NO INTUITO DE ATENDER OS ALUNOS DAQUELA REGIÃO. </t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2614/2614_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2614/2614_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO DE TRANSFERÊNCIA DA SECRETARIA DE OBRAS, TRANSFORMANDO O PRÉDIO EM ESCOLA MUNICIPAL. </t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2615/2615_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2615/2615_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE REGULARIZAR AS MATRICULAS DOS TERRENOS DO LOTEAMENTO DO NÚCLEO URBANO DA AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA. </t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2616/2616_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2616/2616_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS COM INTUITO DE CONTER E RECUPERAR A EROSÃO AS MARGENS DO RIO SÃO LOURENÇO, NAS PROXIMIDADES DA COMUNIDADE TERAPÊUTICA RESGATE VIDA. </t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2617/2617_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2617/2617_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O REAJUSTE DE DIÁRIAS DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO. </t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2626/2626_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2626/2626_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM GRAVAR O HINO DO MUNÍCIPIO DE CAMPO VERDE COM MELHOR QUALIDADE DE ÁUDIO, REALIZANDO ASSIM ATUALIZAÇÃO NO ARRANJO. </t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2627/2627_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2627/2627_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA ESTADUAL DE EDUCAÇÃO - SEDUC COM OBJETIVO DE REALIZAR MANUTENÇÃO NA ESCOLA ESTADUAL BOA ESPERANÇA LOCALIZADA NO ASSENTAMENTO DOM OSÓRIO. </t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2628/2628_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2628/2628_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE REALIZAR A RETOMADA DA ÁREA ONDE SE ENCONTRA A ENTÃO DESATIVADA ESTAÇÃO DE TRATAMENTO DE ESGOTO &amp;#8211; ETE NO BAIRRO RECANTO DOS PÁSSAROS. BEM COMO CONSTRUIR QUADRA DE FUTSAL NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2629/2629_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2629/2629_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE CRIAR &amp;#8220;BOLSA CUIDADOR&amp;#8221; PARA AUXILIAR PESSOAS QUE PRESTAM CUIDADOS A DOENTES E IDOSOS EM SITUAÇÃO DE VULNERABILIDADE E RISCO SOCIAL. </t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2630/2630_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2630/2630_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM ESTENDER A FAIXA ELEVADA NA AVENIDA AYRTON SENNA, EM FRENTE AO CENTRO EDUCACIONAL PAULO FREIRE, TENDO EM VISTA QUE EM UMA DAS VIAS JÁ A POSSUI. </t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2631/2631_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2631/2631_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO BANCO CAIXA ECONÔMICA FEDERAL (CEF) COM O OBJETIVO DE IMPLANTAR NOVA AGÊNCIA DA MESMA NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2632/2632_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2632/2632_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO COM O OBJETIVO DE REALIZAR INSTALAÇÃO DE SEMÁFORO NO TREVO DA MT 140 SAÍDA PARA NOVA BRASILÂNDIA. </t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2633/2633_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2633/2633_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO COM O OBJETIVO DE ANGARIAR RECURSOS PARA REALIZAR INSTALAÇÃO DE SEMÁFORO NA AVENIDA BRASIL COM A AVENIDA BRASÍLIA. </t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2634/2634_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2634/2634_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO DE TRANSFERÊNCIA DA SECRETARIA DE OBRAS, TRANSFORMANDO A ÁREA EM NÚCLEO DE SECRETARIAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2635/2635_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2635/2635_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O ACOMPANHAMENTO PSICOPEDAGÓGICO, DIRECIONADA PARA O ATENDIMENTO DE ALUNOS, DOCENTES E FUNCIONÁRIOS DA INSTITUIÇÃO, TENDO POR MISSÃO ZELAR PELO BEM-ESTAR E A QUALIDADE DE VIDA DA COMUNIDADE ACADÊMICA. </t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2636/2636_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2636/2636_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADA NO ENTORNO DA ÁREA DE PROPRIEDADE DA PREFEITURA, LOCALIZADA AO LADO DO CENTRO CULTURAL. A MESMA FAZ ESQUINA COM A AVENIDA MATO GROSSO, AVENIDA BRASIL E RUA RIO DE JANEIRO. </t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca, Nei do Dom Ozorio - PT, Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2637/2637_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2637/2637_texto_integral.pdf</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2638/2638_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2638/2638_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE REALIZAR ESTUDO E IMPLANTAÇÃO DE MELHORAMENTO NA CAPTAÇÃO DE ÁGUAS PLUVIAIS DO BAIRRO CIDADE ALTA II, CASAS DO PROGRAMA &amp;#8220;TÔ FELIZ&amp;#8221;. </t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2639/2639_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2639/2639_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE VEÍCULO PARA O DEPARTAMENTO DE CULTURA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2640/2640_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2640/2640_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO MINISTÉRIO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO - MAPA, NO INTUITO DE ADQUIRIR E DISTRIBUIR KITS DE IRRIGAÇÃO PARA PEQUENOS PRODUTORES DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2641/2641_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2641/2641_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE CÂMERA DE SEGURANÇA NA RUA DO SABER, ENTRE AS RUAS: BURITIS E JATOBÁ. </t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2651/2651_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2651/2651_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PORTAL DE ENTRADA E ESTRUTURAÇÃO URBANA NO DISTRITO DE CORONEL PONCE - CAPIM BRANCO. BEM COMO VIABILIZAR CONVÊNIO PARA PAVIMENTAR A ESTRADA DE ACESSO DESTA COMUNIDADE TURÍSTICA. </t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2652/2652_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2652/2652_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES NAS PRINCIPAIS AVENIDAS DA ÁREA URBANA DA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA. </t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Moises Polito, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2653/2653_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2653/2653_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CAPELA MORTUÁRIA MUNICIPAL COM DUAS OU MAIS SALAS PARA VELÓRIO, COPA, QUARTO PARA DESCANSO, BANHEIROS, VARANDA E ESTACIONAMENTO. </t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2654/2654_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2654/2654_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM NA CONSTRUÇÃO DE FAIXA ELEVADA NA RUA ERVANDI ALVES KOHLS, BAIRRO BELVEDERE, EM FRENTE À ESCOLA CRISTÃ DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2655/2655_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2655/2655_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DA DISCIPLINA DE LÍNGUA BRASILEIRA DE SINAIS &amp;#8211; LIBRAS NA GRADE CURRICULAR DE TODAS AS INSTITUIÇÕES DE ENSINO PÚBLICO. </t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2656/2656_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2656/2656_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS COM RAMPA DE ACESSO EM TODOS OS PRÉDIOS PÚBLICOS EM ESPECIAL NO ENTORNO DA ESCOLA LEDY ANITA BRESCANCIM E ESTÁDIO IVO RAUBER JUNIOR. </t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2657/2657_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2657/2657_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE MINI ESTÁDIO NO INTUITO DE ATENDER OS BAIRROS GREENVILLE I E II.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2658/2658_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2658/2658_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO E SECRETARIA DE ESTADO DE SAÚDE DE MATO GROSSO COM O OBJETIVO DE CRIAR UNIDADE DE TERAPIA INTENSIVA (UTI) NO HOSPITAL MUNICIPAL CORAÇÃO DE JESUS. </t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2659/2659_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2659/2659_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE CÂMERA DE SEGURANÇA NAS ÁREAS DE LAZER: PARQUE DAS ARARAS E RECANTO DO SOL, BEM COMO NAS PRAÇAS: AIRTON SENNA, 4 DE JULHO E JOÃO PAULO II. </t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>João Fique Frio, Boneca, Dantte, Juca Alves, Moises Polito, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2660/2660_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2660/2660_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM COLOCAR AREIA NO PARQUE INFANTIL DA ESCOLA ESTADUAL ALICE BARBOSA PACHECO - SALA ANEXA AMERICILDA, SITUADA NA COMUNIDADE AGROVILA GOVERNADOR JÕAO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Zé Barbeiro, Moises Polito</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2661/2661_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2661/2661_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE AGENTE COMUNITÁRIA DE SAÚDE - ACS, PARA ATENDER ÁREA DESCOBERTA NO PSF DA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA. </t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2662/2662_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2662/2662_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM ADQUIRIR E IMPLANTAR &amp;#8220; KIT DE TRANSMISSÃO EDUCATIVA COM TV SMART COM WIFI INTEGRADO&amp;#8221; NA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA. BEM COMO NOS DEMAIS PSFS DO MUNICÍPIO ONDE NÃO POSSUÍREM. </t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2663/2663_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2663/2663_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NO CENTRO DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Cícero, Kleberson Almeida, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2664/2664_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2664/2664_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES COM LÂMPADAS DE LED, A PARTIR DO TREVO DA AVENIDA MATO GROSSO COM A MT 140 ATÉ O BAIRRO BURITIS. </t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2665/2665_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2665/2665_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE NOTIFICAR A EMPRESA RESPONSÁVEL PELA CONSTRUÇÃO DO BARRACÃO COMUNITÁRIO DA COMUNIDADE SANTO ANTÔNIO DA FARTURA, PARA QUE ESTA DÊ CONTINUIDADE AS OBRAS. CASO HAJA ALGUM IMPEDIMENTO POR PARTE DESTA EMPRESA, QUE SE REALIZE OS TRAMITES LEGAIS PARA O CONTRATO DE OUTRA.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2666/2666_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2666/2666_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM CONSTRUÇÃO DE SALA ANEXA NO PSF RECANTO DO BOSQUE/JUPIARA. BEM COMO CONSTRUÇÃO DE COBERTURA NO PÁTIO INTERNO DA MESMA. </t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2674/2674_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2674/2674_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A ELABORAÇÃO, CRIAÇÃO E ORGANIZAÇÃO ESTRUTURAL DO CONSELHO MUNICIPAL DE JUVENTUDE (COMJUVE), NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2675/2675_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2675/2675_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER LEGISLATIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE INTERPRETE DE LÍNGUA BRASILEIRA DE SINAIS -  LIBRA, PARA A INTERPRETAÇÃO DURANTE AS SESSÕES DA CÂMARA MUNICIPAL. </t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Kleberson Almeida, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2676/2676_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2676/2676_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE COM OBJETIVO DE REALIZAR INSTALAÇÃO DE REDUTOR DE VELOCIDADE E FAIXA DE PEDESTRES EM FRENTE O CENTRO DE EVENTOS NOSSA SENHORA DE FÁTIMA, NA RUA FORTALEZA NO CENTRO. </t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2677/2677_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2677/2677_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DIVULGAÇÃO DO BENEFÍCIO AO QUAL OS ESTUDANTES TÊM DIREITO A TRANSPORTE GRATUITO COLETIVO DE PASSAGEIROS, ASSIM QUE O PROJETO DE LEI APROVADO NESTA CASA SEJA SANCIONADO E VIRE LEI. </t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2678/2678_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2678/2678_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AOS ÓRGÃOS COMPETENTES NO INTUITO DE OFERTAR CURSOS DE CAPACITAÇÃO EM CORTE E COSTURA INDUSTRIAL. BEM COMO CRIAÇÃO DE POLO DE CONFECÇÃO NO MUNICÍPIO EM PARCERIA COM O IMA. </t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2679/2679_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2679/2679_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE  PONTE SOBRE O RIO PIRAPUTANGA, INTERLIGANDO O ASSENTAMENTO 14 DE AGOSTO AO 04 DE OUTUBRO. </t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2680/2680_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2680/2680_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CENTRO COMUNITÁRIO MULTIUSO NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2681/2681_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2681/2681_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE LIMPEZA NA ZONA URBANA DO MUNICÍPIO, PRINCIPALMENTE NAS ENTRADAS DA CIDADE. BEM COMO ORNAMENTAÇÃO E PAISAGISMO. </t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>João Fique Frio, Juca Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2682/2682_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2682/2682_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE FAZER CUMPRIR A IMPLANTAÇÃO DA LEI 2331/2017, QUE DISPÕE SOBRE A CRIAÇÃO DE VERBA INDENIZATÓRIA PARA POLICIAIS MILITARES, BOMBEIROS MILITARES E POLICIAIS CIVIS. </t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2683/2683_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2683/2683_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NO BAIRRO SÃO LOURENÇO. </t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2684/2684_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2684/2684_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBTIVEM AMPLIAR A REDE DE ILUMINAÇÃO PÚBLICA DA RUA ARARAS NO BAIRRO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2685/2685_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2685/2685_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AMPLIAÇÃO E PAVIMENTAÇÃO ASFÁLTICA DA PISTA DO AEROPORTO MUNICIPAL DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2686/2686_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2686/2686_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE ÔNIBUS PARA A SECRETARIA MUNICIPAL DE EDUCAÇÃO. </t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2687/2687_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2687/2687_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE TOLDOS DE PROTEÇÃO NA GARAGEM DA VIGILÂNCIA AMBIENTAL. </t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2688/2688_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2688/2688_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO À INICIATIVA PRIVADA COM O OBJETIVO DE VIABILIZAR A CONSTRUÇÃO DE CAPELA MORTUÁRIA A FIM DE ATENDER AS FAMÍLIAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2689/2689_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2689/2689_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS COM O INTUITO DE FIRMAR CONVÊNIOS COM CLÍNICAS E ENTIDADES PARA PRESTAR TRATAMENTO DE RECUPERAÇÃO DE DEPENDENTES QUÍMICOS, TAIS COMO: DROGAS, ÁLCOOL, CIGARRO E OUTROS. </t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Zé Maria , Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Silvio Eventos, Solivan Fonseca, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2693/2693_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2693/2693_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE ÔNIBUS PARA A SECRETARIA MUNICIPAL DE ESPORTES. </t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t xml:space="preserve">Solivan Fonseca, Cícero, Kleberson Almeida, Nei do Dom Ozorio - PT, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2694/2694_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2694/2694_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE LEVANTAMENTO DE ÁREAS/TERRENOS OCIOSOS PÚBLICOS, NO INTUITO DE REALIZAR LEILÃO DESTES E ASSIM ANGARIAR RECURSOS PARA CONSTRUÇÃO DE PRÉDIO/EDIFICAÇÃO DE GRANDE PORTE DESTINADO AS SECRETARIAS MUNICIPAIS E DEMAIS ÓRGÃOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Cambara, Boneca, Cícero, Dantte, João Fique Frio, Juca Alves, Kleberson Almeida, Moises Polito, Nei do Dom Ozorio - PT, Silvio Eventos, Solivan Fonseca, Zé Barbeiro, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2695/2695_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2695/2695_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O FORNECIMENTO DOS SERVIÇOS DA RETROESCAVADEIRA COM OPERADOR NA PROPRIEDADE DO PEQUENO PRODUTOR &amp;#8220;PESQUEIRO DO LUIZINHO&amp;#8221;, CONFORME LEI MUNICIPAL Nº 1.174/2006. </t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2696/2696_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2696/2696_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A MANUTENÇÃO DE MEIO FIO NA AVENIDA DOS TRABALHADORES. BEM COMO ORNAMENTAÇÃO, PAISAGISMO E ARBORIZAÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2697/2697_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2697/2697_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM CONCEDER HORÁRIO ESPECIAL AO SERVIDOR PÚBLICO EFETIVO QUE TENHA CÔNJUGE, FILHO OU DEPENDENTE COM DEFICIÊNCIA DE QUALQUER NATUREZA SEM COMPENSAÇÃO DE HORÁRIO.  </t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t xml:space="preserve">Kleberson Almeida, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2698/2698_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2698/2698_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE SAÚDE NO INTUITO DE DISPONIBILIZAR VEÍCULO POPULAR PARA O TRANSPORTE DENTRO DO MUNICÍPIO, DE IDOSOS, DEFICIENTES E ENFERMOS COM DIFICULDADE DE LOCOMOÇÃO, PARA A CONDUÇÃO DESTES NAS CONSULTAS MEDICAS E EXAMES. </t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>Moises Polito, Dantte</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2699/2699_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2699/2699_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE ACESSIBILIDADE NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2700/2700_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2700/2700_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE PLACAS PROIBINDO O ESTACIONAMENTO DE CAMINHÕES NA AVENIDA BRASÍLIA, NO TRECHO QUE COMPREENDE O POSTO COOPERVERDE ATÉ O POSTO ARARAS. </t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2701/2701_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2701/2701_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE SAÚDE NO INTUITO DE AQUISIÇÃO DE SOFTWARE E TRANSDUTOR (SONDA) PARA O ACOPLAMENTO DESTES AO APARELHO DE ULTRASSONOGRAFIA PARA REALIZAR EXAME DE ECOCARDIOGRAMA. </t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2702/2702_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2702/2702_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DIVULGAÇÃO POR MEIOS DE COMUNICAÇÃO RÁDIO E TELEVISÃO SOBRE AS ATRIBUIÇÕES DA AGER (AGÊNCIA ESTADUAL DE REGULAÇÃO DOS SERVIÇOS PÚBLICOS DELEGADOS). BEM COMO SEUS CANAIS DE ATENDIMENTO. </t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2703/2703_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2703/2703_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM  COM A TROCA OU TRATAMENTO DE DESINFECÇÃO DE AREIA NAS QUADRAS ESPORTIVAS E PARQUES INFANTIS DAS CRECHES, PARQUES, ESCOLAS, PRAÇAS E ÁREAS DE LAZER DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2704/2704_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2704/2704_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO E MELHORIA DAS SINALIZAÇÕES HORIZONTAIS E VERTICAIS NAS VIAS DE TODO O MUNICÍPIO, TENDO INÍCIO DO MARCO ZERO. </t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2705/2705_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2705/2705_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NOS BAIRROS: ECKERT E BOM CLIMA. </t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2706/2706_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2706/2706_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DE &amp;#8220;CASA DE APOIO&amp;#8221; NA CIDADE DE RONDONÓPOLIS, VISANDO ATENDER OS ACOMPANHANTES DAS PESSOAS QUE NECESSITAM DE INTERNAÇÃO.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2707/2707_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2707/2707_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PSF NA COMUNIDADE 14 DE AGOSTO E 28 DE OUTUBRO. </t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2708/2708_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2708/2708_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE PORTEIRO/SEGURANÇA PARA ATUAR NAS ESCOLAS DO MUNICÍPIO NOS TURNOS LETIVOS. </t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2719/2719_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2719/2719_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE NO INTUITO DE REALIZAR LIMPEZA NAS QUADRAS Nº 05, 06 E 18 QUE FAZEM DIVISA DOS BAIRROS CIDADE ALTA I E RECANTO DOS PÁSSAROS. BEM COMO PODA DA ÁRVORE (FIGUEIRA) LOCALIZADA NESTE LOCAL. </t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2720/2720_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2720/2720_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ACADEMIA PÚBLICA NA AVENIDA CAMPO GRANDE. </t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2721/2721_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2721/2721_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NO BAIRRO CIDADE ALTA I E II E SÃO MIGUEL. </t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2722/2722_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2722/2722_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE ODONTOLOGISTA COM ESPECIALIDADE EM PESSOAS COM DEFICIÊNCIA, PARA O ATENDIMENTO PERIÓDICO EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2723/2723_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2723/2723_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA ESTADUAL DE MEIO AMBIENTE (SEMA) COM O OBJETIVO DE AGILIZAR A LIBERAÇÃO DOS TERRENOS ADQUIRIDOS PELAS EMPRESAS NO BAIRRO DISTRITO INDUSTRIAL II, PRINCIPALMENTE NO QUE SE REFERE A ÁREA DESTINADA A COOTRANSCAMPO. BEM COMO ESTUDO E IMPLANTAÇÃO DE PLACAS DETERMINANDO LOCAIS DE ESTACIONAMENTO DE CAMINHÕES.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2724/2724_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2724/2724_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DAR CONTINUIDADE NAS AVENIDAS: BRASÍLIA E SENADOR ATÍLIO FONTANA ATÉ O PARQUE DE EXPOSIÇÕES MARCO ANTÔNIO ESTEVES DA ROCHA. </t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t xml:space="preserve">Nei do Dom Ozorio - PT, Cícero, Kleberson Almeida, Pedro Cambara, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2725/2725_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2725/2725_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADA NO CANTEIRO CENTRAL DA AVENIDA VEREADOR CESAR LIMA EM TODA A SUA EXTENSÃO. </t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2726/2726_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2726/2726_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM REALIZAR CAMPANHA DE PREVENÇÃO AO CÂNCER DE BOCA, ATRAVÉS DA REDE PÚBLICA DE SAÚDE. </t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2727/2727_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2727/2727_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE FAZENDA NO INTUITO DE DESBUROCRATIZAR O ATENDIMENTO E AGILIZAR A LIBERAÇÃO DE ALVARÁS PARA EMPRESAS E COMÉRCIO LOCAIS. </t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2728/2728_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2728/2728_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CRECHE PARA ATENDER A POPULAÇÃO DO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2729/2729_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2729/2729_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM AQUISIÇÃO E IMPLANTAÇÃO DE EQUIPAMENTOS NECESSÁRIOS PARA O TERMINO DA OBRA DO LATICÍNIO E AGROINDÚSTRIA NO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA.  </t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2730/2730_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2730/2730_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM TERRAPLANAGEM, PATROLAMENTO E ENCASCALHAMENTO DAS VIAS DA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA. </t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2734/2734_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2734/2734_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DISPONIBILIZAR ENFERMEIRA NOS DESLOCAMENTOS PARA OS MUNICÍPIOS VIZINHOS DOS PACIENTES QUE SE SUBMETEM AO TRATAMENTO DE HEMODIÁLISE. </t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2735/2735_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2735/2735_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE PROFISSIONAL COM FORMAÇÃO EM PSICOLOGIA PARA ATUAR NAS ESCOLAS MUNICIPAIS E ESTADUAIS DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2736/2736_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2736/2736_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO DE PROJETO PARA A CONSTRUÇÃO DE MUSEU HISTÓRICO COM ANFITEATRO. </t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2737/2737_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2737/2737_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA E AMPLIAÇÃO DO DEPARTAMENTO DE CULTURA MUNICIPAL. BEM COMO A CONSTRUÇÃO DE MURO EM SEU ENTORNO. </t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2738/2738_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2738/2738_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM CONTRATAR MÉDICO OFTALMOLOGISTA, PARA ATENDER NA REDE MUNICIPAL DE SAÚDE. BEM COMO LOCAL E MATERIAIS BÁSICOS PARA A EXECUÇÃO DE CIRURGIAS DE BAIXA COMPLEXIDADE. </t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Boneca, João Fique Frio, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2739/2739_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2739/2739_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM ABRIGO NAS PROXIMIDADES DA ESCOLA ESTADUAL LEDY ANITA BRESCANCIN. </t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2740/2740_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2740/2740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NO BAIRRO RECANTO DOS PÁSSAROS I E II, JARDIM AMÉRICA E SANTA ROSA. </t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2741/2741_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2741/2741_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO DE PROJETO DE CRIAÇÃO DE POLÍTICAS QUE VIABILIZEM A IMPLANTAÇÃO DE MICRODESTILARIAS E COOPERATIVA DE PRODUTORES DE ETANOL COM BASE NA MATÉRIA PRIMA &amp;#8220;BATATA DOCE&amp;#8221;. </t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2742/2742_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2742/2742_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE MANTER EQUIPE ESPECIALIZADA EM CONSERTOS/REPAROS PARA ATENDER AS DEMANDAS DE MANUTENÇÃO DAS ACADEMIAS PÚBLICAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2748/2748_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2748/2748_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM SUBSTITUIR/TROCAR O ÔNIBUS ESCOLAR QUE FAZ A LINHA FAZENDA FARTURA Á POSTO LIMEIRA, POR ÔNIBUS EM MELHOR ESTADO DE CONSERVAÇÃO OU SE POSSÍVEL ÔNIBUS NOVO. </t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2749/2749_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2749/2749_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NOS BAIRROS: JUPIARA, BORDAS DO LAGO E RECANTO DO BOSQUE. </t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2750/2750_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2750/2750_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS QUE OBJETIVEM COM ABERTURA DE ACESSO NO CANTEIRO CENTRAL DA AVENIDA DOS TRABALHADORES COM A RUA NATAL. </t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2751/2751_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2751/2751_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DE CASA DE APOIO EM NOSSA CIDADE, PARA ATENDER ÀS FAMÍLIAS RESIDENTES NOS ASSENTAMENTOS E COMUNIDADES RURAIS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2752/2752_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2752/2752_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS NO CANTEIRO CENTRAL DA AVENIDA SANTA TEREZA EM TODA SUA EXTENSÃO. BEM COMO IMPLANTAÇÃO DE ACESSIBILIDADE NA MESMA, EM ESPECIAL EM FRETE DA IGREJA VOZ DO EVANGELHO E LAR MARIA DE LOURDES. </t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2753/2753_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2753/2753_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE BANCOS EM FRENTE AO PSF ZACARIAS. </t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2754/2754_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2754/2754_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETÁRIA DE DESENVOLVIMENTO AGRÍCOLA E MEIO AMBIENTE E VIGILÂNCIA SANITÁRIA NO INTUITO DE EFETUAR A AQUISIÇÃO E DISTRIBUIÇÃO GRATUITA DE ISCA PARA COMBATER O CARAMUJO AFRICANO. </t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Moises Polito, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2755/2755_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2755/2755_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM FIRMAR NOVO TERMO DE CONVÊNIO COM A ASSOCIAÇÃO DE ASSISTÊNCIA E RECUPERAÇÃO DE VÍTIMAS DO ÁLCOOL E DAS DROGAS &amp;#8211; RESGATE VIDA, CONFORME ARTIGO 3º DA LEI Nº 2.073/2015. </t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2756/2756_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2756/2756_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM COBERTURA NA BR 070, SAÍDA PARA PRIMAVERA DO LESTE, NAS PROXIMIDADES DA EMPRESA BUNGE. </t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2757/2757_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2757/2757_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM TERRAPLANAGEM, PATROLAMENTO E ENCASCALHAMENTO DAS VIAS DA COMUNIDADE SANTO ANTÔNIO DA FARTURA. </t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2764/2764_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2764/2764_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE RECORRER JUNTO AO MINISTÉRIO DA SAÚDE PARA A AQUISIÇÃO DE AMBULÂNCIA PARA O USO DA SECRETÁRIA MUNICIPAL DE SAÚDE. </t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2765/2765_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2765/2765_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SOCIEDADE CIVIL ORGANIZADA, ASSOCIAÇÕES COMERCIAIS, EMPRESÁRIOS E OUTRAS REPRESENTATIVIDADES, PARA REALIZAR CONSULTA PÚBLICA COM O OBJETIVO DE APONTAR AS DEMANDAS DOS CURSOS PROFISSIONALIZANTES QUE MELHOR AS ATENDERIAM, NO INTUITO DE ENCAMINHAR ESTE RESULTADO E DOCUMENTOS AFINS A SECITEC &amp;#8211;MT, PARA PROVIDÊNCIAS POSTERIORES. </t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2766/2766_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2766/2766_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVE COM RECUPERAÇÃO COM LAMA ASFÁLTICA DA AVENIDA DOS TRABALHADORES. </t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2767/2767_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2767/2767_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE OBRAS, COM O INTUITO DE REALIZAR OPERAÇÃO &amp;#8216;&amp;#8217;TAPA BURACOS&amp;#8217;&amp;#8217; COM LAMA ASFÁLTICA NAS VIAS DO MUNICÍPIO, PRINCIPALMENTE NOS BAIRROS RECANTO DO BOSQUE I E JUPIARA. </t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2768/2768_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2768/2768_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ADEQUAÇÃO E INSTALAÇÃO DE CRECHE NA ESTRUTURA LOCALIZADA NA ÁREA SOCIAL DO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA. </t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2769/2769_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2769/2769_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO FEDERAL E DETRAN NO INTUITO DE PARTICIPAR DO PROGRAMA CNH SOCIAL.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2770/2770_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2770/2770_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ACADEMIA PÚBLICA NOS ASSENTAMENTOS 14 DE AGOSTO E 28 DE OUTUBRO. </t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>Boneca, João Fique Frio, Juca Alves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2771/2771_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2771/2771_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA E AMPLIAÇÃO DO PSF (POSTO DE SAÚDE) DA COMUNIDADE DO LIMEIRA. </t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2772/2772_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2772/2772_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE ESTUDO JUNTO AO ÓRGÃO COMPETENTE NO SENTIDO DE VIABILIZAR A CRIAÇÃO DE CENTRO DE ATENDIMENTO PARA PACIENTES DE HEMODIÁLISE NO MUNICÍPIO DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Cícero, Nei do Dom Ozorio - PT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2773/2773_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2773/2773_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE REGULAMENTAR O TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS NO MUNICÍPIO DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2774/2774_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2774/2774_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE SAÚDE NO INTUITO DE ADQUIRIR EMBALAGEM ADEQUADA PARA A DISPENSAÇÃO DOS MEDICAMENTOS FORNECIDOS PELO MUNICÍPIO. BEM COMO ANEXAR AOS MESMOS ORIENTAÇÕES DE SEU USO, TAIS COMO: QUANTIDADES, HORÁRIOS, TEMPO DE USO, ETC. </t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2781/indicacao_no_202_silvio_e_base..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2781/indicacao_no_202_silvio_e_base..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com reforma e adequação da parte elétrica do Centro Educacional Paulo Freire. Bem como a aquisição e instalação de ares-condicionados no mesmo.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2782/indicacao_no_203_solivan..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2782/indicacao_no_203_solivan..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Sindicato Rural para ampliar a cota de meia entrada da Expoverde, visando atender os estudantes e os demais beneficiados previsto por Lei.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2783/indicacao_no_204_-_kleberson..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2783/indicacao_no_204_-_kleberson..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria Municipal de Saúde, no intuito de disponibilizar a cada 15 dias equipe de coleta para exames laboratoriais nas Unidades de Saúde da Zona Rural do Município.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2784/indicacao_no_205_dantte_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2784/indicacao_no_205_dantte_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de ofertar prestação de serviços de transporte de pacientes e acompanhantes para a realização de equoterapia.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2785/indicacao_no_206_-_kleberson_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2785/indicacao_no_206_-_kleberson_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto aos Correios para que o mesmo realize serviços de entrega de correspondência nos Bairros: Cidade Alta I e II, São Miguel, Recanto dos Pássaros I e II, Jardim América, Santa Rosa, Jardim Campo Verde I, II e III, e demais Bairros que não possuírem este serviço.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2786/indicacao_no_207_nei_e_base..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2786/indicacao_no_207_nei_e_base..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a substituição da ponte de madeira do Rio das Mortes por ponte de concreto, a mesma dá acesso ao Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2787/indicacao_no_208_-_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2787/indicacao_no_208_-_cicero.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com recuperação com lama asfáltica no Bairro Cidade Alta I.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2788/indicacao_no_209_-_ze_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2788/indicacao_no_209_-_ze_maria.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto às operadoras de telefonia celular para melhoria da cobertura de rede telefônica nos bairros Santa Rosa e Jardim América.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2789/indicacao_no_210_-_ze_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2789/indicacao_no_210_-_ze_maria.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria de Obras que objetivem com manutenção da iluminação pública no perímetro Urbano do Assentamento 04 de Outubro. Bem como a colocação de postes de energia onde houver necessidade.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2790/indicacao_no_211_-_polito_e_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2790/indicacao_no_211_-_polito_e_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em tombar o centro histórico onde se encontra a Antiga Estação Telegráfica e o Museu do Capim Branco como Patrimônio Histórico Municipal.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2791/indicacao_no_212_polito_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2791/indicacao_no_212_polito_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a inclusão nas Leis de Planejamentos e Orçamentaria projeto de construção de Instituição de Longa Permanência para Idosos (ILPI).</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2792/indicacao_no_213_-_joao_e_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2792/indicacao_no_213_-_joao_e_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de realizar estudo da viabilidade de firmar parceria com o IFMT, para que os acadêmicos dos Cursos de Agronomia e/ou Técnico em Agropecuária do Campus São Vicente, possam realizar seus estágios nos assentamentos localizados em nosso Município.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2793/indicacao_no_214_-_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2793/indicacao_no_214_-_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em destinar área devidamente cercada para ponto de coleta de lixo comum na Agrovila João Ponce, beneficiando o núcleo urbano e rural.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2794/indicacao_no_215_-_ze_humberto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2794/indicacao_no_215_-_ze_humberto.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com retomada do projeto de incentivo a piscicultura com construção de tanques nos assentamentos e pequenas propriedades. Bem como a reforma dos que já existem.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2798/indicacao_no_216_-_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2798/indicacao_no_216_-_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de praça na área urbana do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2799/indicacao_no_217_nei_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2799/indicacao_no_217_nei_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de Barracão Multiuso no assentamento Dom Osório, nas proximidades da Escola Estadual.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2800/indicacao_no_218_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2800/indicacao_no_218_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com melhoramento da iluminação no trecho que interliga a Avenida Brasil aos Bairros São Lourenço, Jardim Campo Verde e demais Bairros adjacentes. Bem como a revitalização da faixa de pedestre com as cores: vermelho e branco.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2801/indicacao_no_219_joao_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2801/indicacao_no_219_joao_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com reforma geral e instalação de novo alambrado no entorno do cemitério da Agrovila João Ponce de Arruda. Bem como a ornamentação e paisagismo do mesmo.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2802/indicacao_no_220_silvio_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2802/indicacao_no_220_silvio_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo e implantação de calçadas com acessibilidade no Bairro Belvedere.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2803/indicacao_no_221_polito_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2803/indicacao_no_221_polito_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade tomar medidas que objetivem com roçagem e limpeza no canteiro central e áreas/ terrenos baldios adjacentes da Avenida São Cristóvão, em toda sua extensão</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2804/indicacao_no_222_joao_e_alaene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2804/indicacao_no_222_joao_e_alaene.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com pintura e reforma geral do PSF Central. Bem como disponibilizar vigia/segurança para atuar nos atendimentos noturnos desta Unidade de Saúde.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2805/indicacao_no_223_solivan_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2805/indicacao_no_223_solivan_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo de projeto para a construção de Concha Acústica no Município de Campo Verde.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2806/indicacao_no_224_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2806/indicacao_no_224_kleberson.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade realizar estudo de Projeto para a aquisição e distribuição de filtros de barro para água, visando contemplar as famílias carente do Município, principalmente a dos Assentamentos e Comunidades Rurais.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2807/indicacao_no_225_solivan_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2807/indicacao_no_225_solivan_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo de projeto para a construção de museu histórico com anfiteatro.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com micro revestimento ou recuperação com lama asfáltica no Bairro Greenville I.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2809/indicacao_no_227_jose_humberto_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2809/indicacao_no_227_jose_humberto_.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com construção de ponte de concreto sobre o Rio Piraputanga, interligando o Assentamento 14 de Agosto ao 04 de Outubro.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Pedro Cambara, Nei do Dom Ozorio - PT, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2810/indicacao_no_228_pedro_e_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2810/indicacao_no_228_pedro_e_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a SEMA e IBAMA para viabilizar madeiras apreendidas no intuito de destina-las a Agricultura Familiar do nosso Município.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2822/indicacao_no_257_-_pedro_CIQW040.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2822/indicacao_no_257_-_pedro_CIQW040.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 257/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de realizar pavimentação asfáltica no núcleo urbano da Comunidade Agrovila Governador João Ponce de Arruda.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2823/indicacao_no_258_-_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2823/indicacao_no_258_-_solivan.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 258/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em equipar caminhão pipa para auxiliar no atendimento de emergências de incêndios quando o corpo de bombeiros necessitar de auxílio. Bem como, oferecer cursos de capacitação para a equipe responsável.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2824/indicacao_no_259__silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2824/indicacao_no_259__silvio.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 259/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Departamento Nacional de Infraestrutura de Transportes – DNIT, com o objetivo de implantar semáforo e aplicar melhorias na sinalização na BR 070 com a Avenida Vereador Cesar Lima, “Trevo da Bunge”.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2825/indicacao_no_259__silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2825/indicacao_no_259__silvio.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 260/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de PSF no Bairro Recanto dos Pássaros.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2826/indicacao_no_261_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2826/indicacao_no_261_cicero.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 261/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de alambrado na área de reserva que faz divisa com as Ruas Araras e Flamingo. Bem como o calçamento deste.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2827/indicacao_no_262_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2827/indicacao_no_262_juca.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 262/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto a Secretaria Estadual de Meio Ambiente (SEMA) com o objetivo de agilizar a liberação dos terrenos adquiridos pelas empresas no Bairro Distrito Industrial II, principalmente no que se refere a área destinada a Cootranscampo. Bem como estudo e implantação de placas determinando locais de estacionamento de caminhões.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2828/indicacao_no_263_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2828/indicacao_no_263_jh.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 263/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em conceder auxílio-alimentação aos Servidores do Poder Executivo e Previverde.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2829/indicacao_no_264_-_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2829/indicacao_no_264_-_joao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 264/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a pavimentação asfáltica do Distrito Industrial II.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 265/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no sentido de conceder licença aos professores Municipais da Educação Básica para o aperfeiçoamento profissional em cursos de pós-graduação em nível de Mestrado e Doutorado, conforme determina os Artigos 78 ao 81 da Lei Complementar Nº 57/2015 (PCCS-Educação).</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2831/indicacao_no_266_-_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2831/indicacao_no_266_-_joao.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 266/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto à empresa responsável pelo termino da obra de pavimentação asfáltica na Rua Araras, no intuito de realizar contenção de erosão, recuperação da malha asfáltica, implantação de meio fio e construção de galeria para captação de águas pluviais no entroncamento desta com a Rua Pardal.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 267/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de que no ato da instalação dos hidrômetros esses já sejam instalados com o equipamento “Eliminador de Ar”.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2833/indicacao_no_268_-_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2833/indicacao_no_268_-_kleberson.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 268/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem na construção de piscina semi-olímpica, com o intuito de incentivar a natação e outras modalidades de esportes aquáticos no Município.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2834/indicacao_no_269_pedro_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2834/indicacao_no_269_pedro_e_base.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 269/2019 - Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a aquisição e entrega da patrulha completa a Comunidade Serrinha.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2837/indicacao_no_270_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2837/indicacao_no_270_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE LIMPEZA NAS VIAS PÚBLICAS DOS BAIRROS:   JARDIM AMERICA E SANTA ROSA</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2838/indicacao_no_271_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2838/indicacao_no_271_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM  A CONCLUSÃO DA IMPLANTAÇÃO DE MEIO FIO NO BAIRRO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2839/indicacao_no_272_-_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2839/indicacao_no_272_-_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES NA AVENIDA GOIÁS, NO TRECHO QUE COMPREENDE O POSTO PARANÁ ATÉ A AVENIDA MATO GROSSO.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2840/indicacao_no_273_-_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2840/indicacao_no_273_-_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE ESPAÇO JOVEM QUE SEJA APROPRIADO PARA CAMPEONATOS DE SOM AUTOMOTIVO E DEMAIS ATIVIDADES DE INTERESSE DOS JOVENS.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2841/indicacao_no_274_-_ze_humberto_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2841/indicacao_no_274_-_ze_humberto_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SINFRA PARA REALIZAR A CONSTRUÇÃO DO TREVO NA MT 344 QUE DÁ ACESSO AO DISTRITO CORONEL PONCE DE ARRUDA (CAPIM BRANCO), BEM COMO A INSTALAÇÃO DE PLACAS DE INDICAÇÃO E PLACAS DE ATRATIVOS TURÍSTICOS.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2842/indicacao_no_275_-_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2842/indicacao_no_275_-_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SINFRA COM O OBJETIVO DE CONSTRUIR FAIXA ELEVADA NA TRAVESSIA DA RODOVIA MT 140, NAS PROXIMIDADES DO RESTAURANTE SANTA FÉ, COM O OBJETIVO DE DAR ACESSO AOS BAIRROS BELVEDERE E CHÁCARA DAS UVAS AO CENTRO.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2843/indicacao_no_276_-_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2843/indicacao_no_276_-_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REQUERER JUNTO AO ÓRGÃO COMPETENTE NO SENTIDO DE SE OBTER MELHORAMENTO NA LINHA TELEFÔNICA DO MUNICÍPIO DE CAMPO VERDE – MT, INCLUINDO OS ASSENTAMENTOS E COMUNIDADES RURAIS. PRINCIPALMENTE A COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2844/indicacao_no_277_-_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2844/indicacao_no_277_-_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE CARRETA PRANCHA PARA  O TRANSPORTE DE MAQUINAS PESADAS.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2845/indicacao_no_278_-_pedro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2845/indicacao_no_278_-_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE VIAÇÃO, OBRAS E SERVIÇOS PÚBLICOS COM O OBJETIVO DE CONSTRUIR BOCA DE LOBO NAS VIAS PAVIMENTADAS DOS BAIRROS DO MUNICÍPIO QUE POSSUÍREM SISTEMA DE CAPTAÇÃO DE ÁGUA PLUVIAL.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2846/indicacao_no_279_-_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2846/indicacao_no_279_-_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AMPLIAÇÃO DE ESPAÇO FÍSICO E ATUALIZAÇÃO DO ACERVO DE LIVROS DA BIBLIOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2847/indicacao_no_280_dante.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2847/indicacao_no_280_dante.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO PROPRIETÁRIO DA ÁREA LOCALIZADA AO LADO DO HOSPITAL MUNICIPAL, COM O OBJETIVO DE CONSTRUIR CALÇADA NO ENTORNO DA MESMA.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2848/indicacao_no_281_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2848/indicacao_no_281_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE REALIZAR PAVIMENTAÇÃO ASFÁLTICA NO NÚCLEO URBANO DO ASSENTAMENTO TAPERINHA.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2877/indicacao_no_282.19_silvio_ykPY8sy.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2877/indicacao_no_282.19_silvio_ykPY8sy.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM PROJETO DE IMPLANTAÇÃO DE “CASA DE APOIO AO IDOSO” NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2878/indicacao_no_283.19_ze_humberto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2878/indicacao_no_283.19_ze_humberto.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTE DE CONCRETO SOBRE O RIO PIRAPUTANGA LIGANDO O ASSENTAMENTO 14 DE AGOSTO AO 04 DE OUTUBRO.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2879/indicacao_no_284.19_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2879/indicacao_no_284.19_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES, NA AVENIDA LOURIVAL LOPES NO BAIRRO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2880/indicacao_no_285.19_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2880/indicacao_no_285.19_kleberson.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM CAMPANHA DE CONSCIENTIZAÇÃO DA POPULAÇÃO SOBRE O DESCARTE CORRETO DO LIXO, INCLUSIVE DO LIXO SELETIVO. LEVANDO INFORMAÇÃO A POPULAÇÃO EM GERAL, PRINCIPALMENTE NAS ESCOLAS MUNICIPAIS, ESTADUAIS E PARTICULARES. TAMBÉM QUE SE DÊ MAIOR PUBLICIDADE AOS DIAS DE COLETE SELETIVAS NOS BAIRROS E DE FUNCIONAMENTO DO ECOPONTO.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2881/indicacao_no_286.19__solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2881/indicacao_no_286.19__solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO E INSTALAÇÃO DE PLACAS INFORMANDO OS LIMITES MUNICIPAIS, BEM COMO OS LIMITES DO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2882/indicacao_no_287_moisesdocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2882/indicacao_no_287_moisesdocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E CRIAÇÃO DE PROJETO DE IMPLANTAÇÃO DE BOMBEIRO CIVIL NAS ESCOLAS DO MUNICÍPIO E SETORES PÚBLICOS COM GRANDE FLUXO DE PESSOAS.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2883/indicacao_no_288_cicero_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2883/indicacao_no_288_cicero_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO E INICIATIVA PRIVADA COM O OBJETIVO DE IMPLANTAR  UTI COM QUATRO LEITOS NO HOSPITAL MUNICIPAL CORAÇÃO DE JESUS.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2884/indicacao_no_289_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2884/indicacao_no_289_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVEM COM A AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NAS SALAS ANEXAS DA ESCOLA JOSÉ GARBUGIO, LOCALIZADA NO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2885/indicacao_no_290_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2885/indicacao_no_290_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DIRECIONAR PARTE DA RENDA/LUCRO ORIGINADOS DA EXPOVERDE PARA MANUTENÇÃO DA EQUOTERAPIA LOCALIZADA NO PARQUE DE EXPOSIÇÃO.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2886/indicacao_no_291_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2886/indicacao_no_291_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVEM EM AUXILIAR NA REFORMA DO QUARTEL DO COMANDO DA 8° CIA DA POLÍCIA MILITAR NO MUNICÍPIO DE CAMPO VERDE – MT, TAL CONTRIBUIÇÃO SE DARIA VIA MATERIAIS E MÃO DE OBRA.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2887/indicacao_no_292_joao_e_alaenedocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2887/indicacao_no_292_joao_e_alaenedocx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DE LEI DE INCENTIVO ATRAVÉS DE ABATIMENTO/ISENÇÃO DA TARIFA DE ILUMINAÇÃO PÚBLICA, PARA OS MORADORES QUE ADOTAREM A IMPLANTAÇÃO DE PLACAS DE CAPTAÇÃO DE ENERGIA SOLAR NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2888/indicacao_no_293_pedro_e_cicero_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2888/indicacao_no_293_pedro_e_cicero_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM ELABORAR DOCUMENTÁRIO ATUALIZADO CONTENDO TODOS OS DADOS E ÍNDICES DE CAMPO VERDE, QUE POSSA OFERECER OPORTUNIDADES DE NEGÓCIO AS EMPRESAS QUE QUEIRAM SE INSTALAR EM NOSSO MUNICÍPIO NOS VÁRIOS SEGUIMENTOS PRODUTIVOS. BEM COMO POSSÍVEIS ISENÇÕES DE TRIBUTO.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2889/indicacao_no_294.19__kleberson_pnt9GIl.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2889/indicacao_no_294.19__kleberson_pnt9GIl.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM DIVULGAÇÃO, PRINCIPALMENTE EM OUTDOOR, DO NOVO PRAZO PARA PARCELAMENTO OU PAGAMENTO A VISTA COM DESCONTO DOS DÉBITOS COM A PREFEITURA, QUE AGORA É 20 DE DEZEMBRO DE 2019.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2898/indicacao_no_295_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2898/indicacao_no_295_cicero.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de duas salas de aula no Centro Educacional Bem-me-quer no Bairro Jupiara.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2899/indicacao_no_296_solivan_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2899/indicacao_no_296_solivan_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao Ministério da Integração Nacional e Exército Brasileiro com o objetivo de realizarem perfuração de poços artesianos nos Assentamentos e Comunidades do Município que sofrem com a falta de água.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2900/indicacao_no_297_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2900/indicacao_no_297_silvio_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a instalação de Academia Pública ao ar livre na Áreas de Lazer Recanto do Sol e Área de Lazer Parque das Araras.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2901/indicacao_no_298_silvio_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2901/indicacao_no_298_silvio_base.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a instalação de academia pública no Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2902/indicacao_no_299_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2902/indicacao_no_299_polito.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em realizar implantação das placas de identificação de logradouros nas vias do Município de Campo Verde que não possuírem.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2903/indicacao_no_300_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2903/indicacao_no_300_jh.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a criação de espaço jovem na área pertencente ao Parque de Exposições Marco Antônio Esteves da Rocha.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2904/indicacao_no_301_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2904/indicacao_no_301_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no sentido de viabilizar o mais rápido possível contenção da erosão formada as margens da Rodovia MT140, nas proximidades da subestação de energia elétrica.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2905/indicacao_no_302_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2905/indicacao_no_302_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a implantação do programa Nota MT no Município. Tendo por objetivo estimular o cidadão a solicitar o CPF na nota fiscal eletrônica.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2906/indicacao_no_303_nei_psf.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2906/indicacao_no_303_nei_psf.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a construção de bancos em frente ao PSF do Assentamento Dom Osório.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2916/indicacao_no_304_jm.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2916/indicacao_no_304_jm.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo de Projeto para a implantação de kit de captação de energia solar para famílias de baixa renda.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2917/indicacao_no_305_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2917/indicacao_no_305_joao_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a restruturação do aquecimento das águas das piscinas do Centro Aquático social Guimar Viera de Souza.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2918/indicacao_no_306_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2918/indicacao_no_306_jh.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com aquisição e implantação cilindro de oxigênio nas ambulâncias do município, seja estas na zona rural ou urbana.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a substituição da caixa-d’água localizada no Capim Branco nas proximidades do sítio do Professor José, por caixa de 20 mil litros. Bem como realizar mutirão de jateamento, pintura e higienização das caixas-d’água existentes nos Assentamentos e Comunidades Rurais.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2921/indicacao_no_308_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2921/indicacao_no_308_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem junto a Secretaria Municipal de saúde para realizar levantamento de pacientes com depressão no Município. Bem como formar equipe especializada para o tratamento e acompanhamento destes, incluindo o Programa ‘’Melhor em Casa’’.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2922/indicacao_no_309_moises_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2922/indicacao_no_309_moises_.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com projeto de criação de Canil Municipal para abrigar os animais que estão soltos nas vias públicas ou em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2923/indicacao_no_310_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2923/indicacao_no_310_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a instalação de Academia Pública na Praça dos Três Poderes.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2924/indicacao_no_311_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2924/indicacao_no_311_silvio.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com estudo e implantação de calçadas com acessibilidade no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2925/indicacao_no_312_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2925/indicacao_no_312_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com doação de duas novas traves de futsal para as salas anexas da Escola Estadual Alice Barbosa Pacheco localizada no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2926/indicacao_no_313_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2926/indicacao_no_313_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem junto a Secretaria de Educação no intuito de adquirir e distribuir kit escolar aos alunos da rede pública.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2927/indicacao_no_314_nei.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2927/indicacao_no_314_nei.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a reforma geral do prédio da Secretaria Municipal de Agricultura Abastecimento e Meio Ambiente.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com implantação de circuito interno de câmera e monitoramento na Escola Municipal Santo Antônio localizada no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2943/indicacao_no_316_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2943/indicacao_no_316_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SINFRA COM O OBJETIVO DE REALIZAR MELHORIA NA SINALIZAÇÃO DE TRÂNSITO NA MT140, EM FRETE AO POSTO IPANEMA. NO TRECHO QUE DÁ ACESSO AOS BAIRROS CHÁCARA DAS UVAS E BELVEDERE.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2944/indicacao_no_317_ze_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2944/indicacao_no_317_ze_maria.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DISPONIBILIZAR DE MAQUINÁRIOS, TAIS COMO: PÁ CARREGADEIRA, CAMINHÃO BASCULANTE E MOTONIVELADORA. PARA USO EXCLUSIVO DA SECRETARIA DE DESENVOLVIMENTO AGRÍCOLA E MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2945/indicacao_no_318_kleberson_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2945/indicacao_no_318_kleberson_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA ÁGUAS DE CAMPO VERDE QUE OBJETIVEM COM A PERFURAÇÃO DE POÇO ARTESIANO NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2946/indicacao_no_319_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2946/indicacao_no_319_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NA AVENIDA SÃO LOURENÇO.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2947/indicacao_no_320_cicero_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2947/indicacao_no_320_cicero_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE REPAROS NO MEIO FIO, DESENTUPIMENTOS EM BOCA DE LOBO, TAPA BURACO E REVESTIMENTO COM LAMA ASFÁLTICA NOS BAIRROS: BELA VISTA, ECKERT, BOM CLIMA E BORDAS DO LAGO. BEM COMO MANUTENÇÃO E IMPLANTAÇÃO DE SINALIZAÇÃO HORIZONTAL E VERTICAL DESTAS.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2948/indicacao_no_321_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2948/indicacao_no_321_kleberson.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA ÁGUAS DE CAMPO VERDE COM O OBJETIVO DE REALIZAR RECAPEAMENTO E MANUTENÇÃO DAS VIAS PÚBLICAS QUE FORAM IMPLANTADOS O SISTEMA DE ESGOTAMENTO SANITÁRIO NA CIDADE, OU OUTRO TIPO DE OBRA REALIZADO PELA EMPRESA.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2949/indicacao_no_322_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2949/indicacao_no_322_silvio_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DEMARCAÇÃO DE ESTACIONAMENTOS EXCLUSIVO PARA MOTOS NAS ESQUINAS DA AVENIDA SÃO LOURENÇO.</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2950/indicacao_no_323_moises.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2950/indicacao_no_323_moises.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE SAÚDE COM O OBJETIVO DE REALIZAR A CONTRATAÇÃO DE PROFISSIONAL DE FISIOTERAPIA ONCOLÓGICA.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2951/indicacao_no_324_ze_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2951/indicacao_no_324_ze_maria.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM COBERTURA EM FRENTE AO QUARTEL DO COMANDO DA 8° CIA DA POLÍCIA MILITAR.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2952/indicacao_no_325_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2952/indicacao_no_325_jh.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE NOVA FROTA DE ÔNIBUS ESCOLAR PARA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2953/indicacao_no_326_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2953/indicacao_no_326_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA ÁGUAS DE CAMPO VERDE, QUE OBJETIVEM COM LIMPEZA E MANUTENÇÃO DE BUEIRO NA AVENIDA BEIJA-FLOR, DEFRONTE AO Nº 703, NO BAIRRO RECANTO DOS PÁSSAROS I.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2954/indicacao_no_327_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2954/indicacao_no_327_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AOS BANCOS, EMPRESAS E COMERCIO LOCAL, COM O OBJETIVO DE OFERTAR AOS FUNCIONÁRIOS E SERVIDORES CURSO GRATUITO DE LIBRAS - LÍNGUA BRASILEIRA DE SINAIS.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2955/indicacao_no_328_pedro_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2955/indicacao_no_328_pedro_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE SINALIZAÇÃO ADEQUADA NO CRUZAMENTO DA RUA FORTALEZA COM AS AVENIDAS GOIÁS E SANTA MARIA, DEFRONTE AO POSTO IPANEMA E MERCADO ITÁLIA.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2956/indicacao_no_329_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2956/indicacao_no_329_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE COM O OBJETIVO DE CONSTRUIR REDUTOR DE VELOCIDADE NOS LOCAIS ONDE EXISTAM PLACAS INDICANDO SUA EXISTÊNCIA.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2957/indicacao_no_330_nei_base_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2957/indicacao_no_330_nei_base_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM COLETA DE LIXO REGULAR DE AO MENOS UMA VEZ POR SEMANA DENTRO DO NÚCLEO URBANO DOS ASSENTAMENTOS E COMUNIDADES NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2960/indicacao_no_331_cicero_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2960/indicacao_no_331_cicero_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE SAÚDE COM O OBJETIVO DE REALIZAR MUTIRÃO DE CIRURGIA DE CATARATA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2961/indicacao_no_332_cicero_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2961/indicacao_no_332_cicero_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS EM CONJUNTO COM O PODER LEGISLATIVO E JUDICIÁRIO, NO INTUITO DE IMPLANTAR PISO TÁTIL NA PRAÇA DOS TRÊS</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2962/indicacao_no_333__kleberson_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2962/indicacao_no_333__kleberson_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE PARA REVITALIZAR AS PINTURAS DAS LOMBADAS DO MUNICÍPIO, PRINCIPALMENTE NAS VIAS COM GRANDE FLUXO.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2963/indicacao_no_334_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2963/indicacao_no_334_silvio_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE PLACA TURÍSTICA NO INICIO DO BAIRRO SÃO LOURENÇO. ALÉM DE SINALIZAR A ENTRADA DESTE BAIRRO, A MESMA AINDA INFORMARIA O ACESSO A COMÉRCIOS, CREAS, CRAS, QUARTEL DA POLICIA MILITAR ENTRE OUTROS.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2964/indicacao_no_335_dante_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2964/indicacao_no_335_dante_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE, TENDO POR OBJETIVO O RECAPEAMENTO DA PAVIMENTAÇÃO ASFÁLTICA E IMPLANTAÇÃO DE SINALIZAÇÃO NA RODOVIA MT-140, ENTRE OS MUNICÍPIOS DE CAMPO VERDE E NOVA BRASILÂNDIA. BEM COMO A CONSTRUÇÃO DE ACOSTAMENTO.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2965/indicacao_no_336_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2965/indicacao_no_336_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS NO SENTIDO DE REALIZAR AMPLIAÇÃO DOS QUIOSQUES PERTENCENTES AO MUNICÍPIO DE CAMPO VERDE, LOCALIZADOS NA PRAÇA SÃO JOÃO PAULO II.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2966/indicacao_no_337_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2966/indicacao_no_337_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS JUNTO A EMPRESA BRF (SADIA), NO INTUITO DESTA CONCEDER A ABERTURA DE VIA NA ÁREA DE SUA PROPRIEDADE, COM O OBJETIVO DE DAR CONTINUIDADE A RUA PARÁ ATÉ A AVENIDA DOS TRABALHADORES.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2967/indicacao_no_338_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2967/indicacao_no_338_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE SISTEMA DE SENHA POR ORDEM DE CHEGADA, PARA O ATENDIMENTO NOS ÓRGÃOS PÚBLICOS, TAIS COMO: LABORATÓRIO MUNICIPAL, PSF, CEM E CAISM.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2968/indicacao_no_339_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2968/indicacao_no_339_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE QUE A PARTIR DO MÊS DE SETEMBRO, INÍCIO DAS CHUVAS, COM REALIZAÇÃO DE MUTIRÃO DE REVITALIZAÇÃO DOS CANTEIROS CENTRAIS DO MUNICÍPIO. BEM COMO O PLANTIO DE NOVAS ARVORES E REPOSIÇÃO DAS DOENTES/MORTAS.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2969/indicacao_no_340_jose_humberto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2969/indicacao_no_340_jose_humberto.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REATIVAÇÃO DA GUARDA MIRIM EM CAMPO VERDE.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2970/indicacao_no_341_klerberson_alene_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2970/indicacao_no_341_klerberson_alene_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO COM O OBJETIVO DE NEGOCIAR ÁREA LOCALIZADA AOS FUNDOS DO BATALHÃO DO CORPO DE BOMBEIRO, OU OUTRA ÁREA DE PROPRIEDADE DESTA, COM A FINALIDADE EXCLUSIVA DE CONSTRUIR CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE CRIAR DEPARTAMENTO DE GEOLOGIA NO MUNICÍPIO DE CAMPO VERDE, NO INTUITO DESTE REALIZAR ESTUDOS E ACOMPANHAMENTO DE PROJETOS RELACIONADOS A ENGENHARIA E AO MEIO AMBIENTE, COMO POR EXEMPLO: ESTUDO DE SOLO PARA A CONSTRUÇÃO CIVIL OU ESTUDO AMBIENTAL, EMISSÃO DE LAUDOS GEOLÓGICO/GEOTÉCNICOS PARA LOTEAMENTOS OU OBRAS DAS MAIS VARIADAS.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2975/indicacao_no_343_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2975/indicacao_no_343_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE COM OBJETIVO DE REALIZAR A INSTALAÇÃO DE REDUTORES DE VELOCIDADE EM TODA A EXTENSÃO DA AVENIDA FLAMINGO, LOCALIZADA NO BAIRRO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2976/indicacao_no_344_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2976/indicacao_no_344_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ACADEMIA PÚBLICA NA COMUNIDADE DO LIMEIRA.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2977/indicacao_no_345_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2977/indicacao_no_345_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE EDUCAÇÃO E CULTURA E SECRETARIA DE ESPORTE E LAZER, COM O OBJETIVO DE IMPLANTAR O PROJETO “BOM DE BOLA, BOM NA ESCOLA” NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2978/indicacao_no_346_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2978/indicacao_no_346_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NO CRUZAMENTO DA RUA XINGÚ E COM A AVENIDA ROTARY INTERNACIONAL.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2979/indicacao_no_347_nei_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2979/indicacao_no_347_nei_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PRAÇA NA ÁREA URBANA DO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2980/indicacao_no_348__joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2980/indicacao_no_348__joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM PATROLAMENTO DAS VIAS DOS ASSENTAMENTOS: PAULO FREIRE, 28 DE OUTUBRO E AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2981/indicacao_no_349_kleberson_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2981/indicacao_no_349_kleberson_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE PLACA OU FACHADA DE IDENTIFICAÇÃO NO PRÉDIO DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2982/indicacao_no_350_pedro_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2982/indicacao_no_350_pedro_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE BUSCAR RECURSOS JUNTO AO GOVERNO DO ESTADO, GOVERNO FEDERAL OU ATÉ MESMO PRÓPRIO, NO INTUITO DE ADQUIRIR CAMINHÃO ¾ COM TANQUE DE INOX PARA ATENDER OS PRODUTORES DE LEITE DOS ASSENTAMENTO E COMUNIDADES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2983/indicacao_no_351_jose_humberto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2983/indicacao_no_351_jose_humberto.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM CONTACTAR A SINFRA-MT E EMPRESA RESPONSÁVEL PELA RECUPERAÇÃO ASFÁLTICA DA MT-344, NO TRECHO QUE COMPREENDE O MUNICÍPIO DE CAMPO VERDE A DOM AQUINO, PARA QUE CAMINHÃO PIPA ACOMPANHE ESTA OBRA, NO INTUITO DE PREVENIR OS EFEITOS NOCIVOS DO TEMPO SECO, E AMENIZAR A POEIRA.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2984/indicacao_no_352_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2984/indicacao_no_352_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO LOTEADOR DO BAIRRO GREENVILLE I, COM O OBJETIVO DE REALIZAR RECUPERAÇÃO COM LAMA ASFÁLTICA NO MESMO.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2985/indicacao_no_353_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2985/indicacao_no_353_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DISPONIBILIZAÇÃO DE ÁREA PÚBLICA SEMANAL OU MENSAL, PARA A REALIZAÇÃO DA FEIRA DE VEÍCULOS E UTILITÁRIOS EM GERAL.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2990/indicacao_no_354_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2990/indicacao_no_354_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO À INICIATIVA PRIVADA COM O OBJETIVO DE VIABILIZAR A CONSTRUÇÃO DE ASILO/CASA DE REPOUSO PARA IDOSOS NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2991/indicacao_no_355__solivan_torre_telefonica_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2991/indicacao_no_355__solivan_torre_telefonica_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AS EMPRESAS ESPECIALIZADAS COM OBJETIVO DE VIABILIZAR A INSTALAÇÃO DE TORRE TELEFÔNICA MÓVEL NAS IMEDIAÇÕES DO PARQUE DE EXPOSIÇÕES MARCO ANTÔNIO ESTEVES DA ROCHA, PROPORCIONANDO ASSIM SINAL DE QUALIDADE TAMBÉM AO AEROPORTO E DEMAIS BAIRROS VIZINHOS.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2992/indicacao_no_356_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2992/indicacao_no_356_jh.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE PLACA DE SINALIZAÇÃO NO INÍCIO DO BAIRRO SÃO LOURENÇO INDICANDO: “ SEGUNDO SETOR COMERCIAL”</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2993/indicacao_no_357_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2993/indicacao_no_357_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NO BAIRRO ESTAÇÃO DA LUZ.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2994/indicacao_no_358_pedro_e_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2994/indicacao_no_358_pedro_e_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RETIRADA DE ENTULHO, INSERVÍVEIS E LIXO DA ÁREA ONDE SERÁ CONSTRUÍDO O FUTURO ABATEDOURO MUNICIPAL.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2995/indicacao_no_359_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2995/indicacao_no_359_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO GRADATIVA DOS POSTES DAS PLACAS DE SINALIZAÇÃO, QUE ATUALMENTE SÃO DE MADEIRA OU CONCRETO, POR POSTES DE METAL GALVANIZADO, MAIS ADEQUADO PELA RESISTÊNCIA E DURABILIDADE.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2997/indicacao_no_360_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2997/indicacao_no_360_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM REGULARIZAÇÃO DOS IMÓVEIS DOS BAIRROS PERTENCENTES AS ZONAS ESPECIAIS DE INTERESSE SOCIAL - ZEIS, COM RELAÇÃO A TAXA DE IMPERMEABILIZAÇÃO DO SOLO; OU SEJA OS IMÓVEIS QUE ULTRAPASSARAM O PERCENTUAL MÁXIMO DA ÁREA DO TERRENO QUE PODE SER IMPERMEABILIZADA.</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2998/indicacao_no_361dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2998/indicacao_no_361dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE AGRICULTURA E MEIO AMBIENTE QUE OBJETIVE A CRIAÇÃO DE DEPARTAMENTO DE ÁGUAS DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2999/indicacao_no_362_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2999/indicacao_no_362_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE DISPONIBILIZA VERBA INDENIZATÓRIA PARA DESEMPENHO DE ATIVIDADE DELEGADA AOS BOMBEIROS MILITARES, CONFORME LEI MUNICIPAL Nº 2.331 DE 22 DE DEZEMBRO DE 2017</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3013/indicacao_no_363_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3013/indicacao_no_363_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM ESTENDER O ATENDIMENTO MÉDICO DO PERÍODO NOTURNO DO PSF CENTRAL, QUE ATUALMENTE SÃO TRÊS VEZES POR SEMANA PARA CINCO.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3014/indicacao_no_364_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3014/indicacao_no_364_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS, NO INTUITO DE ADQUIRIR VEÍCULO VAN PARA USO EXCLUSIVO DO CENTRO DE ATENDIMENTO PSICOSSOCIAL-CAPS E UNIDADE DESCENTRALIZADA DE REABILITAÇÃO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3015/indicacao_no_365_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3015/indicacao_no_365_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE SAÚDE E HOSPITAL MUNICIPAL CORAÇÃO DE JESUS (ASAS) NO INTUITO DE DISPONIBILIZAR LEITO HOSPITALAR PSIQUIÁTRICO DE USO EXCLUSIVO DE PACIENTES DO CENTRO DE ATENDIMENTO PSICOSSOCIAL-CAPS</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3016/indicacao_no_366_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3016/indicacao_no_366_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS COM O OBJETIVO DE FORNECER CURSO DE CAPACITAÇÃO DE DIREÇÃO DEFENSIVA E PRIMEIROS SOCORROS AOS MOTORISTAS SERVIDORES DO MUNICÍPIO, PRINCIPALMENTE OS FUNCIONÁRIOS DO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_no_367_cic.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_no_367_cic.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE REPAROS NO MEIO FIO, TAPA BURACO E REVESTIMENTO COM LAMA ASFÁLTICA NO BAIRRO JARDIM CAMPO VERDE I. BEM COMO MANUTENÇÃO E IMPLANTAÇÃO DE SINALIZAÇÃO HORIZONTAL E VERTICAL DESTA.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3018/indicacao_no_368_solivan_2.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3018/indicacao_no_368_solivan_2.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA DOM AQUINO CORRÊA SITUADA NO BAIRRO JUPIARA, NO TRECHO ENTRE AS RUAS: DO SABER E TRÊS IRMÃOS, NAS PROXIMIDADES DA IGREJA PENTECOSTAL AMOR DIVINO.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3019/indicacao_no_369_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3019/indicacao_no_369_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE COBERTURA NAS ARQUIBANCADAS DOS MINI ESTÁDIOS LUCAS RUDNICK E IVO RAUBER JUNIOR.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3020/indicacao_no_370_juca_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3020/indicacao_no_370_juca_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE LIMPEZA NO BAIRRO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3021/indicacao_no_371_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3021/indicacao_no_371_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM CONSTRUÇÃO OU INSTALAÇÃO DE BEBEDOURO NAS PRAÇAS: 04 DE JULHO E SÃO JOÃO PAULO II.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3022/indicacao_no_372_kleberson_terminar.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3022/indicacao_no_372_kleberson_terminar.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE RECUO NA SINALIZAÇÃO HORIZONTAL DE SEGURANÇA DA FAIXA DE PEDESTRE LOCALIZADAS NA AVENIDA BRASILIA, EM FRENTE A EDI MOTOS, SINALIZANDO ASSIM O LIMITE QUE QUAISQUER VEÍCULOS PODEM ESTACIONAR. AINDA SUGERIMOS TARTARUGUINHAS COMO FORMA A DEMARCAR ESTE RECUO.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3023/indicacao_no_373_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3023/indicacao_no_373_kleberson.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE VIAÇÃO, OBRAS E SERVIÇOS PÚBLICOS, NO INTUITO DE REALIZAR CONCLUSÃO DE CONSTRUÇÃO DE MEIO FIO NAS VIAS RECÉM PAVIMENTADAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3024/indicacao_no_374_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3024/indicacao_no_374_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE AGRICULTURA E MEIO AMBIENTE E SECRETARIA DE VIAÇÃO, OBRAS E SERVIÇOS PÚBLICOS, NO INTUITO DE CASCALHAR OS CURRAIS DOS ASSENTAMENTOS E COMUNIDADES DO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3030/indicacao_no_375_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3030/indicacao_no_375_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE ABRANGÊNCIA AO ATENDIMENTO MÉDICO NO PERÍODO NOTURNO, PARA MAIS UM PSF. _x000D_
 .</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3031/indicacao_no_376_dante.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3031/indicacao_no_376_dante.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADA NO CANTEIRO CENTRAL DA AVENIDA CAMPO GRANDE, BEM COMO ARBORIZAÇÃO, ORNAMENTAÇÃO E PAISAGISMO.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3032/indicacao_no_377_jose_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3032/indicacao_no_377_jose_maria.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS, NO INTUITO DE ADQUIRIR CÂMARA FRIA PARA A AGROINDÚSTRIA DO ASSENTAMENTO SANTO ANTONIO DA FARTURA.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3033/indicacao_no_378_jose_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3033/indicacao_no_378_jose_maria.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS ATRAVÉS DE SECRETARIA COMPETENTE, QUE OBJETIVEM COM ESTUDO DE CONSTRUÇÃO DE OSSÁRIO DENTRO DO CEMITÉRIO MUNICIPAL SÃO PEDRO.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3034/indicacao_no_379_jose_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3034/indicacao_no_379_jose_maria.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO DE PROJETO DE VERTICALIZAÇÃO HABITACIONAL (APARTAMENTOS), POSSIBILITANDO MAIOR VERTICALIZAÇÃO EM EMPREENDIMENTOS VOLTADOS A ATENDER QUEM ESPERA POR MORADIA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3035/indicacao_no_380_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3035/indicacao_no_380_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM INTERDIÇÃO DA RUA QUE DÁ ACESSO A PRAÇA DOS TRÊS PODERES AOS FINAIS DE SEMANA E FERIADOS, POR SER ESTA UMA RUA DE LAZER.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3036/indicacao_no_381_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3036/indicacao_no_381_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM INSTALAÇÃO DE CLIMATIZADO/AR-CONDICIONADO, NO NOVO MICRO-ÔNIBUS DA ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS – APAE, POIS O MESMO FOI ADQUIRIDO SEM ESTE EQUIPAMENTO.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3037/indicacao_no_382__neison_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3037/indicacao_no_382__neison_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE COM OBJETIVO DE REALIZAR A INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RODOVIA BR 364, EM FRENTE AO SHOPPING DA AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3038/indicacao_no_383_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3038/indicacao_no_383_jh.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE REALIZAR CALÇAMENTO COM PEDRAS DE PARALELEPÍPEDO NAS RUAS DO DISTRITO CORONEL PONCE (CAPIM BRANCO).</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3039/indicacao_no_384_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3039/indicacao_no_384_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE REPAROS NA ILUMINAÇÃO PÚBLICA DA AVENIDA MATO GROSSO EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3040/indicacao_no_385_moises.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3040/indicacao_no_385_moises.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE PROJETO PARA CRIAÇÃO DE DEPÓSITO PARA O RECEBIMENTO DE SOBRAS DE MATERIAIS DE CONSTRUÇÃO DAS EMPRESAS, COMÉRCIOS, PESSOAS FÍSICAS E OBRAS DO MUNICÍPIO. ESTES MATERIAIS SERÃO DOADOS AS PESSOAS CARENTES E ENTIDADES DO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3041/indicacao_no_386_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3041/indicacao_no_386_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SINFRA, TENDO POR OBJETIVO A DUPLICAÇÃO DA MT 140, A PARTIR DA AVENIDA MATO GROSSO ATÉ O TREVO DO GARDEZ.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3042/indicacao_no_387_dante.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3042/indicacao_no_387_dante.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AS EMPRESAS RECEBEDORAS DE GRÃOS LOCALIZADAS NAS PROXIMIDADES DA REGIÃO DO BAIRRO RECANTO DOS PÁSSAROS, PARA QUE ESTAS INSTALEM FILTROS DE CONTENÇÃO DE RESÍDUOS DE MILHO E SOJA.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3043/indicacao_no_388_moises_p.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3043/indicacao_no_388_moises_p.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A MANUTENÇÃO E LIMPEZA DAS BOCAS DE LOBO DO MUNICÍPIO. EM ESPECIAL AS LOCALIZADAS NA AVENIDA DOM AQUINO.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3044/indicacao_no_389_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3044/indicacao_no_389_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS COM O INTUITO DE QUE SE CONTRATE PROJETO DE CONSTRUÇÃO DE PORTAL DE ENTRADA NO DISTRITO DE CORONEL PONCE - CAPIM BRANCO. BEM COMO PROJETO PARA PAVIMENTAR A ESTRADA DE ACESSO DESTA COMUNIDADE TURÍSTICA.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3045/indicacao_no_390_moises_p.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3045/indicacao_no_390_moises_p.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NA AVENIDA PRESIDENTE JOÃO GOULART NAS PROXIMIDADES DO POSTO DE COMBUSTÍVEL CIDADE ALTA.  BEM COMO A CONSTRUÇÃO DE MEIO FIO NO INICIO DO CANTEIRO CENTRAL DESTE, LOCALIZADO LOGO APÓS A ROTATÓRIA, SENTIDO O BAIRRO RECANTO DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3046/indicacao_no_391_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3046/indicacao_no_391_jh.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE REALIZAR MUTIRÃO DE REFORMA E MELHORIAS NAS ESCOLAS E CRECHES MUNICIPAIS.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3047/indicacao_no_392_silvio_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3047/indicacao_no_392_silvio_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DAR CONTINUIDADE A PAVIMENTAÇÃO ASFÁLTICA DA AVENIDA SENADOR ATÍLIO FONTANA, NO TRECHO QUE COMPREENDE A MT 344 ATÉ O LOTEAMENTO RESIDENCIAL JARDIM CUIABÁ.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3048/indicacao_no_393_pedro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3048/indicacao_no_393_pedro.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AOS MUNICÍPIOS VIZINHO, CARTÓRIO ELEITORAL E OUTROS ÓRGÃOS AFINS, COM O OBJETIVEM DE OFERTAR SIMPÓSIO/SEMINÁRIO VOLTADO AS MULHERES E SUA IMPORTÂNCIA NA POLÍTICA E VIDA PÚBLICA, TENDO COMO OBJETIVO AUMENTAR A PARTICIPAÇÃO POLÍTICA FEMININA E A REPRESENTATIVIDADE DA MULHER EM ÂMBITOS INSTITUCIONAIS</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3049/indicacao_no_394_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3049/indicacao_no_394_kleberson.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PALCO EM FORMA DE CONCHA ACÚSTICA, NA PRAÇA SÃO JOÃO PAULO II.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3050/indicacao_no_395_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3050/indicacao_no_395_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO DEPARTAMENTO MUNICIPAL DE TRÂNSITO URBANO - DMTU, COM INTUITO DE REGULAMENTAR HORÁRIO PARA CARGA E DESCARGA NOS SETORES COMERCIAIS DO MUNICÍPIO, EVITANDO ASSIM A OBSTRUÇÃO DO TRÂNSITO NOS HORÁRIO DE PICO.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3051/indicacao_no_396_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3051/indicacao_no_396_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE ESPORTE E LAZER NO INTUITO DE REALIZAR REFORMA GERAL NO GINÁSIO POLIESPORTIVO JOUBERT ISAÍAS ROMANCINI.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3055/indicacao_no_397_ze_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3055/indicacao_no_397_ze_maria.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE UM NOVO ÔNIBUS ESCOLAR ADAPTADO PARA ATENDER ALUNOS COM NECESSIDADES ESPECIAIS NO ASSENTAMENTO SANTO ANTONIO DA FARTURA.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3056/indicacao_no_398_ze_maria.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3056/indicacao_no_398_ze_maria.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO POR LAMPADAS DE LED.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3057/indicacao_no_399_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3057/indicacao_no_399_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE SINALIZAÇÃO COM FAIXA DE PEDESTRE E INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA PRESIDENTE JOÃO GOULART, COM AVENIDA AÍRTON SENA, PRÓXIMO A ESCOLA PAULO FREIRE.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3058/indicacao_no_400_ze_humberto.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3058/indicacao_no_400_ze_humberto.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE SAÚDE COM OBJETIVO DE REALIZAR A CONTRATAÇÃO DE MÉDICO CARDIOLOGISTA PARA ATENDER A POPULAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3059/indicacao_no_401_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3059/indicacao_no_401_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO DA ESTRADA RURAL MT 251 QUE DÁ ACESSO AO ASSENTAMENTO DOM OSÓRIO E AS DEMAIS FAZENDAS.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3060/indicacao_no_402_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3060/indicacao_no_402_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO E IMPLANTAÇÃO DE CALÇADAS COM ACESSIBILIDADE NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3061/indicacao_no_403_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3061/indicacao_no_403_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM REFLORESTAMENTO E ORNAMENTAÇÃO ABAIXO DO KARTÓDROMO AO LADO RUA BORDAS DO LAGO.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3062/indicacao_no_404_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3062/indicacao_no_404_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO À OPERADORA DE TELEFONIA MÓVEL VIVO PARA MELHORIA DA COBERTURA DE REDE TELEFÔNICA NA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3063/indicacao_no_405_moises.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3063/indicacao_no_405_moises.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE MELHORIA DE TRAFEGABILIDADE NA AVENIDA DOS TRABALHADORES, TAIS COMO ABERTURA DE PASSAGEM, IMPLANTAÇÃO DE ROTATÓRIAS, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3064/indicacao_no_406_moises.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3064/indicacao_no_406_moises.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE PODA DAS ARVORES LOCALIZADAS NO BAIRRO JUPIARA.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE REALIZAR RECUPERAÇÃO E REFORMA DA ENTRADA DO ESTÁDIO MUNICIPAL FÉLIX BELÉM DE CASTRO, BEM COMO DESTINAÇÃO ADEQUADA AOS EQUIPAMENTOS ESPORTIVOS SE QUE ENCONTRA DEPOSITADO DE BAIXO DAS ARQUIBANCADAS.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3066/indicacao_no_408_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3066/indicacao_no_408_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE BUSCAR RECURSOS JUNTO AO GOVERNO DO ESTADO, COM INTUITO DE ADQUIRIR CAMINHÃO TANQUE EQUIPADOS DE ANTI INCENDIO QUE SERÁ USO MULTIFUNCIONAL PARA ATENDER COMO AUXÍLIO AO CORPO DE BOMBEIRO E EVENTUAIS NECESSIDADES DA ZONA URBANA E RURAL.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3067/indicacao_no_409_kleberson_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3067/indicacao_no_409_kleberson_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE ABRIGO NOS PONTOS DE ÔNIBUS PARA ATENDER AS CRIANÇAS QUE UTILIZAM DOS TRANSPORTES ESCOLARES NA ZONA RURAL.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3068/indicacao_no_410_kleberson_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3068/indicacao_no_410_kleberson_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE SEGUNDO PONTO DE ÔNIBUS COM ABRIGO NA AVENIDA BEIJA NO FLOR BAIRRO RECANTO DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3069/indicacao_no_411_silvio_MSZIimm.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3069/indicacao_no_411_silvio_MSZIimm.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RECUPERAÇÃO DAS RUAS E AVENIDAS COM LAMA ASFÁLTICA NO BAIRRO JARDIM CAMPO VERDE ll.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3070/indicacao_no_412_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3070/indicacao_no_412_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE, COM OBJETIVO DE ESTUDAR A VIABILIDADE DA ABERTURA DE VIA DE ACESSO (CONTORNO) DA AVENIDA BRASÍLIA COM A RUA SANTOS</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3071/indicacao_no_413_dante.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3071/indicacao_no_413_dante.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE QUE TODOS OS LOTEAMENTOS QUE FORAM CRIADOS A PARTIR DA LEI COMPLEMENTAR Nº 022/10 VENHAM A TER UMA TARIFA DE ÁGUA DIFERENCIADA.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3072/indicacao_no_414_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3072/indicacao_no_414_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE DISPONIBILIZAR POLICIAIS MILITARES PARA A COMUNIDADE CAPIM BRANCO E TAPERINHA, PROMOVENDO POLICIAMENTO OSTENSIVO POR MEIO DA JORNADA VOLUNTÁRIA DE TRÊS VEZES POR SEMANA INCLUINDO OS FINAIS DE SEMANA</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3073/indicacao_no_415_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3073/indicacao_no_415_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE EDUCAÇÃO DO ESTADO – SEDUC, COM INTUITO DE TRAZER NOVAS UNIVERSIDADES PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3077/indicacao_no_416_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3077/indicacao_no_416_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM PARCELAMENTO DÉBITOS DOS TERRENOS NO BAIRRO CIDADE ALTA ll.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3078/417-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3078/417-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA BUNGE QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS  E COLOCAÇÃO DE BANCOS EM TODA EXTENSÃO DA LATERAL NA AREA QUE PERTENCE A MESMA.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3079/418-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3079/418-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE SINALIZAÇÃO COM FAIXA DE PEDESTRE NA MT 140 ENTRE A EXTENSÕES DAS AVENIDAS SANTA MARIA E AVENIDA GOIAS, BEM COMO A CONSTRUÇÃO DE PASSARELA NO GRAMADO DOS CANTEIROS CENTRAIS, DA MESMA.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3080/419-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3080/419-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A LIMPEZA E MANUTENÇÃO DO CEMITÉRIO PÚBLICO MUNICIPAL PARA RECEBER OS VISITANTES NO ‘DIA DE FINADOS’.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3081/420-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3081/420-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM ESTENDER POR SEIS MESES O ATENDIMENTO AO PÚBLICO EM TURNO ÚNICO,PELOS ÓRGÃOS  MUNICIPAIS.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3082/421-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3082/421-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM AQUISIÇÃO DE VEÍCULO PARA ATENDER A SECRETARIA MUNICIPAL DE SAÚDE NO PROJETO ‘MELHOR EM CASA’.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3083/422-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3083/422-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM ESTABELECER PARCERIAS COM ÓRGÃOS ENTIDADES PARA VIABILIZAR A IMPLANTAÇÃO DO PROJETO ‘PEQUENO OLHARES’ NAS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3084/423-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3084/423-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A ORNAMENTAÇÃO, PAISAGISMO E ARBORIZAÇÃO NO CANTEIRO CENTRAL DA AVENIDA SÃO CRISTÓVÃO, NO TRECHO QUE COMPREENDE OS BAIRROS RECANTO DOS PÁSSAROS I ATÉ O SANTA ROSA. BEM COMO A CONSTRUÇÃO DE CALÇADA NO MESMO.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3085/424-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3085/424-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE REALIZAR RECUPERAÇÃO E REFORMA DA ENTRADA DO ESTÁDIO MUNICIPAL FÉLIX BELÉM DE CASTRO, BEM COMO LIMPEZA E REMOÇÃO DE ENTULHOS DEPOSITADOS DE BAIXO DAS ARQUIBANCADAS.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3086/425-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3086/425-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PODA DE ÁRVORES PARA O MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3087/426-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3087/426-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM CONTINUAR A IMPLANTAÇÃO DE SINALIZAÇÃO DE PLACAS DE IDENTIFICAÇÃO NAS RUAS E AVENIDAS DE TODOS OS BAIRROS DO MUNICÍPIO DE CAMPO VERDE COM NOMES E NÚMEROS OFICIAIS DAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3088/427-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3088/427-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR ESTUDO COM OBJETIVO DE FIRMAR PARCERIA COM O IFMT – CAMPO VERDE, PARA QUE OS ACADÊMICOS DOS CURSOS DE AGRONOMIA E/OU TÉCNICO EM AGROPECUÁRIA POSSAM REALIZAR SEUS ESTÁGIOS NOS ASSENTAMENTOS LOCALIZADOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3089/428-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3089/428-2019.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AS SECRETARIAS DO MUNICIPIO DE CAMPO VERDE PARA DISPONIBILIZAR CURSO DE CAPACITAÇÃO DE LIBRAS – LINGUA BRASILEIRA DE SINAIS PARA TODOS OS SERVIDORES.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3096/indicacao_no_429_ze_maria_base_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3096/indicacao_no_429_ze_maria_base_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM INSTALAÇÃO DE SEMÁFOROS NA ROTATÓRIA EM FRENTE AO POSTO DE COMBUSTÍVEL ARARAS, NAS AVENIDAS SENADOR ATÍLIO FONTANA E BRASÍLIA.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3097/indicacao_no_430_solivan_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3097/indicacao_no_430_solivan_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA SENAR MATO GROSSO - SERVIÇO NACIONAL DE APRENDIZAGEM RURAL, NO INTUITO DE OFERTAR CURSO/ APERFEIÇOAMENTO DE TRANSFORMAÇÃO CASEIRA DE PRODUTOS DE ORIGEM ANIMAL EM EMBUTIDOS E DEFUMADOS, VISANDO ATENDER AGRICULTURA FAMILIAR EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3098/indicacao_no_431_nei_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3098/indicacao_no_431_nei_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM REALIZAR CONVÊNIO OU TERMO DE COMPROMISSO, COM O INSTITUTO NACIONAL DE COLONIZAÇÃO E REFORMA AGRÁRIA - INCRA, AFIM DE CUSTEAR AS DESPESAS COM OS SERVIDORES DESTE QUE PRESTAREM SERVIÇOS DE VISTORIA E DESBLOQUEIO DE CADASTROS EM GERAL E VISTORIA DE HOMOLOGAÇÃO DOS LOTES PARA QUE A TITULARIZAÇÃO  ACONTEÇA.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3099/indicacao_no_432_nei_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3099/indicacao_no_432_nei_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DA PONTE DE MADEIRA DO RIO DAS MORTES POR PONTE DE CONCRETO, A MESMA LOCALIZA-SE NA MT RURAL 251 E DÁ ACESSO AO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3100/indicacao_no_433_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3100/indicacao_no_433_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A PAVIMENTAÇÃO ASFÁLTICA NAS VIAS DO DISTRITO INDUSTRIAL II. BEM COMO LIMPEZA E REMOÇÃO DE ENTULHOS.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3101/indicacao_no_434_ze_maria_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3101/indicacao_no_434_ze_maria_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE FAIXA DE PEDESTRE, NA ENTRADA DO CEMITÉRIO MUNICIPAL SÃO PEDRO. BEM COMO A IMPLANTAÇÃO DE PLACA INFORMANDO A EXISTÊNCIA DA MESMA.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3102/indicacao_no_435_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3102/indicacao_no_435_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE OBTER ADESÃO JUNTO AO SUSAF - SISTEMA UNIFICADO ESTADUAL DE SANIDADE AGROINDUSTRIAL FAMILIAR E DE PEQUENO PORTE, COM O OBJETIVO DE AMPLIAR A COMERCIALIZAÇÃO DOS PRODUTOS DA AGROINDÚSTRIA DE ORIGEM ANIMAL E VEGETAL DE CAMPO VERDE PARA TODO O ESTADO DE MATO GROSSO.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3103/indicacao_no_436_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3103/indicacao_no_436_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE OBRAS PARA EXECUÇÃO DE OPERAÇÃO TAPA-BURACOS NAS VIAS PÚBLICAS DOS BAIRROS CIDADE ALTA I E II, NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3104/indicacao_no_437_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3104/indicacao_no_437_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR TERMO DE COOPERAÇÃO TÉCNICA COM O GOVERNO DO ESTADO DE MATO GROSSO E SECRETARIA DE EDUCAÇÃO DO ESTADO, PARA A IMPLANTAÇÃO DE ESCOLA MILITAR EM CAMPO VERDE.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3105/indicacao_no_438_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3105/indicacao_no_438_cicero.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM CONTER A EROSÃO SITUADA NO FINAL DA RUA DA SAUDADE, BAIRRO RECANTO DO BOSQUE. BEM COMO A RECUPERAÇÃO DA ÁREA PREJUDICADA.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3106/indicacao_no_439_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3106/indicacao_no_439_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A AGÊNCIA DE REGULAÇÃO DOS SERVIÇOS PÚBLICOS DELEGADOS -  AGER DE BARRA DO GARÇAS, QUE OBJETIVEM COM A CRIAÇÃO/IMPLANTAÇÃO DE ESCRITÓRIO NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3107/indicacao_no_440_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3107/indicacao_no_440_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM CONSTRUÇÃO DE CALÇADA NAS ÁREAS PERTENCENTES AO MUNICÍPIO, LOCALIZADAS NA RUA BORDAS DO LAGO.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3108/indicacao_no_441_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3108/indicacao_no_441_kleberson.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RESTAURAÇÃO DA CICLOVIA DA AVENIDA MATO GROSSO, E QUE A MESMA SE ESTENDA PELA AVENIDA MATO GROSSO – REGIÃO SUL, ATÉ O FINAL DO BAIRRO GREENVILLE II. BEM COMO A INSTALAÇÃO E REPOSIÇÃO DE PLACAS DE SINALIZAÇÃO.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3115/indicacao_no_442_nei_base..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3115/indicacao_no_442_nei_base..pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA BRF (SADIA), NO INTUITO DE ESTUDAR E IMPLANTAR MEDIDAS VISANDO A REABERTURA DOS AVIÁRIOS NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3116/indicacao_no_443__nei_base..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3116/indicacao_no_443__nei_base..pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE CONSTRUIR CALÇADA NO CANTEIRO CENTRAL NA AVENIDA CÉSAR LIMA NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_no_444_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_no_444_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE MONUMENTO Á BÍBLIA SAGRADA, CONTENDO O SALMO LUCAS 33.12 NA PRAÇA 4 DE JULHO NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3118/indicacao_no_445_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3118/indicacao_no_445_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO, SECRETARIAS DO MUNICÍPIO E DEFENSORIA PÚBLICA, NO INTUITO DE DESENVOLVER “PROJETO MOMENTO CIDADÃO”, COM O OBJETIVO DE DISPONIBILIZAR SERVIÇOS E ATENDIMENTOS GRATUITOS À POPULAÇÃO. BEM COMO REALIZAR LEVANTAMENTO DO NÚMERO DE PROCESSOS E ASSISTIDOS ACOMPANHADOS PELA ASSISTÊNCIA JURÍDICA GRATUITA, E ASSIM IMPULSIONAR A POSSÍVEL BAIXA DOS AUTOS E ATUALIZAR DADOS CADASTRAIS.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3123/indicacao_no_446_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3123/indicacao_no_446_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de criar Projeto “Fest Praia” em Campo Verde, na área de Lazer Recanto do Sol. Visando ofertar atividades esportivas e recreativas para adultos e crianças, ainda contribuindo com o fomento do comercio local.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3124/indicacao_no_447_joao..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3124/indicacao_no_447_joao..pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de adquirir caminhão para coleta seletiva, visando ampliar a rota desta coleta na área central do Município, atendendo assim desde os pequenos até os grandes geradores.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3125/indicacao_no_448_cicero.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3125/indicacao_no_448_cicero.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar providências junto ao Governo do Estado para que seja criado unidade do Instituto Médico Legal (IML) no Município de Campo Verde.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3126/indicacao_no_449_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3126/indicacao_no_449_solivan.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de realizar criação da Guarda Municipal de Campo Verde, conforme Lei Federal nº 13.022, de 08 de agosto de 2014 (Estatuto Geral da Guarda Municipal).</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3127/indicacao_no_450_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3127/indicacao_no_450_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de implantar o uso de Tecnologia da Informação na Educação Municipal (TI), adquirindo data show e notebooks para todas as salas de aula. Bem como disponibilizar internet.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3128/indicacao_no_451_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3128/indicacao_no_451_juca.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com reforma da ponte sobre o Rio Piraputanga, a mesma liga o Assentamento 14 de Agosto ao 04 de Outubro.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_no_452__nei_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_no_452__nei_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com o patrolamento e encascalhamento da estrada do distrito de Coronel Ponce- Capim Branco.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a realização de mutirão de limpeza e remoção de lixos e entulhos nas entradas da Cidade.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3131/indicacao_no_454_joao_e_moises.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3131/indicacao_no_454_joao_e_moises.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a realização de mutirão de limpeza nos Bairros São Lourenço, Jupiara e no Centro da Cidade.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a implantação de planta popular de 60 m² á 70 m² gratuita para famílias de baixa renda.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3133/indicacao_no_456__nei_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3133/indicacao_no_456__nei_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao governo do Estado, no intuito de que a Concessionária Energisa cumpra corretamente com o contrato de fornecimento de energia nos Assentamentos e Comunidades rurais no município de Campo Verde.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3134/indicacao_no_457_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3134/indicacao_no_457_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas no intuito de excluir a cultura/comemoração do Halloween nas Escola do Município.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3135/indicacao_no_458_kleberson_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3135/indicacao_no_458_kleberson_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a colocação de placas de identificação nas vias de acesso no Bairro, Greenville. Principalmente nas vias recém denominadas conforme Lei 2.382.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3136/indicacao_no_459_kleberson.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3136/indicacao_no_459_kleberson.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao órgão competente com objetivo de realizar estudo para a instalação de redutores de velocidade no Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_no_460_solivan_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_no_460_solivan_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DE LEI DE PLANO DE CARGOS, CARREIRAS E SALÁRIOS (PCCS) PARA OS SERVIDORES PÚBLICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_no_461_pedro_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_no_461_pedro_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ISENÇÃO DOS TRIBUTOS MUNICIPAIS PARA AS EMPRESAS DE AVICULTURA QUE VENHA A SE INSTALAR NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_no_462_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_no_462_polito.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A EMPRESA ENERGISA NO INTUITO DE IMPLANTAR PADRÃO COM TOMADAS PARA USO DOS FEIRANTES DOS BAIRROS: SÃO MIGUEL, SÃO LOURENÇO E BELVEDERE.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3146/indicacao_no_463_cicero_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3146/indicacao_no_463_cicero_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM INTERMEDIAR JUNTO AO GOVERNO FEDERAL (SUPERINTENDÊNCIA DO INSS), NO INTUITO DE TOMAR PROVIDÊNCIAS CABÍVEIS NO QUE SE REFERE A CONTRATAÇÃO DE MÉDICO PERITO PARA A AGÊNCIA DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3147/indicacao_no_464_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3147/indicacao_no_464_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM em firmar TERMO de COOPERAÇÃO COM O EDUCANDÁRIO ESPÍRITA MARIA DE LOURDES, NO INTUITO DE VIABILIZAR REFORMA NO PARQUE INFANTIL DA MESMA.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3148/indicacao_no_465_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3148/indicacao_no_465_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO E GOVERNO FEDERAL NO INTUITO DE TRANSFORMAR A ESCOLA ESTADUAL JUPIARA EM ESCOLA MILITAR NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3149/indicacao_no_466_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3149/indicacao_no_466_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE FAIXA ELEVADA NA RUA FORTALEZA E AVENIDA GOIÁS, NAS PROXIMIDADES DO MERCADO ITÁLIA.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3150/indicacao_no_467_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3150/indicacao_no_467_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO E GOVERNO FEDERAL, COM O OBJETIVO DE IMPLANTAR O SISTEMA DE RADIOCOMUNICAÇÃO DIGITAL PARA AS FORÇAS DE SEGURANÇA DO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3151/indicacao_no_468_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3151/indicacao_no_468_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AMPLIAÇÃO E PAVIMENTAÇÃO ASFÁLTICA DA PISTA DO AEROPORTO MUNICIPAL DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3156/indicacao_no_469__solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3156/indicacao_no_469__solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE NO INTUITO DE REGULAMENTAR A DOCUMENTAÇÃO DA ESCOLA ESTADUAL JUPIARA, TAL PROCEDIMENTO SE FAZ NECESSÁRIO PARA A LIBERAÇÃO DE REFORMA GERAL NA MESMA.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3157/indicacao_no_470__solivan_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3157/indicacao_no_470__solivan_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM FIRMAR TERMO DE COOPERAÇÃO COM O EDUCANDÁRIO ESPÍRITA MARIA DE LOURDES, NO INTUITO DE VIABILIZAR REFORMA NA COBERTURA DA QUADRA DE ESPORTE DA MESMA.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3158/indicacao_no_471_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3158/indicacao_no_471_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SETOR COMPETENTE, VISANDO REALIZAR A PINTURA DAS LOMBADAS, FAIXAS DE PEDESTRES E SINALIZAÇÕES HORIZONTAIS EXISTENTES NO ÂMBITO DO PERÍMETRO URBANO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3159/indicacao_no_472_joao_e_boneca_Nbrb0vZ.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3159/indicacao_no_472_joao_e_boneca_Nbrb0vZ.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas junto ao setor competente, visando realizar instalação dos vinte ventiladores adquiridos pela Escola Estadual Alice Barbosa Pacheco localizada no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3160/indicacao_no_473_joao_e_boneca_k6W5V6c.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3160/indicacao_no_473_joao_e_boneca_k6W5V6c.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADA EM FRENTE A ÁREA LOCALIZADA NA RUA MEDIANEIRA, ENTRE O PSF ARARAS E O CLUBE DOS AGRÔNOMOS.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3161/indicacao_no_474__joao_e_boneca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3161/indicacao_no_474__joao_e_boneca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO INTUITO DE CEDER MAIS QUINZE METROS DA ÁREA LOCALIZADA AOS FUNDOS DO CLUBE DOS IDOSOS.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3162/indicacao_no_475_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3162/indicacao_no_475_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS PARA AUMENTAR A SEGURANÇA PÚBLICA NOS CENTROS COMERCIAIS NO PERÍODO DE FESTIVIDADES DE FINAL DE ANO, POR MEIO DE TERMO DE COOPERAÇÃO CELEBRADO COM O MUNICÍPIO DE CAMPO VERDE ATRAVÉS DA LEI Nº. 2.331, DE 22 DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3163/indicacao_no_476_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3163/indicacao_no_476_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO SETOR COMPETENTE, VISANDO REALIZAR MUTIRÃO DE ATENDIMENTO DE NEFROLOGIA E UROLOGIA EM CAMPO VERDE.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3165/indicacao_no_477_ze_maria_e_base..pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3165/indicacao_no_477_ze_maria_e_base..pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO COM A SECRETARIA DE SAÚDE COM O OBJETIVO DE REALIZAR DE MUTIRÃO DE VASECTOMIA NO MUNICIPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3166/indicacao_no_478_pedro_e_base_docx_jlo0xBM.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3166/indicacao_no_478_pedro_e_base_docx_jlo0xBM.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE BUSCAR EMENDA PARLAMENTAR OU RECURSO PRÓPRIO, COM O OBJETIVO DE ADQUIRIR MICRO-ÔNIBUS PARA USO DO DEPARTAMENTO DE CULTURA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3167/indicacao_no_479_cicero_e_base_docx_HpE2lnZ.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3167/indicacao_no_479_cicero_e_base_docx_HpE2lnZ.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE REALIZAR ESTUDO/LEVANTAMENTO PARA A CRIAÇÃO DO PDV-PEDIDO DE DESLIGAMENTO VOLUNTÁRIO, PARA SERVIDORES EFETIVOS DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3168/indicacao_no_480_moises_jose_h._docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3168/indicacao_no_480_moises_jose_h._docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM EM ADQUIRIR COMPUTADOR COM IMPRESSORA PARA O PSF DA COMUNIDADE CAPIM BRANCO. BEM COMO DISPONIBILIZAR INTERNET.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3169/indicacao_no_481_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3169/indicacao_no_481_joao_docx.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO PROPRIETÁRIO DA ÁREA LOCALIZA NA AVENIDA MARECHAL CÂNDIDO RONDON, NO INTUITO DE CONSTRUIR CALÇADA. A MESMA ENCONTRA-SE DO LADO DIREITO DA AVENIDA, TENDO INÍCIO A PARTIR DOS FUNDOS DA EMPRESA COOPERFIBRA ATÉ A AVENIDA MATO GROSSO. BEM COMO AMPLIAÇÃO DA ILUMINAÇÃO PÚBLICA DESTA EM TODA SUA EXTENSÃO</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3170/indicacao_no_482_joao_docx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3170/indicacao_no_482_joao_docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com mutirão de reparos na Iluminação Pública no núcleo urbano da Comunidade João Ponce de Arruda.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_no_483_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_no_483_dantte.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETÁRIA ESTADUAL DE EDUCAÇÃO E CULTURA DE MATO GROSSO PARA REALIZAR AMPLIAÇÃO DA ESCOLA ESTADUAL LEDY ANITA BRESCANCIM.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3172/indicacao_no_484_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3172/indicacao_no_484_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS PARA AUMENTAR A SEGURANÇA PÚBLICA EM TODA ZONA RURAL DO MUNICÍPIO DE CAMPO VERDE NO PERÍODO DE FESTIVIDADES DE FINAL DE ANO, POR MEIO DE TERMO DE COOPERAÇÃO CELEBRADO COM O MUNICÍPIO DE CAMPO VERDE ATRAVÉS DA LEI Nº. 2.331, DE 22 DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3173/indicacao_no_485_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3173/indicacao_no_485_nei_e_base.pdf</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3174/indicacao_no_486_moises__aruC0bS.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3174/indicacao_no_486_moises__aruC0bS.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM EM  CORRIGIR O MÉTODO DE PAGAMENTO DO ADICIONAL DE INSULABRIDADE AOS (ACS) AGENTE COMUNITÁRIO DE SAÚDE E (ACE) AGENTE COMUNITÁRIO DE ENDEMIAS, OU SEJA NÃO SOBRE O SALÁRIO MINIMO COMO SE APLICA ATUALMENTE, MAS SOBRE OS VENCIMENTOS OU SALÁRIO BASE DE ACORDO COM A LEI FEDERAL Nº 13.3421/2.016.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3175/indicacao_no_487_moises_e_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3175/indicacao_no_487_moises_e_jh.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONCEDER O GRAU MÁXIMO DE 40% NO QUE SE REFERE AO BENEFICIO DO ADICIONAL DE INSALUBRIDADE DOS (ACS) AGENTE COMUNITÁRIO DE SAÚDE E (ACE) AGENTE COMUNITÁRIO DE ENDEMIAS, A EXEMPLO DO QUE JÁ ACONTECE EM OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3180/indicacao_no_488_cicero_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3180/indicacao_no_488_cicero_.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO E COLOCAÇÃO DE ENFEITES NATALINOS, PARA ORNAMENTAR A AVENIDA SÃO LOURENÇO.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3181/indicacao_no_489_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3181/indicacao_no_489_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REARBORIZAÇÃO NO PERÍMETRO URBANO DE CAMPO VERDE, PRINCIPALMENTE NAS AVENIDAS: MATO GROSSO COM PALMEIRAS E NA SANTA MARIA COM IPÊ DE CORES VARIADAS. BEM COMO IMPLANTAR ESTACAS DE SUSTENTAÇÃO PARA ESSAS MUDAS E AS JÁ PLANTADAS.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3182/indicacao_no_490_silvio.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3182/indicacao_no_490_silvio.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE BRAÇOS DUPLOS NOS POSTES DE ILUMINAÇÃO PÚBLICA DA AVENIDA CAMPO GRANDE, COM O INTUITO DE AMPLIAR A ILUMINAÇÃO DESTA VIA EM AMBOS OS SENTIDOS.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3183/indicacao_no_491_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3183/indicacao_no_491_solivan.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE 120 UNIDADES DE TATAME PARA A PRATICA ESPORTIVA DO JUDÔ.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3184/indicacao_no_492_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3184/indicacao_no_492_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE EDUCAÇÃO COM O OBJETIVO DE SANAR A FALTA DE VAGAS NA CRECHE FRANCISCO TIRADO ARAGÃO FILHO, SEJA ESTE POR CONSTRUÇÃO DE NOVAS SALAS OU CRIAÇÃO DE SALAS ANEXAS, ATRAVÉS DE ALUGUEL DE IMÓVEL NAS PROXIMIDADES DA MESMA.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3185/indicacao_no_493_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3185/indicacao_no_493_juca.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MUTIRÃO DE REFORMA E MANUTENÇÃO DAS ACADEMIAS PÚBLICAS DO MUNICÍPIO. EM ESPECIAL A ACADEMIA LOCALIZADA NA AVENIDA MATO GROSSO.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3186/indicacao_no_494_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3186/indicacao_no_494_joao.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE FAZER GESTÃO JUNTO AO GOVERNO FEDERAL E ESTADUAL, NO SENTIDO DE QUE A FERROVIA FERRONORTE QUE SERÁ ESTENDIDA ATÉ O NORTE DO ESTADO TENHA SEU TRAÇADO PASSANDO POR CAMPO VERDE.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3187/indicacao_no_495_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3187/indicacao_no_495_nei_e_base.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO E ENCASCALHAMENTO DAS VIAS DE TRAJETO DO ÔNIBUS ESCOLAR NO ASSENTAMENTO DOM OSÓRIO.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3208/indicacao_no_496_-_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3208/indicacao_no_496_-_solivan.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de tomar medidas que objetivem com estudo de projeto para a construção de museu histórico com anfiteatro</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3209/indicacao_no_497_silvio-_b_jardim_campo_verde_i_T4cn0OX.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3209/indicacao_no_497_silvio-_b_jardim_campo_verde_i_T4cn0OX.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de tomar medidas que objetivem com estudo e implantação de calçadas com acessibilidade no Bairro Jardim Campo Verde I, II e III.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3210/indicacao_no_498_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3210/indicacao_no_498_dantte.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de tomar medidas junto ao governo do estado, no sentido de viabilizar recursos através de emenda parlamentar, para seja efetuado a reforma e ampliação do prédio do Quartel do 11ª CIBM - Corpo de Bombeiros Militar do Município de Campo Verde</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3211/indicacao_no_499_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3211/indicacao_no_499_juca.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de tomar medidas que objetivem com a criação da “Feira Anual da História do Município”.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3212/indicacao_no_500_jm.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3212/indicacao_no_500_jm.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de tomar medidas que objetivem em viabilizar recursos para a construção de calçada em frente ao Centro Educacional Municipal Paulo Freire.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3213/indicacao_no_501_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3213/indicacao_no_501_joao.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de tomar medidas que objetivem em estabelecer parcerias com Órgãos e Entidades competentes, no intuito de realizar abordagem e acolhimento de pessoas em situação de risco nas ruas do Município de Campo Verde.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3214/indicacao_no_502_politodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3214/indicacao_no_502_politodocx.pdf</t>
   </si>
   <si>
     <t>- Indica ao Poder Executivo Municipal, a necessidade de tomar medidas junto ao Previverde que objetivem em realizar estudo no intuito de aplicar a Emenda Constitucional nº 103 de 2019, Art. 9 , § 7º que orienta que os recursos de regime próprio de previdência social poderão ser aplicados na concessão de empréstimos a seus segurados, na modalidade de consignados.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3215/indicacao_no_503cicerodocx.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3215/indicacao_no_503cicerodocx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem em transformar o Loteamento Cidade Alta ll em Zona Especial de Interesse Social – ZEIS.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3216/indicacao_no_504_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3216/indicacao_no_504_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de se tomar medidas que objetivem com a reforma e manutenção da Praça da Criança localizada no Bairro Jupiara.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3217/indicacao_no_505_nei_e_base.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3217/indicacao_no_505_nei_e_base.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, a necessidade de tomar medidas que objetivem com reforma e ampliação do PSF do Assentamento 28 de Outubro.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2624/2624_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2624/2624_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"MOÇÃO DE APLAUSO AO GRUPO DE TEATRO &amp;#8220;RAIO DE LUZ&amp;#8221; PELA PARTICIPAÇÃO E DESEMPENHO NO FESTIVAL NACIONAL DE TEATRO EM GOVERNADOR VALADARES-MG, DESTACANDO O NOME DE CAMPO VERDE A NÍVEL NACIONAL". </t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2907/mocao_de_aplauso_no_02.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2907/mocao_de_aplauso_no_02.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO CASAL PIONEIRO DE CAMPO VERDE-MT, SENHOR ERNESTO MARTINS FILHO E BENEDITA APARECIDA FANCIO MARTINS CARINHOSAMENTE CHAMADA DE “DONA NEGA”, E TAMBÉM PIONEIROS DA IGREJA CONGREGAÇÃO CRISTÃ NO BRASIL EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2908/mocao_de_aplauso_no_003.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2908/mocao_de_aplauso_no_003.pdf</t>
   </si>
   <si>
     <t>- MOÇÃO DE APLAUSO A SENHORA ELAIR XAVIER CABRAL, PELOS RELEVENTES SERVIÇOS PRESTADOS EM PROL DA ARTE E CULTURA. ELEVANDO O NOME DE CAMPO VERDE POR ONDE PASSA, A MESMA DESTACA-SE COMO: ESCRITORA, POETISA, PROFESSORA, TÉCNICA EM MONTAGEM E DIREÇÃO DE ESPETÁCULOS TEATRAIS.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2988/mocao_de_aplauso_no_004.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2988/mocao_de_aplauso_no_004.pdf</t>
   </si>
   <si>
     <t>- MOÇÃO DE APLAUSO A “ASSOCIAÇÃO SOCIAL AMIGOS SOLIDARIEDADE – ASAS”, PELO EXCELENTE TRABALHO DESENVOLVIDO NA ADMINISTRAÇÃO DO HOSPITAL MUNICIPAL CORAÇÃO DE JESUS, DE CAMPO VERDE DESDE NOVEMBRO DE 2014, IMPLANTANDO MELHORAMENTOS NA ESTRUTURA HOSPITALAR, EQUIPAMENTOS, EXECUÇÃO DAS ATIVIDADES E SERVIÇOS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3137/mocao_de_aplauso_no_05_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3137/mocao_de_aplauso_no_05_juca.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO EMPRESÁRIO ANTONIO SALAZAR GARCIA, PROPRIETÁRIO DA EMPRESA ÁGUAS CRISTALINA DE CAMPO VERDE, PELA CONTRIBUIÇÃO NO DESENVOLVIMENTO DO MUNICÍPIO POR MEIO DAS ATIVIDADES DE SUA EMPRESA COM ATUAÇÃO EM TODO TERRITÓRIO ESTADUAL, GERADORA DE INÚMEROS EMPREGOS E RENDA AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3152/mocao_de_aplauso_no_06_solivan.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3152/mocao_de_aplauso_no_06_solivan.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO A ESCOLA ESTADUAL JUPIARA E SEUS PARCEIROS: EDUCANDÁRIO ESPIRITA MARIA DE LOURDES, HERÓI MIRIM e o CORPO DE BOMBEIRO DE CAMPO VERDE – MT. POR OCASIÃO DO BRILHANTISMO NA COORDENAÇÃO E EXECUÇÃO NO DESFILE EM COMEMORAÇÃO À INDEPENDÊNCIA DO BRASIL NO DIA 07 DE SETEMBRO DE 2019.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3176/mocao_de_aplauso_no_07_joao_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3176/mocao_de_aplauso_no_07_joao_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO GRUPO DE TEATRO DA ESCOLA ESPECIAL CASTELINHO – APAE DE CAMPO VERDE E SEUS COLABORADORES, PELA PARTICIPAÇÃO E DESEMPENHO NO FESTIVAL ESTADUAL FETRAN COM A PEÇA TEATRAL “UMA VIAGEM APAEXONANTE PELO TRÂNSITO”. DESTACANDO O NOME DE CAMPO VERDE A NÍVEL REGIONAL, ESTADUAL E NACIONAL.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3192/mocao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3192/mocao.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSOS A IGREJA PRESBITERIANA RENOVADA DE CAMPO VERDE, PELOS RELEVANTES SERVIÇOS SOCIAIS E EVANGÉLICOS PRESTADOS A SOCIEDADE CAMPOVERDENSE, ATRAVÉS DE SEU PASTOR, CONSELHO ADMINISTRATIVO E MEMBROS”.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>MOÇ R</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2625/2625_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2625/2625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;MOÇÃO DE REPÚDIO A EMPRESA ÁGUAS DE CAMPO VERDE &amp;#8211; MT, POR NÃO ATENDER SEUS CONSUMIDORES COM RESPEITO, PROFISSIONALISMO E O NÃO CUMPRIMENTO CONTRATUAL. &amp;#8221; </t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>PRTCE</t>
   </si>
   <si>
     <t>Parecer Tribunal de Contas</t>
   </si>
   <si>
     <t>TCE/MT</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2643/2643_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2643/2643_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 79/2018 - TP - PREFEITURA MUNICIPAL DE CAMPO VERDE. CONTAS ANUAIS DE GOVERNO DO EXERCÍCIO DE 2017. PARECER PRÉVIO FAVORÁVEL À APROVAÇÃO. PROJETO DE DECRETO LEGISLATIVO N. º 001/2019 DE 08 DE ABRIL DE 2019 -&amp;#8220;DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE CAMPO VERDE-MT, DO EXERCÍCIO DE 2017</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>PAUTA</t>
   </si>
   <si>
     <t>Pautas das Sessões da Câmara</t>
   </si>
   <si>
     <t xml:space="preserve">PAUTA DA SESSÃO EXTRAORDINÁRIA DO DIA 17/01/2019, AS 09:00 HORAS, CONVOCADA PELO PREFEITO ATRAVÉS DO OFÍCIO Nº 024/2019._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2414/2414_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2414/2414_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA 04-02-19.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2438/2438_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2438/2438_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA 11-02-2019.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2473/2473_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2473/2473_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 18-02-19.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2521/2521_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2521/2521_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA 25-02-2019.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2545/2545_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2545/2545_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO 01-03-2019.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2618/2618_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2618/2618_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 11/03/2019.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2642/2642_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2642/2642_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 18-03-19.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2650/2650_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2650/2650_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 25-03-19.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2690/2690_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2690/2690_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA DO DIA 01.04.2019.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2709/2709_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2709/2709_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA 08/04/2019.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2731/2731_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2731/2731_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 15/04/2019.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2733/2733_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2733/2733_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 22.04.2019.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2758/2758_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2758/2758_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA 29/04/2019.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2775/2775_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2775/2775_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PAUTA DA SESSÃO CÂMARA DO DIA 13.05.19. </t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2795/pauta__do_dia_20.05_vereadores.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2795/pauta__do_dia_20.05_vereadores.pdf</t>
   </si>
   <si>
     <t>PAUTA  DA SESSÃO ORDINÁRIA DO DIA 20.05.19.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2796/pauta__do_dia_27.05_marlene.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2796/pauta__do_dia_27.05_marlene.pdf</t>
   </si>
   <si>
     <t>PAUTA SESSÃO ORDINÁRIA 27/05/19.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE CAMPO VERDE-MT, DO EXERCÍCIO DE 2017&amp;#8221;. </t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2713/proj._de_dec._titulo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2713/proj._de_dec._titulo.pdf</t>
   </si>
   <si>
     <t>Concede Título de “Cidadão Campoverdenses” e dá outras providências”.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Fabio Schroeter</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2416/2416_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2416/2416_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO PÚBLICO MUNICIPAL DE TRANSPORTE ESCOLAR NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2471/2471_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2471/2471_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE COMPRAS ANUAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2597/2597_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2597/2597_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR 045/2014 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2619/2619_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2619/2619_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA E REGULAMENTA ZONA ESPECIAL DE INTERESSE SOCIAL &amp;#8211; ZEIS, DA ÁREA DA MATRICULA Nº 10.244, DENOMINADO DE LOTEAMENTO RESIDENCIAL BOM CLIMA.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2644/2644_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2644/2644_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REGULAMENTAR O PARCELAMENTO DE SOLO PARA FORMAÇÃO DE SÍTIOS E CHÁCARAS DE RECREIO, E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2715/2715_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2715/2715_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR MUNICIPAL Nº 057/2015 DO PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS PROFESSORES DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2743/2743_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2743/2743_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O DESCONTA DO IMPOSTO PREDIAL E TERRITORIAL URBANO &amp;#8211; IPTU, PARA O EXERCÍCIO 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2744/2744_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2744/2744_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA DE RECUPERAÇÃO FISCAL DE IPTU, ISSQN, CONTRIBUIÇÃO DE MELHORIA, TAXAS E DEMAIS DÉBITOS, JUNTO AO MUNICÍPIO DE CAMPO VERDE &amp;#8211; MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2745/2745_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2745/2745_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O VALOR MÍNIMO PARA A REALIZAÇÃO DA COBRANÇA DE DÍVIDA ATIVA DA FAZENDA PÚBLICA MUNICIPAL ATRAVÉS DE EXECUÇÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2746/2746_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2746/2746_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DELIMITAÇÃO DA ÁREA DE PERÍMETRO URBANO E PERÍMETRO DE EXPANSÃO URBANA DO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2759/2759_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2759/2759_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DA TAXA DE ALVARÁ DE EVENTO PARA A XX EXPOVERDE E FIXA ALÍQUOTA DE ISSQN &amp;#8211; IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA PARA A VENDA DE INGRESSOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR N. º 013/2019 – Dispõe sobre alteração dos artigos 2º e 3º da Lei Complementar nº 047/2014.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2814/projeto_lei_comp._014.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2814/projeto_lei_comp._014.2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR N. º 014/2019 – Dispõe sobre a isenção de localização e funcionamento, e dá outras previdências.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2872/mensagem_projeto_l.c_no_15-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2872/mensagem_projeto_l.c_no_15-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Regularizar os lotes com metragem inferior a 240 m² situando no loteamento denominado recanto do Bosque II, e dá outras providencias.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2873/mensagem_projeto_l.c_no_16-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2873/mensagem_projeto_l.c_no_16-2019.pdf</t>
   </si>
   <si>
     <t>‘’Dispõe sobre a alteração do art.7º da Lei Complementar Nº.106/2019, e dá outra providencia’’.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3029/proj_comp._017_000052.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3029/proj_comp._017_000052.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações da Lei Complementar nº 059 de 27 de agosto de 2015, que regulamenta a Gestão Democrática nas Escolas Municipais, e dá outras providencias.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3002/proj_comp._018_000050.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3002/proj_comp._018_000050.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 018 – Dispõe sabre Alteração da Lei Complementar nº 099/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3025/proj_comp._019_000051.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3025/proj_comp._019_000051.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo regularizar os lotes com metragem inferior a 240m² situados no loteamento denominado Jupiara, e dá outras providências.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3026/ccf_proj.l.comp._20-19_2.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3026/ccf_proj.l.comp._20-19_2.pdf</t>
   </si>
   <si>
     <t>Cria e regulamenta Zona Especial de Interesse Social – ZEIS, da área da matrícula nº 5.436, denominada de loteamento Residencial Jupiara.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3092/mens._ao_proj._de_lei_no_21-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3092/mens._ao_proj._de_lei_no_21-2019.pdf</t>
   </si>
   <si>
     <t>Cria e regulamenta a zona especial de interesse social- ZEIS, da área da matricula n° 9300, denominado de loteamento conjunto habitacional Eckert.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3093/mens._ao_proj._de_lei_no_22-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3093/mens._ao_proj._de_lei_no_22-2019.pdf</t>
   </si>
   <si>
     <t>Cria e regulamenta zona especial de interesse social-ZEIS, da área da matricula n° 8.348, denominado de loteamento João Tomasi, bairro Vale do Sol.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3094/mens._ao_proj._de_lei_no_23-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3094/mens._ao_proj._de_lei_no_23-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o poder executivo municipal a realizar doação onerosa em favor da empresa vencedora do chamamento publico a ser realizado, mediante processo licitatório, área urbana para o programa habitacional do governo federal- minha casa minha vida".</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3119/pro._lei_comp._25-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3119/pro._lei_comp._25-19.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 104/2019 que dispõe sobre serviço de transporte público do Município, e dá outras providências.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3138/mens._ao_proj._de_l.c_no_026-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3138/mens._ao_proj._de_l.c_no_026-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei complementar N° 045/2014, revoga a Lei complementar N°060/2015 e dá outras providencias.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3139/mens._ao_proj._de_l.c_no_027-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3139/mens._ao_proj._de_l.c_no_027-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o serviço de transporte remunerado privado individual de passageiros com uso de plataformas tecnológicas de transporte no município de Campo Verde-MT, e da outras providencias.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3193/mens._ao_proj._de_l.c_no_28-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3193/mens._ao_proj._de_l.c_no_28-2019.pdf</t>
   </si>
   <si>
     <t>Fixa o imposto predial e territorial urbano-IPTU, para o exercício 2020, e da outras providencias.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3194/mens._ao_proj._de_l.c_no_29-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3194/mens._ao_proj._de_l.c_no_29-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo regularizar os lotes com metragem inferior 240 m² situados no loteamento denominado conjunto habitacional Eckert, e da outras providencias.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3195/mens._ao_proj._de_l.c_no_30-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3195/mens._ao_proj._de_l.c_no_30-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o plano de Cargos, Carreiras e Salários dos Servidores Públicos do Poder Executivo do Município de Campo Verde, e da outras providencias.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2412/2412_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2412/2412_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 7,67% AOS SERVIDORES ATIVOS E INATIVOS DA CARREIRA DO MAGISTÉRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2417/2417_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2417/2417_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A DOAÇÃO DE 01 (UM) BEBEDOURO PARA A ASSOCIAÇÃO ESPÍRITA LAR MARIA DE LOURDES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2418/2418_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2418/2418_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CAMPO VERDE A REALIZAR CONCURSO PÚBLICO PARA PROVIMENTO DE CARGOS EFETIVOS.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2419/2419_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2419/2419_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR TERMO DE CESSÃO DE USO PARA ADMINISTRAÇÃO DA ÁREA PÚBLICA SITUADA NO &amp;#8220;PARQUE DE EXPOSIÇÃO MARCO ANTÔNIO ESTEVES DA ROCHA&amp;#8221; PARA SINDICATO RURAL DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2420/2420_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2420/2420_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATOS DE LOCAÇÃO DE IMÓVEIS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2421/2421_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2421/2421_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.253/2017 DISPÕE SOBRE QUADRO DE CARGOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO E FIXA O PLANO DE CARREIRA DOS SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2439/2439_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2439/2439_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A INCLUSÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE E REVOGA A LEI Nº 2.409/2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2440/2440_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2440/2440_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA NOMENCLATURA DO PROJETO/ATIVIDADE 20154 DA LEI DE DIRETRIZES ORÇAMENTÁRIAS Nº 2410/2018 &amp;#8211; LDO DO EXERCÍCIO (2019), LEI Nº 2.411/2018, LEI ORÇAMENTÁRIA ANUAL &amp;#8211; LOA E A LEI Nº 2.412/2018, PLANO PLURIANUAL &amp;#8211; PPA PARA PERÍODO DE (2018/2021) PARA O EXERCÍCIO DE (2019), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2441/2441_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2441/2441_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2407 DE 12 DE DEZEMBRO DE 2018, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2470/2470_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2470/2470_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI Nº 1.985 DE 13 DE JUNHO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2517/2517_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2517/2517_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR PARCIALMENTE DESPESAS COM A REALIZAÇÃO DA 20ª FEIRA COMERCIAL DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2518/2518_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2518/2518_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE LOCAÇÃO DE IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2519/2519_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2519/2519_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS PARA A MANUTENÇÃO DA ESCOLA ESTADUAL SITUADA NO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA, NO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2542/2542_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2542/2542_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CRIA PROGRAMA DE QUALIFICAÇÃO PROFISSIONAL, E INSTITUI GRATIFICAÇÃO COMO MEIO DE COMPLEMENTO DE INCENTIVO AO ESTUDO PARA OS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTE DE COMBATE ÁS ENDEMIAS DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2543/2543_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2543/2543_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA A INCLUSÃO DE ELEMENTO DE DESPESA E FONTE DE RECURSO NO PPA, LDO E LOA VIGENTE."</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2544/2544_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2544/2544_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL FIRMAR TERMO DE PERMISSÃO DE USO A TITULAR PRECÁRIO, DO IMÓVEL QUE ESPECIFICA, COM OS MOTOTAXISTAS DO MUNICÍPIO DE CAMPO VERDE-MT, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2598/2598_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2598/2598_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZO O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE LOCAÇÃO DE IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2620/2620_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2620/2620_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 2º DO ART. 1º DA LEI MUNICIPAL Nº 2.329/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2621/2621_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2621/2621_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR PARCIALMENTE DESPESAS COM A REALIZAÇÃO DA IV EXPOCAR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2622/2622_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2622/2622_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI 2.426 DE 07 DE MARÇO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2645/2645_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2645/2645_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O § 1º DO ARTIGO 2º DA LEI MUNICIPAL Nº 2.165 DE 03 DE FEVEREIRO DE 2016.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2646/2646_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2646/2646_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONDOMÍNIOS VERTICAIS OU HORIZONTAIS FECHADOS, TAMBÉM DENOMINADOS CONJUNTOS RESIDENCIAIS VERTICAIS OU HORIZONTAIS FECHADOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2647/2647_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2647/2647_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º, DA LEI MUNICIPAL Nº 2.429/2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2648/2648_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2648/2648_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.330/2017 DE 22 DE DEZEMBRO DE 2017, DO CONSELHO MUNICIPAL PARA ASSUNTOS DA PESSOA COM DEFICIÊNCIA &amp;#8211; CMAPD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2667/2667_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2667/2667_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA PROGRAMA MUNICIPAL DE INCENTIVO AO ESPORTE E INSTITUI O FUNDO MUNICIPAL DE APOIO AO ESPORTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2668/2668_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2668/2668_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA BOLSA ATLETA ESTUDANTIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2669/2669_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2669/2669_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR PARCIALMENTE DESPESAS PARA A COMEMORAÇÃO DO 76º ANIVERSÁRIO DO INSTITUTO FEDERAL DE MATO GROSSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE LOCAÇÃO DE IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2671/2671_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2671/2671_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 2.423/2019, DE 27 DE FEVEREIRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
                                  _x000D_
 </t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2714/2714_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2714/2714_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR PARCIALMENTE DESPESAS COM A REALIZAÇÃO DA 1ª FESTA DO MILHO, E DÁ OUTRAS PROVIDENCIAS. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2716/2716_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2716/2716_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A TRANSFERIR IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2732/2732_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2732/2732_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 1.889/2013, DE 08 DE MAIO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2747/2747_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2747/2747_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.124/2006, DE 09 DE FEVEREIRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2760/2760_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2760/2760_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR PARCIALMENTE A MANUTENÇÃO DE PINTURA DO IFMT &amp;#8211; CENTRO DE REFERÊNCIA DE CAMPO VERDE &amp;#8211; MT, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2761/2761_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2761/2761_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO GERAL ANUAL (ART. 37, X, DA CF) AOS VENCIMENTOS DOS SERVIDORES PÚBLICOS, AOS PROVENTOS  E PENSÕES DOS APOSENTADOS E PENSIONISTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2776/projeto_de_lei_038.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2776/projeto_de_lei_038.2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei nº 1.146 de 15 de março de 2006, e dá outras providências.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2777/projeto_de_lei_039.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2777/projeto_de_lei_039.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Avenida Senador Atílio Fontana no trecho compreendido entre o Trevo de acesso ao Município de Dom Aquino até o loteamento Jardim Cuiabá, situado ás margens da rodovia BR 070, e dá outras providências.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2778/projeto_de_lei_040.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2778/projeto_de_lei_040.2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2253, de 21 de fevereiro de 2017, a carga horaria e, consequentemente, adequando proporcionalmente o vencimento dos cargos efetivos de Fisioterapeuta, Fonoaudióloga, e psicólogo e dá outras providências.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2779/projeto_de_lei_041.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2779/projeto_de_lei_041.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Administrativa Organizacional do Município de Campo Verde, e dá outras providências.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2815/projeto_lei_042.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2815/projeto_lei_042.2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 042/2019 – Dispõe sobre alteração da Lei Municipal nº 1.607/2010 que institui o Conselho Municipal de Educação do Município de Campo Verde.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2816/projeto_lei_043.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2816/projeto_lei_043.2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 043/2019 – Altera a Lei nº 2.441/2019 que autoriza o Poder Executivo Municipal a custear parcialmente despesas com a realização da 1ª Festa do Milho, e dá outras providências.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2817/projeto_lei_044.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2817/projeto_lei_044.2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 044/2019 – Autoriza o Poder Executivo a custear parcialmente as despesas necessárias para o funcionamento do laticínio no Assentamento Santo Antônio da Fartura, e dá outras providências.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2818/projeto_lei_045.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2818/projeto_lei_045.2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 045/2019 – Autoriza o Poder Executivo a receber em dação em pagamento, terrenos para fins de quitação de débitos tributários da empresa BCV Incorporadora de Imóveis Ltda., e dá outras providências.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2819/projeto_lei_046.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2819/projeto_lei_046.2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 046/2019 – Autoriza o Poder Executivo a firmar e pagar acordo na ação nº 2261-84.2009.811.0051, da comarca de Comarca de Campo Verde, e dá outras providências.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2820/projeto_lei_047.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2820/projeto_lei_047.2019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 047/2019 – Dispõe sobre alteração do inciso III, do Artigo 44 da Lei Municipal nº 1.616, de 02 de setembro de 2010</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3010/projeto_de_lei_048.2019_executivo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3010/projeto_de_lei_048.2019_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária excepcional interesse publico, nos termos de inciso IX do artigo 37 da constituição federal.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3011/projeto_de_lei_049.2019_executivo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3011/projeto_de_lei_049.2019_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de agente comunitário de saúde por meio  de processo seletivo publico e cria vagas para o cargo de agente comunitário de saúde.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3012/projeto_de_lei_050.2019_executivo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3012/projeto_de_lei_050.2019_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a lei 1616, de 2 de setembro de 2010, e autoriza a abertura de credito adicional especial para a inclusão de elemento de despesa de fonte de recursos PPA, LDO E LOA vigente, e da outras providencias.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2890/projeto_de_lei_051.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2890/projeto_de_lei_051.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2874/mensagem_ao_proj._de_lei_no_54-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2874/mensagem_ao_proj._de_lei_no_54-19.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar imóvel que especifica ao Estado de Mato Grosso, com finalidade exclusiva para construção de novas instalações para a delegacia de Polícia Judiciaria Civil, e dá outras providências.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2875/mensagem_ao_proj._de_lei_no_55-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2875/mensagem_ao_proj._de_lei_no_55-19.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a pagar multa ambiental a SEMA, e dá outras providências.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2876/mensagem_ao_proj._de_lei_no_56-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2876/mensagem_ao_proj._de_lei_no_56-19.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 1º, e inclui o §2º da Lei nº 1.500/2019, para incluir Colegiado Estadual de Gestores Municipais de Assistência Social – COEGEMAS/MT, e dá outras providências.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2891/mens._ao_proj._de_lei_no_57-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2891/mens._ao_proj._de_lei_no_57-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação e emissão do alvará  de localização e funcionamento, no município de Campo Verde  e da outras providencias.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2892/mens._ao_proj._de_lei_no_58-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2892/mens._ao_proj._de_lei_no_58-2019.pdf</t>
   </si>
   <si>
     <t>"Altera o paragrafo único do artigo 1° da lei 2.460 de 24 de junho de 2019, e da outras providencias".</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a realizar termo de permissão de uso a titulo precário , com a associação social amigos da solidariedade -ASAS (Hospital Coração de Jesus), e dá outras providencias.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2894/mens._ao_proj._de_lei_no_60-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2894/mens._ao_proj._de_lei_no_60-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração dos artigos 9° e 11° 1865/ 2013, e da outras providencias".</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2895/mens._ao_proj._de_lei_no_61-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2895/mens._ao_proj._de_lei_no_61-2019.pdf</t>
   </si>
   <si>
     <t>– Autoriza o Poder Executivo Municipal a custear parcialmente despesa com a realização da Campanha ”Natal premiado 2019”, e dá outras providências.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2896/mens._ao_proj._de_lei_no_62-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2896/mens._ao_proj._de_lei_no_62-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da nomenclatura do Projeto/Atividade 20184 da Lei de Diretrizes Orçamentárias nº 2410/2018 – LDO  Exercício (2019), Lei nº 2411/2018, Lei Orçamentária Anual – LOA e a Lei 2412/2018, Plano Plurianual – PPA para o período de (2018/2021) para o Exercício de (2019), e dá outras providências.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2897/mens._ao_proj._de_lei_no_63-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2897/mens._ao_proj._de_lei_no_63-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a disponibilizar horas de máquinas para a realização da 6ª etapa do Campeonato Estadual de velocidade na terra, e dá outras providências.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2914/mens._ao_proj._de_lei_no_64-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2914/mens._ao_proj._de_lei_no_64-19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do artigo 3° da lei n°2124/2015, e dá outras providencias.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2915/mens._ao_proj._de_lei_no_65-19.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2915/mens._ao_proj._de_lei_no_65-19.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional especial para inclusão de elemento de despesa e fonte de recurso no PPA, LDO, LOA vigente.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>FICA PERMITIDO AO PODER EXECUTIVO MUNICIPAL AUTORIZAR A EMPRESA CASA E TERRA IMOBILIÁRIA E ENGENHARIA LTDA, EXECUTAR OBRAS DE DRENAGEM PLUVIAL EM VIA PUBLICA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2974/projto_067-2019_executivo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2974/projto_067-2019_executivo.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei 2251/2017 e cria gratificação para função de Medico Perito Municipal, e da outras providencias.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2972/projeto_068_000011.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2972/projeto_068_000011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Campo de Futebol Society da comunidade 28 de Outubro e dá outras providências.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2986/projeto_068_000012.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2986/projeto_068_000012.pdf</t>
   </si>
   <si>
     <t>Autorizo a doação de serviços necessários a abertura de estrada em área rural à Obra social Nossa Senhora da Glória – Fazenda da Esperança, inscrita no CNPJ 48.555.775/0131-38, e dá outras providências.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3000/proj_no_70_000048.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3000/proj_no_70_000048.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Campo Verde a realizar obras de pavimentação asfáltica no Assentamento Santo Antônio da Fartura.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3001/proj_no_71_000049.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3001/proj_no_71_000049.pdf</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3027/ccf_proj.lei_72-19_3.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3027/ccf_proj.lei_72-19_3.pdf</t>
   </si>
   <si>
     <t>Fica autorizado o Poder Executivo Municipal a renegociar as dívidas referentes aos Programas Habitacionais da Prefeitura Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3028/ccf_proj.lei_73-19_4.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3028/ccf_proj.lei_73-19_4.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.412/2018, Plurianual – PPA para período de 2018/2.021, Lei nº 2.410/2018, Lei de Diretrizes Orçamentarias – LDO exercício, e abre credito especial na Lei nº 2.404/2018, Lei Orçamentária Anual – LOA para exercício de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3053/proj._lei_074-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3053/proj._lei_074-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a custear parcialmente despesas com a realização do 6ª etapa do Campeonato Matogrossense de  Velocidade na Terra, e dá outras providências.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3054/proj._lei_075-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3054/proj._lei_075-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do anexo I da Lei 2253/2017 para incluir especificações do cargo de Fiscal, e dá outras providências</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3074/mens._ao_projeto_de_lei_no_76-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3074/mens._ao_projeto_de_lei_no_76-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do parágrafo único do artigo 11° da lei 1865/2013 e dá outras providencias.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3075/mens._ao_projeto_de_lei_no_77-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3075/mens._ao_projeto_de_lei_no_77-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional especial para a inclusão de elemento de despesa e fontes de recursos no PPA, LDO E LOA vigente.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3076/mens._ao_projeto_de_lei_no_78-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3076/mens._ao_projeto_de_lei_no_78-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal alterar a Lei 2494/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3090/mensagem_ao_proj._de_lei_no_79-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3090/mensagem_ao_proj._de_lei_no_79-2019.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo Municipal Autorizado a alterar a Lei N° 2466/2019 para incluir o § 3° do artigo 6° da Lei 2466/2019, e dá outras providencias.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3091/mensagem_ao_proj._de_lei_no_80-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3091/mensagem_ao_proj._de_lei_no_80-2019.pdf</t>
   </si>
   <si>
     <t>Fica ao Poder Executivo Municipal autorizado a destinar uma sala do prédio onde se situa a secretaria Municipal de Planejamento para instalação  de uma unidade local do DNIT Campo Verde, e dá outras providencias.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3109/proj._lei_81-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3109/proj._lei_81-2019.pdf</t>
   </si>
   <si>
     <t>– Autoriza o Poder Executivo a proceder a doação de equipamentos de cozinha para a Associação dos Aposentados e Pensionistas e Idosos do Município de Campo Verde, e dá outras providências.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3110/proj._lei_82-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3110/proj._lei_82-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, custear parcialmente despesas com a realização da 2ª Edição do Fusion Fight, e dá outras providências.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3111/proj._lei_83-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3111/proj._lei_83-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.457/2019 – Estrutura Administrativa Organizacional do Município de Campo Verde, e dá outras providências.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3112/proj._lei_84-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3112/proj._lei_84-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional especial para a inclusão de elemento de despesa e fontes de recursos no PPA, LDO e LOA vigente.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da tabela VI do artigo 7º da Lei nº 2505/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3140/mens._ao_proj._de_lei_no_086-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3140/mens._ao_proj._de_lei_no_086-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar despesa de Locação de Espaço para a Realização do Encontro dos Agricultores Familiares e Assalariados Rurais do Município de Campo Verde, e da outras providencias.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3141/mens._ao_proj._de_lei_no_087-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3141/mens._ao_proj._de_lei_no_087-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza a Instituir o Selo de Origem de Produto Agroindustrial, da Agricultura Familiar, Colonial e Artesanais Produzidos no Município de Campo Verde MT- Selo de Origens, e da outras providencias.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3142/mens._ao_proj._de_lei_no_88-19_e_anexo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3142/mens._ao_proj._de_lei_no_88-19_e_anexo.pdf</t>
   </si>
   <si>
     <t>Estima a receita fixa as despesas do município de Campo Verde, para o execício de 2020.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3153/mens._proj._de_lei_no_089-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3153/mens._proj._de_lei_no_089-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a alterar a destinação da área publica matricula n° 12.784 e 12.785, e área verde de matricula n° 14.305, e da outras providencias.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3154/mens._proj._de_lei_090-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3154/mens._proj._de_lei_090-2019.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I- Quadro de cargos e vagas de comissionados da Lei 2.457 de 14 de julho de 2019, IX secretaria municipal de saúde - sms, para extinguir 7 vagas do cargo comissionados de gerencia de serviços médicos, e dá outras providencias.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3155/men._proj._de_lei_no_091-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3155/men._proj._de_lei_no_091-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei N° 2.253/2017, para alterar padrões de vencimento dos cargos efetivos de Arquiteto, Engenheiro Civil e Contador e criar vagas para os cargos de Auxiliar de Saúde Bucal, Controlador Interno, Dentista, Enfermeiro, Fisioterapeuta, Medico Clinico Geral/PSF, Motorista, Nutricionista, Psicologo, Engenheiro Civil e Contador, e dá outras providencias.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3177/proj._lei_92-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3177/proj._lei_92-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar contrato de locação de imóvel que especifica, e da outras providencias.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3178/proj._lei_93-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3178/proj._lei_93-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias ao colaborador eventual, e da outras providencias.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3179/proj._094-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3179/proj._094-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial para a inclusão de elemento de despesa e fontes de recursos no PPA, LDO e LOA vigente.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3196/mens._ao_proj._de_lei_no_95-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3196/mens._ao_proj._de_lei_no_95-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo criar o § 1° do artigo 1°, e alterar a redação do artigo 2° da Lei 1.494/2019, e dá outras providencias.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3197/mens._ao_proj._de_lei_no_96-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3197/mens._ao_proj._de_lei_no_96-2019.pdf</t>
   </si>
   <si>
     <t>Institui horário especial da jornada de trabalho da função de condutor de veiculo escolar, cria gratificação por jornada especial de trabalho, e da outras providencias.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3198/mens._ao_proj._de_lei_no_97-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3198/mens._ao_proj._de_lei_no_97-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei N° 2253/2017, para alterar os padrões de vencimento de cargos efetivos de Arquiteto, Engenheiro Civil, Contador, Agente Comunitário de Saúde, Agente Comunitário de combate a Endemias e crias vagas para os cargos de auxiliar de Saúde Bucal, Controlador Interno, Dentista , Enfermeiro, Fisioterapeuta, Motorista, Nutricionista e Psicologo, e da outras providencias.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3199/mens._ao_proj._de_lei_no_98-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3199/mens._ao_proj._de_lei_no_98-2019.pdf</t>
   </si>
   <si>
     <t>Altera o anexo 1- Quadro de Cargos e Vagas Comissionados da Lei 2.457 de 14 de julho de 2019, IX Secretaria Municipal  de Saúde- SMS, e da outras providencias.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3200/mens._ao_proj._de_lei_no_99-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3200/mens._ao_proj._de_lei_no_99-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei 1781, de 15 de dezembro de 2011, reajusta ao incentivo financeiro concedido aos agentes comunitários de saúde, estabelece novas metas, e da outras providencias.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3201/mens._ao_proj._de_lei_no_100-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3201/mens._ao_proj._de_lei_no_100-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação da ementa da Lei 1907/2013, altera a redação do § 1° do artigo 1°, do CAPUT do artigo 2° e 5° da Lei 1907/2013 e cria o § 2° do artigo 1° da Lei 1907/2013, e da outras providencias.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3202/mens._ao_proj._de_lei_no_101-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3202/mens._ao_proj._de_lei_no_101-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 2° da Lei 2510/2019, e da outras providencias</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3203/mens._ao_proj._de_lei_no_102-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3203/mens._ao_proj._de_lei_no_102-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação e emissão do alvará de localização e funcionamento, no município de Campo Verde, e da outras providencias.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3204/mens._ao_proj._de_lei_no_103-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3204/mens._ao_proj._de_lei_no_103-2019.pdf</t>
   </si>
   <si>
     <t>Cria a gratificação de estimulo a produtividade paga aos servidores em exercício na secretaria municipal de saúde.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3205/mens._ao_proj._de_lei_no_104-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3205/mens._ao_proj._de_lei_no_104-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o podere executivo municipal a celebrar termo de fomento com a Associação Espirita Lar Maria de Lourdes do Município de Campo Verde, e dá outras providencias.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3207/mens._ao_proj._de_lei_no_105-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3207/mens._ao_proj._de_lei_no_105-2019.pdf</t>
   </si>
   <si>
     <t>Altera o Plano Plurianual 2018/2021, para o exercício de 2020, do Município de Campo Verde, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3206/mens._ao_proj._de_lei_no_106-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3206/mens._ao_proj._de_lei_no_106-2019.pdf</t>
   </si>
   <si>
     <t>– Dispõe sobre a Lei de diretrizes Orçamentaria – LDO, que dispõe sobre as diretrizes para elaboração e execução da Lei Orçamentária anual de 2020 – LOA e dá outras providências.</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3222/mens._ao_proj._de_lei_no_107-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3222/mens._ao_proj._de_lei_no_107-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Termo de Fomento com o Lions Clube Centenário de Campo Verde, e dá outras providências.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3223/mens._ao_proj._de_lei_no_108-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3223/mens._ao_proj._de_lei_no_108-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Termo de Fomento com a Associação Campoverdense de Artes Marciais, e dá outras providências.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3224/mens._ao_proj._de_lei_no_110-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3224/mens._ao_proj._de_lei_no_110-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único do art. 2º da Lei 2.476 de 14 de agosto de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3225/mens._ao_proj._de_lei_no_111-2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3225/mens._ao_proj._de_lei_no_111-2019.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha “Nota Campoverdense” que concede prêmios a tomadores de serviços no Município de Campo Verde-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária/Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2520/2520_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2520/2520_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE O ATENDIMENTO PRIORITÁRIO AOS ACOMPANHANTES E AS PESSOAS COM TRANSTORNO DE ESPECTRO AUTISTA (TEA), NOS ÓRGÃOS PÚBLICOS, CONCESSIONÁRIOS DOS SERVIÇOS PÚBLICOS E AS INSTITUIÇÕES PRIVADAS DE GRANDE ATENDIMENTO AO PÚBLICO, NO ÂMBITO DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2649/2649_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2649/2649_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR FESTIVIDADES ALUSIVAS AO DIA INTERNACIONAL DA MULHER E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2672/2672_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2672/2672_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DA LEI N° 2.016 DE 13 DE NOVEMBRO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2691/2691_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2691/2691_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DA LEI N° 2.057 DE 13 DE MARÇO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2717/2717_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2717/2717_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ARMAZENAMENTO DE IMAGENS EM DISPOSITIVOS DE MONITORAMENTO E GRAVAÇÃO ELETRÔNICA POR MEIO DE CIRCUITO FECHADO EM ESTABELECIMENTOS ABERTOS AO PÚBLICO EM GERAL.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>Pedro Cambara, Silvio Eventos, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2718/2718_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2718/2718_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DA PONTE DE CONCRETO SOBRE O RIO SÃO LOURENÇO, LOCALIZADA NA ESTRADA SOL DE VERÃO &amp;#8211; REGIÃO DOS BORGES, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2811/projeto_lei_07.2019_-_legislativo.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2811/projeto_lei_07.2019_-_legislativo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 07/2019 - Dispõe sobre a readequação do padrão de vencimentos do cargo de Assessor Jurídico, e dá outras providências.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2812/projeto_de_lei_no_08-2019__narguile_.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2812/projeto_de_lei_no_08-2019__narguile_.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N. º 08/2019 - Dispõe sobre a proibição da comercialização e uso do narguilé, essências, complementos e de similares em locais públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2836/projeto_de_lei_no_09_2019_previverde.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2836/projeto_de_lei_no_09_2019_previverde.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ARTIGO 73 DA LEI N.º 1.616/2010. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3095/projeto_de_lei_no_10_2019_libras.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3095/projeto_de_lei_no_10_2019_libras.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE ASSESSOR DE COMUNICAÇÃO (INTÉRPRETE DE LIBRAS) E UM CARGO DE ASSESSOR DE GABINETE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2929/projeto_de_lei_n_11_2019_-_alteracao_loa_2019_c_R0lmiV3.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2929/projeto_de_lei_n_11_2019_-_alteracao_loa_2019_c_R0lmiV3.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial para a inclusão de elemento de despesa e fonte de recurso no PPA, LDO e LOA vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3113/projeto_de_lei_no_012__aguas_de_campo_verde-_cp_LFwvk79.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3113/projeto_de_lei_no_012__aguas_de_campo_verde-_cp_LFwvk79.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o conceito de descontinuidade no abastecimento de água, critérios para compensação de usuários quando de sua ocorrência e dá outras providências.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3188/projeto_de_lei_n_13_2019_-_prorrogacao_aguas.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3188/projeto_de_lei_n_13_2019_-_prorrogacao_aguas.pdf</t>
   </si>
   <si>
     <t>OBRIGA O EXECUTIVO MUNICIPAL DE CAMPO VERDE, A PUBLICAR A INTENÇÃO DE PRORROGAÇÃO DO CONTRATO DE CONCESSÃO DOS SERVIÇOS DE ÁGUA, COLETA E TRATAMENTO DE ESGOTO SANITÁRIO, COM ANTECEDÊNCIA DE 90 (NOVENTA) DIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3189/projeto_de_lei_no_14_restauracao_de_logradouro.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3189/projeto_de_lei_no_14_restauracao_de_logradouro.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS PESSOAS FÍSICAS E JURÍDICAS PROVIDENCIAREM A RESTAURAÇÃO DE LOGRADOUROS PÚBLICOS POR ELAS DANIFICADAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3220/projeto_de_lei_leg_no_015.2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3220/projeto_de_lei_leg_no_015.2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n° 2.057 de 13 de março de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3221/projeto_de_lei_n_16_assessor_de_gabinete.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3221/projeto_de_lei_n_16_assessor_de_gabinete.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre readequação administrativa da Câmara Municipal de Campo Verde com a extinção de um cargo de Consultor Legislativo, e a Criação de um Cargo de Assessor de Gabinete, e dá outras providências</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Solivan Fonseca, Cícero, Kleberson Almeida, Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2490/2490_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2490/2490_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTA A CRIAÇÃO E INSTALAÇÃO DE COMISSÃO PARLAMENTAR DE INQUÉRITO, COM A FINALIDADE DE INVESTIGAR E FISCALIZAR AS POSSÍVEIS IRREGULARIDADES APRESENTADAS, NO REQUERIMENTO 002/2019, APROVADO POR UNANIMIDADE (ATA N.º 1.133/2019), QUE ENVOLVEM A CONCESSIONÁRIA ÁGUAS DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 		_x000D_
 </t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2762/2762_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2762/2762_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PRORROGA EM MAIS 90 (NOVENTA) DIAS O FUNCIONAMENTO DA COMISSÃO PARLAMENTAR DE INQUÉRITO QUE INVESTIGA A CONCESSIONÁRIA ÁGUAS DE CAMPO VERDE (RESOLUÇÃO N.º 053/2019), E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3052/projeto_de_resolucao_n_03_2019.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3052/projeto_de_resolucao_n_03_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RELATÓRIO FINAL DA COMISSÃO PARLAMENTAR DE INQUÉRITO INSTALADA PARA FISCALIZAR/INVESTIGAR OS SISTEMAS DE ABASTECIMENTO DE ÁGUA E DE ESGOTAMENTO SANITÁRIO DA CIDADE DE CAMPO VERDE-MT, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Juca Alves, Dantte, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2422/2422_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2422/2422_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, INFORMAÇÕES SOBRE QUAL FOI A QUANTIDADE DE DIESEL UTILIZADO NO PERÍODO DE JANEIRO A DEZEMBRO DE 2018 PELO PODER EXECUTIVO. FAVOR ENVIAR CÓPIA DAS NOTAS FISCAIS REFERENTES A ESTES CONSUMOS. </t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2442/2442_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2442/2442_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO Nº 002/2019 &amp;#8211; REQUER AO EXCELENTÍSSIMO SENHOR SOLIVAN COSTA FONSECA PRESIDENTE DA CÂMARA MUNICIPAL DE CAMPO VERDE, ABERTURA DA CPI, PARA LEVANTAMENTO DE POSSÍVEIS IRREGULARIDADES DOS SERVIÇOS PRESTADOS PELA EMPRESA ÁGUAS DE CAMPO VERDE-MT, COMO SEGUE:_x000D_
 1)	ACOMPANHAR O RELATÓRIO DA AGER;_x000D_
 2)	IDENTIFICAR AS CAUSAS DE APONTAMENTO;_x000D_
 3)	DETERMINAR PRAZO DA RETIRADA DA ETE NO BAIRRO RECANTO DOS PÁSSAROS;_x000D_
 4)	COBRANÇA ABUSIVA DE REAVISO NA FATURA;_x000D_
 5)	PROGRESSIVIDADE DA FATURA SOBRE CONSUMO DE ÁGUA;_x000D_
 6)	TRATAMENTO INADEQUADO DO ESGOTO;_x000D_
 7)	PRAZO DE LIGAÇÃO NOVA D&amp;#8217;AGUA ACIMA DO CONTRATADO_x000D_
 8)	ESCLARECIMENTO DA COBRANÇA DA TARIFA DE ESGOTO DE 75% PARA 90%._x000D_
 </t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2443/2443_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2443/2443_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, CÓPIA ATUALIZADA DE TODOS OS PLANOS MUNICIPAIS EXISTENTES, TAIS COMO: PLANO DE DESENVOLVIMENTO, PLANO DA SAÚDE, ETC., CONFORME ART. 1º, § 3º DA LEI COMPLEMENTAR Nº19/2010 (REDAÇÃO DADA PELA LEI COMPLEMENTAR 49/2015)._x000D_
 AUTOR: MOISES POLITO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2444/2444_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2444/2444_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, INFORMAÇÕES REFERENTES AS ESCOLAS MUNICIPAIS DE CAMPO VERDE/MT:_x000D_
 &amp;#61692;	RELATÓRIO CONTENDO QUADRO DE PROFESSORES CONCURSADOS E QUANTAS CADEIRAS ESTE OCUPA;_x000D_
 &amp;#61692;	QUADRO DE PROFESSORES CELETISTAS;_x000D_
 &amp;#61692;	QUANTAS TURMAS FORAM ABERTAS NO ANO DE 2019?  AINDA PEÇO A GENTILEZA DE DESCRIMINAR ESTES RELATÓRIOS POR ESCOLAS._x000D_
 </t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2623/2623_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2623/2623_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, TENDO EM VISTA QUE O MUNICÍPIO DESTINOU A COOTRANSCAMPO UMA ÁREA PARA IMPLANTAÇÃO DE ESTACIONAMENTO DE CAMINHÕES/VEÍCULOS PESADOS PARA IMPLANTAÇÃO DE ESTACIONAMENTO, VENHO REQUERER A VOSSA EXCELÊNCIA, AS SEGUINTES INFORMAÇÕES: _x000D_
 &amp;#61692;	EM QUE ESTÁGIO ESTA AS OBRAS DE IMPLANTAÇÃO DO ESTACIONAMENTO PELA COOTRANSCAMPO?_x000D_
 &amp;#61692;	SE ESTÁ PARALISADA, QUAL O MOTIVO?_x000D_
 </t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2673/2673_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2673/2673_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO Nº 006/2019 &amp;#8211; REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, INFORMAÇÕES SOBRE O PARQUE DE EXPOSIÇÕES MARCO ANTÔNIO ESTEVES DA ROCHA:_x000D_
 _x000D_
 1)	QUAIS AS ENTIDADES QUE POSSUEM PROPRIEDADES/CESSÃO DE ÁREA NO REFERIDO PARQUE?_x000D_
 2)	COMO ESTÁ DIVIDIDO A ÁREA? (COM MAPA);_x000D_
 3)	QUAIS OS CRITÉRIOS PARA CEDÊNCIA A TERCEIROS PARA A UTILIZAÇÃO DESTE?_x000D_
 4)	COMO SÃO DEFINIDOS OS VALORES DAS TAXAS DE UTILIZAÇÃO POR TERCEIROS?_x000D_
 5)	COMO É CUSTEADO A MANUTENÇÃO MENSAL DO PARQUE? (PODA DE ÁRVORE, ÁGUA, LUZ, ETC.). _x000D_
 6)	QUAL CUSTO ANUAL DA MANUTENÇÃO DO PARQUE?_x000D_
 7)	DE QUE FORMA SÃO ADMINISTRADOS OS RECURSOS PROVENIENTES DESTA UTILIZAÇÃO DE TERCEIROS?_x000D_
 8)	EXISTE ESTATUTO QUE DISCIPLINA O FUNCIONAMENTO E UTILIZAÇÃO DO MESMO?_x000D_
 9)	EXISTE CONTA CORRENTE ONDE É FEITO TODO MOVIMENTO PROVENIENTE DA ARRECADAÇÃO DESTA UTILIZAÇÃO? _x000D_
 </t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>Juca Alves, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2692/2692_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2692/2692_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, AS SEGUINTES INFORMAÇÕES NO QUE SE REFERE AO REPASSE DAS TAXAS DE ILUMINAÇÃO PÚBLICA DA EMPRESA ENERGISA NOS ÚLTIMOS 12 MESES: _x000D_
 _x000D_
 1)	FOI CRIADO FUNDO PARA ESTE REPASSE? _x000D_
 2)	CASO SIM, O MESMO POSSUI CONTA ESPECIFICA PARA O RECEBIMENTO? E QUAL VALOR DISPONÍVEL ATÉ A PRESENTE DATA? OUVE ALGUM TIPO DE INVESTIMENTO _x000D_
 3)	QUAL O VALOR QUE A EMPRESA ENERGISA REPASSOU (MÊS A MÊS) A PREFEITURA DE CAMPO VERDE;_x000D_
 4)	OUVE ALGUM TIPO DE INVESTIMENTO NESTES ÚLTIMOS 12 MESES? QUAIS FORAM?_x000D_
 5)	QUAL O CUSTO COM ILUMINAÇÃO QUE O PODER EXECUTIVO GERA (MÊS A MÊS)._x000D_
 </t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Cícero, Dantte, Kleberson Almeida, Nei do Dom Ozorio - PT, Pedro Cambara, Solivan Fonseca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2763/2763_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2763/2763_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, INFORMAÇÕES REFERENTES AO PREGÃO PARA EFETUAR A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE SOFTWARE PARA GESTÃO DE EDUCAÇÃO PÚBLICA MUNICIPAL:_x000D_
 _x000D_
 &amp;#61692;	HOUVE IRREGULARIDADES NESTE PROCESSO? CASO SIM QUAIS FORAM?_x000D_
 &amp;#61692;	QUAIS MEDIDAS ESTÃO SENDO TOMADAS PARA REGULARIZAR ESSE PROCESSO?_x000D_
 &amp;#61692;	QUAL VALOR ERA COBRADO PELA EMPRESA GANHADORA DO PREGÃO ANTERIOR? E QUAL VALOR PROPOSTO PELA MESMA NO PREGÃO ATUAL?_x000D_
 &amp;#61692;	HOUVE ITENS ADICIONADOS AO EDITAL DE PRESTAÇÃO DE SERVIÇOS? ESTES ACRÉSCIMOS TIVERAM INFLUÊNCIA NA MAJORAÇÃO DE PREÇO?_x000D_
 </t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2780/requerimento_no_10_juca_e_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2780/requerimento_no_10_juca_e_joao.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, documento contendo as seguintes informações referentes ao serviço de maquinários prestado por terceiros:_x000D_
 _x000D_
 	Quantas horas maquina foi utilizado no período de janeiro deste ano até a presente data?_x000D_
 	Quais foram as empresas que prestaram esses serviços? _x000D_
 	Qual serviço foi prestado e valor pago? Especificar modelos das maquinas e localidade onde essas foram empregadas.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2797/requerimento_no_11_dantte_OLHCVid.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2797/requerimento_no_11_dantte_OLHCVid.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 011/2019 – REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, documento contendo as seguintes informações referentes as casas populares dos Bairros Recanto dos Pássaros I e Santa Rosa:_x000D_
 _x000D_
 	Quantas notificações foram emitidas? Destas quantas foram arquivadas? _x000D_
 	Especifique as mesmas por: Bairro, Rua/Avenida e número. Estas estão ocupadas ou desocupadas? Dentre elas existe alguma com nova ocupação ou em processo?_x000D_
 	Informe ainda quais foram os motivos/alegação para estas notificações_x000D_
 	Lista contendo nome do cadastrado e seu cônjuge antes da autorização de posse, e lista atual?_x000D_
 	Conforme a Lei nº 2.268/2017 quantas casas seriam destinadas as pessoas deficientes e idosas? Apresentar relação contendo endereço completo, nome, telefone e em qual requisito se enquadra.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 013/2019 – REQUER ao Excelentíssimo Senhor Pedro Paulo Montagner presidente da CPI da Câmara Municipal de Campo Verde, informações junto a Empresa Águas de Campo Verde ou AGER BARRA-CAMPO VERDE, contendo os seguintes dados sobre as no que se refere a falta constantes de fornecimento de água nos Bairros do Município: _x000D_
 1)	Quais foram os motivos que ocasionaram as interrupções no fornecimento de água no Município, a partir do dia 10.05.2019 até a presente data? _x000D_
 2)	Quais medidas foram ou estão sendo adotadas para evitar novas interrupções no fornecimento de água para os moradores de Campo Verde/MT?_x000D_
 3)	A Empresa Águas de Campo Verde está investindo na melhoria do fornecimento de água? Caso sim qual o valor estimado de investimento para a Região de Campo Verde?_x000D_
 4)	 Dentre estas melhorias há a previsão de novos poços reservas junto aos existentes?</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2835/requerimento_no_13_juca.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2835/requerimento_no_13_juca.pdf</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2958/requerimento_no_14_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2958/requerimento_no_14_polito.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, as seguintes informações sobre os veículos leves, pesados e maquinários locados atualmente para o uso da Prefeitura e Secretarias:_x000D_
 1)	Qual a quantidade de veículos leves, pesados e maquinários locados, modelo e empresa locadora?_x000D_
 2)	Valor mensal total gasto com cada locação?_x000D_
 3)	Estes veículos leves, pesados e maquinários prestam serviços para qual Órgão/Secretaria? E para quais finalidades?_x000D_
 4)	Os mesmos estão devidamente identificados com a logomarca da Administração Pública? E quais os motoristas responsáveis por esses veículos?</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2973/requerimento_no_15_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2973/requerimento_no_15_dantte.pdf</t>
   </si>
   <si>
     <t>Fundamentado nos termos do Art. 189, Parágrafo único e inciso V do Regimento Interno deste Poder Legislativo e no inciso XIV do artigo 56 da Lei Orgânica, venho REQUERER a Vossa Excelência, informações pertinentes ao Mirante da Praça São João Paulo II: _x000D_
  _x000D_
 1) Cópia do processo de licitação para a construção deste, contendo seus aditivos e alterações; 2) Parecer técnico elaborados pelos Órgãos, Secretárias e diversões profissionais referente a construção do Mirante; 3) Cópia de todo o processo desde sua construção, reforma e manutenção até a atual data; 4) Elaboração e apresentação de parecer técnico referente as atuais condições do Mirante.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2987/requerimento_no_16_polito.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2987/requerimento_no_16_polito.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, cópias das Licenças Ambientais (licença prévia, licença de instalação e licença de operação) no que se refere a Lei Municipal nº 2.485/2019.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3121/requerimento_no_18_joao.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3121/requerimento_no_18_joao.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, cópia da manifestação/parecer da AGER e do Conselho Municipal de Saneamento Básico, a qual autorizou a concessão da reposição que majorou as contas de água do Município de Campo Verde.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3122/requerimento_no_19_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3122/requerimento_no_19_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, que DETERMINE a AGER/BARRA, que proceda estudos sobre o Contrato de Concessão dos Serviços de Abastecimento Água e Coleta de Esgoto de Campo Verde, visando o seguinte:              Estudo do equilíbrio econômico financeiro do contrato da Concessão dos serviços, para a recomposição dos valores das tarifas, pois com atual legislação as redes de abastecimentos de águas e coletas do esgoto nos novos loteamentos ficam a cargo do loteador.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3164/requerimento_no_20_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3164/requerimento_no_20_dantte.pdf</t>
   </si>
   <si>
     <t>Requerimento N° 20</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3191/requerimento_no_21_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3191/requerimento_no_21_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal informações pertinentes a Capela Mortuária:</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3218/requerimento_no_22_jh.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3218/requerimento_no_22_jh.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, as seguintes informações referentes a sinalização de trânsito e denominação das vias do Município:</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3219/requerimento_no_23_dantte.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3219/requerimento_no_23_dantte.pdf</t>
   </si>
   <si>
     <t>REQUER ao Excelentíssimo Senhor Fábio Schroeter Prefeito Municipal, informações sobre as empresas prestadoras de serviço de limpeza do Município:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8574,67 +8574,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2852/ata_ext._no_158-19.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2853/ata_ext._no_159-19.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2989/ata_ext._no_160-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3003/ata_ext._no_161-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3228/ata_ext._no_162-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3229/ata_ext._no_163-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3600/ata_ext._164-19.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2855/ata_no_1.133-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2856/ata_no_1.134-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2857/ata_no_1.135-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2858/ata_no_1.136-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2859/ata_no_1.137-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2860/ata_no_1.138-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2861/ata_no_1.139-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2862/ata_no_1.140-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2863/ata_no_1.141-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2864/ata_no_1.142-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2865/ata_no_1.143-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2866/ata_no_1.144-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2867/ata_no_1.145-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2868/ata_no_1.146-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2869/ata_no_1.147-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2870/ata_no_1.148-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2871/ata_no_1.149-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3004/ata_no_1.150-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3005/ata_no_1.151-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3006/ata_no_1.152-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3007/ata_no_1.153-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3008/ata_no_1.154-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3009/ata_no_1.155-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3230/ata_no_1.156-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3231/ata_no_1.157-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3232/ata_no_1.158-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3233/ata_no_1.159-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3234/ata_no_1.160-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3235/ata_no_1.161-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3236/ata_no_1.162-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3237/ata_no_1.163-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3238/ata_no_1.164-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3239/ata_no_1.165-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3240/ata_no_1.166-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3241/ata_no_1.167-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3242/ata_no_1.168-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3243/ata_no_1.169-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2423/2423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2424/2424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2425/2425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2426/2426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2427/2427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2428/2428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2429/2429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2430/2430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2431/2431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2432/2432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2433/2433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2434/2434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2435/2435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2436/2436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2437/2437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2445/2445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2446/2446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2447/2447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2448/2448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2449/2449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2450/2450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2451/2451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2452/2452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2453/2453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2454/2454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2455/2455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2456/2456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2457/2457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2474/2474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2475/2475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2476/2476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2477/2477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2478/2478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2479/2479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2480/2480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2481/2481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2482/2482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2483/2483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2484/2484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2485/2485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2486/2486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2487/2487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2488/2488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2522/2522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2523/2523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2524/2524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2525/2525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2526/2526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2527/2527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2528/2528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2529/2529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2530/2530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2531/2531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2532/2532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2533/2533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2534/2534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2535/2535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2536/2536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2537/2537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2538/2538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2539/2539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2540/2540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2541/2541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2599/2599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2600/2600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2601/2601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2602/2602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2603/2603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2604/2604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2605/2605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2606/2606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2607/2607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2608/2608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2609/2609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2610/2610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2611/2611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2612/2612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2613/2613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2614/2614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2616/2616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2617/2617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2626/2626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2627/2627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2628/2628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2629/2629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2630/2630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2631/2631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2632/2632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2633/2633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2634/2634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2635/2635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2637/2637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2638/2638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2639/2639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2640/2640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2641/2641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2651/2651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2652/2652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2653/2653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2654/2654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2655/2655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2656/2656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2657/2657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2658/2658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2659/2659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2660/2660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2661/2661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2662/2662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2663/2663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2664/2664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2665/2665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2666/2666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2675/2675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2676/2676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2677/2677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2679/2679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2680/2680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2681/2681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2682/2682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2683/2683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2684/2684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2685/2685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2686/2686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2687/2687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2688/2688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2689/2689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2693/2693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2694/2694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2695/2695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2696/2696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2697/2697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2698/2698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2699/2699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2700/2700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2701/2701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2702/2702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2703/2703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2704/2704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2705/2705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2706/2706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2707/2707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2708/2708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2719/2719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2720/2720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2721/2721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2722/2722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2723/2723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2724/2724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2725/2725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2726/2726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2727/2727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2728/2728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2729/2729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2730/2730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2734/2734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2735/2735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2736/2736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2737/2737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2738/2738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2739/2739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2740/2740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2741/2741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2742/2742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2749/2749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2750/2750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2751/2751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2752/2752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2753/2753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2754/2754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2755/2755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2756/2756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2757/2757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2764/2764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2765/2765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2766/2766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2767/2767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2768/2768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2769/2769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2770/2770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2771/2771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2772/2772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2773/2773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2774/2774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2781/indicacao_no_202_silvio_e_base..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2782/indicacao_no_203_solivan..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2783/indicacao_no_204_-_kleberson..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2784/indicacao_no_205_dantte_docx.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2785/indicacao_no_206_-_kleberson_e_base.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2786/indicacao_no_207_nei_e_base..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2787/indicacao_no_208_-_cicero.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2788/indicacao_no_209_-_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2789/indicacao_no_210_-_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2790/indicacao_no_211_-_polito_e_joao.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2791/indicacao_no_212_polito_docx.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2792/indicacao_no_213_-_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2793/indicacao_no_214_-_joao.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2794/indicacao_no_215_-_ze_humberto.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2798/indicacao_no_216_-_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2799/indicacao_no_217_nei_base.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2800/indicacao_no_218_juca.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2801/indicacao_no_219_joao_.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2802/indicacao_no_220_silvio_.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2803/indicacao_no_221_polito_docx.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2804/indicacao_no_222_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2805/indicacao_no_223_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2806/indicacao_no_224_kleberson.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2807/indicacao_no_225_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2809/indicacao_no_227_jose_humberto_.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2810/indicacao_no_228_pedro_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2822/indicacao_no_257_-_pedro_CIQW040.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2823/indicacao_no_258_-_solivan.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2824/indicacao_no_259__silvio.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2825/indicacao_no_259__silvio.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2826/indicacao_no_261_cicero.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2827/indicacao_no_262_juca.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2828/indicacao_no_263_jh.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2829/indicacao_no_264_-_joao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2831/indicacao_no_266_-_joao.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2833/indicacao_no_268_-_kleberson.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2834/indicacao_no_269_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2837/indicacao_no_270_joao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2838/indicacao_no_271_silvio.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2839/indicacao_no_272_-_joao.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2840/indicacao_no_273_-_polito.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2841/indicacao_no_274_-_ze_humberto_.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2842/indicacao_no_275_-_juca.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2843/indicacao_no_276_-_juca.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2844/indicacao_no_277_-_cicero.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2845/indicacao_no_278_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2846/indicacao_no_279_-_polito.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2847/indicacao_no_280_dante.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2848/indicacao_no_281_solivan.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2877/indicacao_no_282.19_silvio_ykPY8sy.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2878/indicacao_no_283.19_ze_humberto.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2879/indicacao_no_284.19_silvio.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2880/indicacao_no_285.19_kleberson.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2881/indicacao_no_286.19__solivan.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2882/indicacao_no_287_moisesdocx.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2883/indicacao_no_288_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2884/indicacao_no_289_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2885/indicacao_no_290_dantte.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2886/indicacao_no_291_joao.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2887/indicacao_no_292_joao_e_alaenedocx.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2888/indicacao_no_293_pedro_e_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2889/indicacao_no_294.19__kleberson_pnt9GIl.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2898/indicacao_no_295_cicero.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2899/indicacao_no_296_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2900/indicacao_no_297_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2901/indicacao_no_298_silvio_base.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2902/indicacao_no_299_polito.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2903/indicacao_no_300_jh.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2904/indicacao_no_301_juca.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2905/indicacao_no_302_dantte.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2906/indicacao_no_303_nei_psf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2916/indicacao_no_304_jm.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2917/indicacao_no_305_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2918/indicacao_no_306_jh.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2921/indicacao_no_308_juca.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2922/indicacao_no_309_moises_.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2923/indicacao_no_310_silvio.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2924/indicacao_no_311_silvio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2925/indicacao_no_312_joao.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2926/indicacao_no_313_solivan.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2927/indicacao_no_314_nei.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2943/indicacao_no_316_dantte.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2944/indicacao_no_317_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2945/indicacao_no_318_kleberson_.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2946/indicacao_no_319_silvio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2947/indicacao_no_320_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2948/indicacao_no_321_kleberson.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2949/indicacao_no_322_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2950/indicacao_no_323_moises.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2951/indicacao_no_324_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2952/indicacao_no_325_jh.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2953/indicacao_no_326_solivan.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2954/indicacao_no_327_solivan.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2955/indicacao_no_328_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2956/indicacao_no_329_juca.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2957/indicacao_no_330_nei_base_.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2960/indicacao_no_331_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2961/indicacao_no_332_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2962/indicacao_no_333__kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2963/indicacao_no_334_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2964/indicacao_no_335_dante_docx.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2965/indicacao_no_336_polito.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2966/indicacao_no_337_joao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2967/indicacao_no_338_joao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2968/indicacao_no_339_juca.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2969/indicacao_no_340_jose_humberto.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2970/indicacao_no_341_klerberson_alene_docx.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2975/indicacao_no_343_silvio.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2976/indicacao_no_344_silvio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2977/indicacao_no_345_solivan.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2978/indicacao_no_346_solivan.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2979/indicacao_no_347_nei_.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2980/indicacao_no_348__joao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2981/indicacao_no_349_kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2982/indicacao_no_350_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2983/indicacao_no_351_jose_humberto.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2984/indicacao_no_352_dantte.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2985/indicacao_no_353_juca.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2990/indicacao_no_354_solivan.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2991/indicacao_no_355__solivan_torre_telefonica_docx.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2992/indicacao_no_356_jh.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2993/indicacao_no_357_silvio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2994/indicacao_no_358_pedro_e_cicero.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2995/indicacao_no_359_juca.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2997/indicacao_no_360_polito.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2998/indicacao_no_361dantte.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2999/indicacao_no_362_joao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3013/indicacao_no_363_silvio.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3014/indicacao_no_364_joao.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3015/indicacao_no_365_joao.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3016/indicacao_no_366_juca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_no_367_cic.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3018/indicacao_no_368_solivan_2.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3019/indicacao_no_369_dantte.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3020/indicacao_no_370_juca_docx.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3021/indicacao_no_371_solivan.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3022/indicacao_no_372_kleberson_terminar.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3023/indicacao_no_373_kleberson.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3024/indicacao_no_374_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3030/indicacao_no_375_silvio.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3031/indicacao_no_376_dante.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3032/indicacao_no_377_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3033/indicacao_no_378_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3034/indicacao_no_379_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3035/indicacao_no_380_juca.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3036/indicacao_no_381_joao.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3037/indicacao_no_382__neison_base.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3038/indicacao_no_383_jh.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3039/indicacao_no_384_solivan.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3040/indicacao_no_385_moises.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3041/indicacao_no_386_solivan.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3042/indicacao_no_387_dante.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3043/indicacao_no_388_moises_p.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3044/indicacao_no_389_cicero.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3045/indicacao_no_390_moises_p.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3046/indicacao_no_391_jh.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3047/indicacao_no_392_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3048/indicacao_no_393_pedro.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3049/indicacao_no_394_kleberson.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3050/indicacao_no_395_joao.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3051/indicacao_no_396_juca.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3055/indicacao_no_397_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3056/indicacao_no_398_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3057/indicacao_no_399_cicero.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3058/indicacao_no_400_ze_humberto.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3059/indicacao_no_401_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3060/indicacao_no_402_silvio.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3061/indicacao_no_403_juca.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3062/indicacao_no_404_joao.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3063/indicacao_no_405_moises.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3064/indicacao_no_406_moises.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3066/indicacao_no_408_juca.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3067/indicacao_no_409_kleberson_.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3068/indicacao_no_410_kleberson_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3069/indicacao_no_411_silvio_MSZIimm.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3070/indicacao_no_412_silvio.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3071/indicacao_no_413_dante.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3072/indicacao_no_414_solivan.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3073/indicacao_no_415_solivan.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3077/indicacao_no_416_solivan.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3078/417-2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3079/418-2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3080/419-2019.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3081/420-2019.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3082/421-2019.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3083/422-2019.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3084/423-2019.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3085/424-2019.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3086/425-2019.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3087/426-2019.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3088/427-2019.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3089/428-2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3096/indicacao_no_429_ze_maria_base_docx.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3097/indicacao_no_430_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3098/indicacao_no_431_nei_base.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3099/indicacao_no_432_nei_base.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3100/indicacao_no_433_juca.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3101/indicacao_no_434_ze_maria_e_base.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3102/indicacao_no_435_solivan.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3103/indicacao_no_436_dantte.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3104/indicacao_no_437_solivan.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3105/indicacao_no_438_cicero.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3106/indicacao_no_439_dantte.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3107/indicacao_no_440_polito.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3108/indicacao_no_441_kleberson.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3115/indicacao_no_442_nei_base..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3116/indicacao_no_443__nei_base..pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_no_444_solivan.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3118/indicacao_no_445_solivan.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3123/indicacao_no_446_solivan.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3124/indicacao_no_447_joao..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3125/indicacao_no_448_cicero.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3126/indicacao_no_449_solivan.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3127/indicacao_no_450_dantte.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3128/indicacao_no_451_juca.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_no_452__nei_base.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3131/indicacao_no_454_joao_e_moises.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3133/indicacao_no_456__nei_base.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3134/indicacao_no_457_dantte.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3135/indicacao_no_458_kleberson_base.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3136/indicacao_no_459_kleberson.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_no_460_solivan_base.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_no_461_pedro_base.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_no_462_polito.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3146/indicacao_no_463_cicero_base.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3147/indicacao_no_464_solivan.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3148/indicacao_no_465_solivan.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3149/indicacao_no_466_joao.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3150/indicacao_no_467_dantte.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3151/indicacao_no_468_juca.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3156/indicacao_no_469__solivan.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3157/indicacao_no_470__solivan_base.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3158/indicacao_no_471_juca.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3159/indicacao_no_472_joao_e_boneca_Nbrb0vZ.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3160/indicacao_no_473_joao_e_boneca_k6W5V6c.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3161/indicacao_no_474__joao_e_boneca.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3162/indicacao_no_475_silvio.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3163/indicacao_no_476_juca.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3165/indicacao_no_477_ze_maria_e_base..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3166/indicacao_no_478_pedro_e_base_docx_jlo0xBM.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3167/indicacao_no_479_cicero_e_base_docx_HpE2lnZ.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3168/indicacao_no_480_moises_jose_h._docx.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3169/indicacao_no_481_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3170/indicacao_no_482_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_no_483_dantte.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3172/indicacao_no_484_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3173/indicacao_no_485_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3174/indicacao_no_486_moises__aruC0bS.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3175/indicacao_no_487_moises_e_jh.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3180/indicacao_no_488_cicero_.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3181/indicacao_no_489_juca.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3182/indicacao_no_490_silvio.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3183/indicacao_no_491_solivan.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3184/indicacao_no_492_joao.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3185/indicacao_no_493_juca.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3186/indicacao_no_494_joao.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3187/indicacao_no_495_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3208/indicacao_no_496_-_solivan.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3209/indicacao_no_497_silvio-_b_jardim_campo_verde_i_T4cn0OX.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3210/indicacao_no_498_dantte.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3211/indicacao_no_499_juca.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3212/indicacao_no_500_jm.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3213/indicacao_no_501_joao.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3214/indicacao_no_502_politodocx.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3215/indicacao_no_503cicerodocx.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3216/indicacao_no_504_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3217/indicacao_no_505_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2624/2624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2907/mocao_de_aplauso_no_02.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2908/mocao_de_aplauso_no_003.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2988/mocao_de_aplauso_no_004.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3137/mocao_de_aplauso_no_05_juca.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3152/mocao_de_aplauso_no_06_solivan.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3176/mocao_de_aplauso_no_07_joao_.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3192/mocao.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2625/2625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2643/2643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2414/2414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2438/2438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2473/2473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2521/2521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2545/2545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2618/2618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2642/2642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2650/2650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2690/2690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2709/2709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2731/2731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2733/2733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2758/2758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2775/2775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2795/pauta__do_dia_20.05_vereadores.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2796/pauta__do_dia_27.05_marlene.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2713/proj._de_dec._titulo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2416/2416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2471/2471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2597/2597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2644/2644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2715/2715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2743/2743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2744/2744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2745/2745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2746/2746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2759/2759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2814/projeto_lei_comp._014.2019.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2872/mensagem_projeto_l.c_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2873/mensagem_projeto_l.c_no_16-2019.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3029/proj_comp._017_000052.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3002/proj_comp._018_000050.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3025/proj_comp._019_000051.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3026/ccf_proj.l.comp._20-19_2.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3092/mens._ao_proj._de_lei_no_21-2019.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3093/mens._ao_proj._de_lei_no_22-2019.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3094/mens._ao_proj._de_lei_no_23-2019.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3119/pro._lei_comp._25-19.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3138/mens._ao_proj._de_l.c_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3139/mens._ao_proj._de_l.c_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3193/mens._ao_proj._de_l.c_no_28-2019.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3194/mens._ao_proj._de_l.c_no_29-2019.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3195/mens._ao_proj._de_l.c_no_30-2019.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2412/2412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2417/2417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2418/2418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2419/2419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2420/2420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2421/2421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2439/2439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2440/2440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2441/2441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2470/2470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2517/2517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2518/2518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2519/2519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2542/2542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2543/2543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2544/2544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2598/2598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2620/2620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2621/2621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2622/2622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2645/2645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2646/2646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2647/2647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2648/2648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2667/2667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2668/2668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2669/2669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2671/2671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2714/2714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2716/2716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2732/2732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2747/2747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2760/2760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2761/2761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2776/projeto_de_lei_038.2019.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2777/projeto_de_lei_039.2019.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2778/projeto_de_lei_040.2019.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2779/projeto_de_lei_041.2019.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2815/projeto_lei_042.2019.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2816/projeto_lei_043.2019.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2817/projeto_lei_044.2019.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2818/projeto_lei_045.2019.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2819/projeto_lei_046.2019.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2820/projeto_lei_047.2019.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3010/projeto_de_lei_048.2019_executivo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3011/projeto_de_lei_049.2019_executivo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3012/projeto_de_lei_050.2019_executivo.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2890/projeto_de_lei_051.2019.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2874/mensagem_ao_proj._de_lei_no_54-19.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2875/mensagem_ao_proj._de_lei_no_55-19.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2876/mensagem_ao_proj._de_lei_no_56-19.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2891/mens._ao_proj._de_lei_no_57-2019.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2892/mens._ao_proj._de_lei_no_58-2019.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2894/mens._ao_proj._de_lei_no_60-2019.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2895/mens._ao_proj._de_lei_no_61-2019.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2896/mens._ao_proj._de_lei_no_62-2019.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2897/mens._ao_proj._de_lei_no_63-2019.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2914/mens._ao_proj._de_lei_no_64-19.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2915/mens._ao_proj._de_lei_no_65-19.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2974/projto_067-2019_executivo.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2972/projeto_068_000011.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2986/projeto_068_000012.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3000/proj_no_70_000048.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3001/proj_no_71_000049.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3027/ccf_proj.lei_72-19_3.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3028/ccf_proj.lei_73-19_4.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3053/proj._lei_074-2019.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3054/proj._lei_075-2019.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3074/mens._ao_projeto_de_lei_no_76-2019.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3075/mens._ao_projeto_de_lei_no_77-2019.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3076/mens._ao_projeto_de_lei_no_78-2019.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3090/mensagem_ao_proj._de_lei_no_79-2019.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3091/mensagem_ao_proj._de_lei_no_80-2019.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3109/proj._lei_81-2019.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3110/proj._lei_82-2019.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3111/proj._lei_83-2019.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3112/proj._lei_84-2019.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3140/mens._ao_proj._de_lei_no_086-2019.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3141/mens._ao_proj._de_lei_no_087-2019.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3142/mens._ao_proj._de_lei_no_88-19_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3153/mens._proj._de_lei_no_089-2019.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3154/mens._proj._de_lei_090-2019.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3155/men._proj._de_lei_no_091-2019.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3177/proj._lei_92-2019.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3178/proj._lei_93-2019.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3179/proj._094-2019.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3196/mens._ao_proj._de_lei_no_95-2019.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3197/mens._ao_proj._de_lei_no_96-2019.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3198/mens._ao_proj._de_lei_no_97-2019.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3199/mens._ao_proj._de_lei_no_98-2019.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3200/mens._ao_proj._de_lei_no_99-2019.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3201/mens._ao_proj._de_lei_no_100-2019.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3202/mens._ao_proj._de_lei_no_101-2019.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3203/mens._ao_proj._de_lei_no_102-2019.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3204/mens._ao_proj._de_lei_no_103-2019.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3205/mens._ao_proj._de_lei_no_104-2019.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3207/mens._ao_proj._de_lei_no_105-2019.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3206/mens._ao_proj._de_lei_no_106-2019.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3222/mens._ao_proj._de_lei_no_107-2019.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3223/mens._ao_proj._de_lei_no_108-2019.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3224/mens._ao_proj._de_lei_no_110-2019.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3225/mens._ao_proj._de_lei_no_111-2019.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2520/2520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2649/2649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2672/2672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2691/2691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2717/2717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2718/2718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2811/projeto_lei_07.2019_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2812/projeto_de_lei_no_08-2019__narguile_.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2836/projeto_de_lei_no_09_2019_previverde.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3095/projeto_de_lei_no_10_2019_libras.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2929/projeto_de_lei_n_11_2019_-_alteracao_loa_2019_c_R0lmiV3.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3113/projeto_de_lei_no_012__aguas_de_campo_verde-_cp_LFwvk79.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3188/projeto_de_lei_n_13_2019_-_prorrogacao_aguas.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3189/projeto_de_lei_no_14_restauracao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3220/projeto_de_lei_leg_no_015.2019.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3221/projeto_de_lei_n_16_assessor_de_gabinete.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2490/2490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2762/2762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3052/projeto_de_resolucao_n_03_2019.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2422/2422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2442/2442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2443/2443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2444/2444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2623/2623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2673/2673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2692/2692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2763/2763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2780/requerimento_no_10_juca_e_joao.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2797/requerimento_no_11_dantte_OLHCVid.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2835/requerimento_no_13_juca.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2958/requerimento_no_14_polito.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2973/requerimento_no_15_dantte.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2987/requerimento_no_16_polito.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3121/requerimento_no_18_joao.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3122/requerimento_no_19_dantte.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3164/requerimento_no_20_dantte.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3191/requerimento_no_21_dantte.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3218/requerimento_no_22_jh.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3219/requerimento_no_23_dantte.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2852/ata_ext._no_158-19.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2853/ata_ext._no_159-19.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2989/ata_ext._no_160-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3003/ata_ext._no_161-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3228/ata_ext._no_162-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3229/ata_ext._no_163-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3600/ata_ext._164-19.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2855/ata_no_1.133-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2856/ata_no_1.134-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2857/ata_no_1.135-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2858/ata_no_1.136-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2859/ata_no_1.137-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2860/ata_no_1.138-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2861/ata_no_1.139-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2862/ata_no_1.140-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2863/ata_no_1.141-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2864/ata_no_1.142-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2865/ata_no_1.143-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2866/ata_no_1.144-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2867/ata_no_1.145-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2868/ata_no_1.146-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2869/ata_no_1.147-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2870/ata_no_1.148-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2871/ata_no_1.149-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3004/ata_no_1.150-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3005/ata_no_1.151-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3006/ata_no_1.152-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3007/ata_no_1.153-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3008/ata_no_1.154-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3009/ata_no_1.155-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3230/ata_no_1.156-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3231/ata_no_1.157-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3232/ata_no_1.158-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3233/ata_no_1.159-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3234/ata_no_1.160-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3235/ata_no_1.161-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3236/ata_no_1.162-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3237/ata_no_1.163-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3238/ata_no_1.164-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3239/ata_no_1.165-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3240/ata_no_1.166-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3241/ata_no_1.167-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3242/ata_no_1.168-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3243/ata_no_1.169-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2423/2423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2424/2424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2425/2425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2426/2426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2427/2427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2428/2428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2429/2429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2430/2430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2431/2431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2432/2432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2433/2433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2434/2434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2435/2435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2436/2436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2437/2437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2445/2445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2446/2446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2447/2447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2448/2448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2449/2449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2450/2450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2451/2451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2452/2452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2453/2453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2454/2454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2455/2455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2456/2456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2457/2457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2474/2474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2475/2475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2476/2476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2477/2477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2478/2478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2479/2479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2480/2480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2481/2481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2482/2482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2483/2483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2484/2484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2485/2485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2486/2486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2487/2487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2488/2488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2522/2522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2523/2523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2524/2524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2525/2525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2526/2526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2527/2527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2528/2528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2529/2529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2530/2530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2531/2531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2532/2532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2533/2533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2534/2534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2535/2535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2536/2536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2537/2537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2538/2538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2539/2539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2540/2540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2541/2541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2599/2599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2600/2600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2601/2601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2602/2602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2603/2603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2604/2604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2605/2605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2606/2606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2607/2607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2608/2608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2609/2609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2610/2610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2611/2611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2612/2612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2613/2613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2614/2614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2616/2616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2617/2617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2626/2626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2627/2627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2628/2628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2629/2629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2630/2630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2631/2631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2632/2632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2633/2633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2634/2634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2635/2635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2637/2637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2638/2638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2639/2639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2640/2640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2641/2641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2651/2651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2652/2652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2653/2653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2654/2654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2655/2655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2656/2656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2657/2657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2658/2658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2659/2659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2660/2660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2661/2661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2662/2662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2663/2663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2664/2664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2665/2665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2666/2666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2675/2675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2676/2676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2677/2677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2679/2679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2680/2680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2681/2681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2682/2682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2683/2683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2684/2684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2685/2685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2686/2686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2687/2687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2688/2688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2689/2689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2693/2693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2694/2694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2695/2695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2696/2696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2697/2697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2698/2698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2699/2699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2700/2700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2701/2701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2702/2702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2703/2703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2704/2704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2705/2705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2706/2706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2707/2707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2708/2708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2719/2719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2720/2720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2721/2721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2722/2722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2723/2723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2724/2724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2725/2725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2726/2726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2727/2727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2728/2728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2729/2729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2730/2730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2734/2734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2735/2735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2736/2736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2737/2737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2738/2738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2739/2739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2740/2740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2741/2741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2742/2742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2749/2749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2750/2750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2751/2751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2752/2752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2753/2753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2754/2754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2755/2755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2756/2756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2757/2757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2764/2764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2765/2765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2766/2766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2767/2767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2768/2768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2769/2769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2770/2770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2771/2771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2772/2772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2773/2773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2774/2774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2781/indicacao_no_202_silvio_e_base..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2782/indicacao_no_203_solivan..pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2783/indicacao_no_204_-_kleberson..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2784/indicacao_no_205_dantte_docx.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2785/indicacao_no_206_-_kleberson_e_base.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2786/indicacao_no_207_nei_e_base..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2787/indicacao_no_208_-_cicero.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2788/indicacao_no_209_-_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2789/indicacao_no_210_-_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2790/indicacao_no_211_-_polito_e_joao.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2791/indicacao_no_212_polito_docx.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2792/indicacao_no_213_-_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2793/indicacao_no_214_-_joao.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2794/indicacao_no_215_-_ze_humberto.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2798/indicacao_no_216_-_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2799/indicacao_no_217_nei_base.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2800/indicacao_no_218_juca.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2801/indicacao_no_219_joao_.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2802/indicacao_no_220_silvio_.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2803/indicacao_no_221_polito_docx.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2804/indicacao_no_222_joao_e_alaene.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2805/indicacao_no_223_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2806/indicacao_no_224_kleberson.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2807/indicacao_no_225_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2809/indicacao_no_227_jose_humberto_.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2810/indicacao_no_228_pedro_e_silvio.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2822/indicacao_no_257_-_pedro_CIQW040.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2823/indicacao_no_258_-_solivan.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2824/indicacao_no_259__silvio.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2825/indicacao_no_259__silvio.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2826/indicacao_no_261_cicero.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2827/indicacao_no_262_juca.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2828/indicacao_no_263_jh.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2829/indicacao_no_264_-_joao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2831/indicacao_no_266_-_joao.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2833/indicacao_no_268_-_kleberson.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2834/indicacao_no_269_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2837/indicacao_no_270_joao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2838/indicacao_no_271_silvio.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2839/indicacao_no_272_-_joao.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2840/indicacao_no_273_-_polito.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2841/indicacao_no_274_-_ze_humberto_.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2842/indicacao_no_275_-_juca.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2843/indicacao_no_276_-_juca.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2844/indicacao_no_277_-_cicero.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2845/indicacao_no_278_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2846/indicacao_no_279_-_polito.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2847/indicacao_no_280_dante.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2848/indicacao_no_281_solivan.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2877/indicacao_no_282.19_silvio_ykPY8sy.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2878/indicacao_no_283.19_ze_humberto.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2879/indicacao_no_284.19_silvio.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2880/indicacao_no_285.19_kleberson.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2881/indicacao_no_286.19__solivan.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2882/indicacao_no_287_moisesdocx.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2883/indicacao_no_288_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2884/indicacao_no_289_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2885/indicacao_no_290_dantte.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2886/indicacao_no_291_joao.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2887/indicacao_no_292_joao_e_alaenedocx.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2888/indicacao_no_293_pedro_e_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2889/indicacao_no_294.19__kleberson_pnt9GIl.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2898/indicacao_no_295_cicero.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2899/indicacao_no_296_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2900/indicacao_no_297_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2901/indicacao_no_298_silvio_base.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2902/indicacao_no_299_polito.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2903/indicacao_no_300_jh.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2904/indicacao_no_301_juca.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2905/indicacao_no_302_dantte.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2906/indicacao_no_303_nei_psf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2916/indicacao_no_304_jm.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2917/indicacao_no_305_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2918/indicacao_no_306_jh.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2921/indicacao_no_308_juca.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2922/indicacao_no_309_moises_.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2923/indicacao_no_310_silvio.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2924/indicacao_no_311_silvio.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2925/indicacao_no_312_joao.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2926/indicacao_no_313_solivan.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2927/indicacao_no_314_nei.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2943/indicacao_no_316_dantte.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2944/indicacao_no_317_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2945/indicacao_no_318_kleberson_.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2946/indicacao_no_319_silvio.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2947/indicacao_no_320_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2948/indicacao_no_321_kleberson.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2949/indicacao_no_322_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2950/indicacao_no_323_moises.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2951/indicacao_no_324_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2952/indicacao_no_325_jh.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2953/indicacao_no_326_solivan.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2954/indicacao_no_327_solivan.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2955/indicacao_no_328_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2956/indicacao_no_329_juca.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2957/indicacao_no_330_nei_base_.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2960/indicacao_no_331_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2961/indicacao_no_332_cicero_docx.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2962/indicacao_no_333__kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2963/indicacao_no_334_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2964/indicacao_no_335_dante_docx.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2965/indicacao_no_336_polito.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2966/indicacao_no_337_joao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2967/indicacao_no_338_joao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2968/indicacao_no_339_juca.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2969/indicacao_no_340_jose_humberto.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2970/indicacao_no_341_klerberson_alene_docx.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2975/indicacao_no_343_silvio.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2976/indicacao_no_344_silvio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2977/indicacao_no_345_solivan.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2978/indicacao_no_346_solivan.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2979/indicacao_no_347_nei_.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2980/indicacao_no_348__joao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2981/indicacao_no_349_kleberson_docx.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2982/indicacao_no_350_pedro_e_base.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2983/indicacao_no_351_jose_humberto.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2984/indicacao_no_352_dantte.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2985/indicacao_no_353_juca.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2990/indicacao_no_354_solivan.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2991/indicacao_no_355__solivan_torre_telefonica_docx.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2992/indicacao_no_356_jh.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2993/indicacao_no_357_silvio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2994/indicacao_no_358_pedro_e_cicero.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2995/indicacao_no_359_juca.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2997/indicacao_no_360_polito.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2998/indicacao_no_361dantte.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2999/indicacao_no_362_joao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3013/indicacao_no_363_silvio.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3014/indicacao_no_364_joao.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3015/indicacao_no_365_joao.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3016/indicacao_no_366_juca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3017/indicacao_no_367_cic.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3018/indicacao_no_368_solivan_2.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3019/indicacao_no_369_dantte.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3020/indicacao_no_370_juca_docx.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3021/indicacao_no_371_solivan.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3022/indicacao_no_372_kleberson_terminar.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3023/indicacao_no_373_kleberson.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3024/indicacao_no_374_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3030/indicacao_no_375_silvio.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3031/indicacao_no_376_dante.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3032/indicacao_no_377_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3033/indicacao_no_378_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3034/indicacao_no_379_jose_maria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3035/indicacao_no_380_juca.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3036/indicacao_no_381_joao.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3037/indicacao_no_382__neison_base.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3038/indicacao_no_383_jh.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3039/indicacao_no_384_solivan.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3040/indicacao_no_385_moises.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3041/indicacao_no_386_solivan.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3042/indicacao_no_387_dante.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3043/indicacao_no_388_moises_p.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3044/indicacao_no_389_cicero.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3045/indicacao_no_390_moises_p.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3046/indicacao_no_391_jh.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3047/indicacao_no_392_silvio_docx.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3048/indicacao_no_393_pedro.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3049/indicacao_no_394_kleberson.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3050/indicacao_no_395_joao.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3051/indicacao_no_396_juca.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3055/indicacao_no_397_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3056/indicacao_no_398_ze_maria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3057/indicacao_no_399_cicero.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3058/indicacao_no_400_ze_humberto.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3059/indicacao_no_401_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3060/indicacao_no_402_silvio.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3061/indicacao_no_403_juca.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3062/indicacao_no_404_joao.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3063/indicacao_no_405_moises.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3064/indicacao_no_406_moises.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3066/indicacao_no_408_juca.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3067/indicacao_no_409_kleberson_.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3068/indicacao_no_410_kleberson_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3069/indicacao_no_411_silvio_MSZIimm.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3070/indicacao_no_412_silvio.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3071/indicacao_no_413_dante.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3072/indicacao_no_414_solivan.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3073/indicacao_no_415_solivan.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3077/indicacao_no_416_solivan.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3078/417-2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3079/418-2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3080/419-2019.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3081/420-2019.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3082/421-2019.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3083/422-2019.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3084/423-2019.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3085/424-2019.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3086/425-2019.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3087/426-2019.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3088/427-2019.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3089/428-2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3096/indicacao_no_429_ze_maria_base_docx.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3097/indicacao_no_430_solivan_docx.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3098/indicacao_no_431_nei_base.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3099/indicacao_no_432_nei_base.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3100/indicacao_no_433_juca.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3101/indicacao_no_434_ze_maria_e_base.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3102/indicacao_no_435_solivan.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3103/indicacao_no_436_dantte.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3104/indicacao_no_437_solivan.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3105/indicacao_no_438_cicero.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3106/indicacao_no_439_dantte.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3107/indicacao_no_440_polito.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3108/indicacao_no_441_kleberson.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3115/indicacao_no_442_nei_base..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3116/indicacao_no_443__nei_base..pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3117/indicacao_no_444_solivan.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3118/indicacao_no_445_solivan.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3123/indicacao_no_446_solivan.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3124/indicacao_no_447_joao..pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3125/indicacao_no_448_cicero.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3126/indicacao_no_449_solivan.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3127/indicacao_no_450_dantte.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3128/indicacao_no_451_juca.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3129/indicacao_no_452__nei_base.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3131/indicacao_no_454_joao_e_moises.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3133/indicacao_no_456__nei_base.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3134/indicacao_no_457_dantte.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3135/indicacao_no_458_kleberson_base.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3136/indicacao_no_459_kleberson.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3143/indicacao_no_460_solivan_base.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3144/indicacao_no_461_pedro_base.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3145/indicacao_no_462_polito.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3146/indicacao_no_463_cicero_base.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3147/indicacao_no_464_solivan.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3148/indicacao_no_465_solivan.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3149/indicacao_no_466_joao.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3150/indicacao_no_467_dantte.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3151/indicacao_no_468_juca.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3156/indicacao_no_469__solivan.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3157/indicacao_no_470__solivan_base.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3158/indicacao_no_471_juca.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3159/indicacao_no_472_joao_e_boneca_Nbrb0vZ.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3160/indicacao_no_473_joao_e_boneca_k6W5V6c.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3161/indicacao_no_474__joao_e_boneca.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3162/indicacao_no_475_silvio.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3163/indicacao_no_476_juca.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3165/indicacao_no_477_ze_maria_e_base..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3166/indicacao_no_478_pedro_e_base_docx_jlo0xBM.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3167/indicacao_no_479_cicero_e_base_docx_HpE2lnZ.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3168/indicacao_no_480_moises_jose_h._docx.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3169/indicacao_no_481_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3170/indicacao_no_482_joao_docx.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3171/indicacao_no_483_dantte.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3172/indicacao_no_484_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3173/indicacao_no_485_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3174/indicacao_no_486_moises__aruC0bS.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3175/indicacao_no_487_moises_e_jh.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3180/indicacao_no_488_cicero_.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3181/indicacao_no_489_juca.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3182/indicacao_no_490_silvio.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3183/indicacao_no_491_solivan.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3184/indicacao_no_492_joao.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3185/indicacao_no_493_juca.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3186/indicacao_no_494_joao.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3187/indicacao_no_495_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3208/indicacao_no_496_-_solivan.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3209/indicacao_no_497_silvio-_b_jardim_campo_verde_i_T4cn0OX.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3210/indicacao_no_498_dantte.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3211/indicacao_no_499_juca.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3212/indicacao_no_500_jm.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3213/indicacao_no_501_joao.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3214/indicacao_no_502_politodocx.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3215/indicacao_no_503cicerodocx.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3216/indicacao_no_504_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3217/indicacao_no_505_nei_e_base.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2624/2624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2907/mocao_de_aplauso_no_02.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2908/mocao_de_aplauso_no_003.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2988/mocao_de_aplauso_no_004.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3137/mocao_de_aplauso_no_05_juca.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3152/mocao_de_aplauso_no_06_solivan.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3176/mocao_de_aplauso_no_07_joao_.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3192/mocao.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2625/2625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2643/2643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2414/2414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2438/2438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2473/2473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2521/2521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2545/2545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2618/2618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2642/2642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2650/2650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2690/2690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2709/2709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2731/2731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2733/2733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2758/2758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2775/2775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2795/pauta__do_dia_20.05_vereadores.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2796/pauta__do_dia_27.05_marlene.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2713/proj._de_dec._titulo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2416/2416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2471/2471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2597/2597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2644/2644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2715/2715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2743/2743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2744/2744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2745/2745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2746/2746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2759/2759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2814/projeto_lei_comp._014.2019.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2872/mensagem_projeto_l.c_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2873/mensagem_projeto_l.c_no_16-2019.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3029/proj_comp._017_000052.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3002/proj_comp._018_000050.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3025/proj_comp._019_000051.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3026/ccf_proj.l.comp._20-19_2.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3092/mens._ao_proj._de_lei_no_21-2019.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3093/mens._ao_proj._de_lei_no_22-2019.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3094/mens._ao_proj._de_lei_no_23-2019.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3119/pro._lei_comp._25-19.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3138/mens._ao_proj._de_l.c_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3139/mens._ao_proj._de_l.c_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3193/mens._ao_proj._de_l.c_no_28-2019.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3194/mens._ao_proj._de_l.c_no_29-2019.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3195/mens._ao_proj._de_l.c_no_30-2019.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2412/2412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2417/2417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2418/2418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2419/2419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2420/2420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2421/2421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2439/2439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2440/2440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2441/2441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2470/2470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2517/2517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2518/2518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2519/2519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2542/2542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2543/2543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2544/2544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2598/2598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2620/2620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2621/2621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2622/2622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2645/2645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2646/2646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2647/2647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2648/2648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2667/2667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2668/2668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2669/2669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2671/2671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2714/2714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2716/2716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2732/2732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2747/2747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2760/2760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2761/2761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2776/projeto_de_lei_038.2019.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2777/projeto_de_lei_039.2019.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2778/projeto_de_lei_040.2019.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2779/projeto_de_lei_041.2019.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2815/projeto_lei_042.2019.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2816/projeto_lei_043.2019.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2817/projeto_lei_044.2019.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2818/projeto_lei_045.2019.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2819/projeto_lei_046.2019.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2820/projeto_lei_047.2019.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3010/projeto_de_lei_048.2019_executivo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3011/projeto_de_lei_049.2019_executivo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3012/projeto_de_lei_050.2019_executivo.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2890/projeto_de_lei_051.2019.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2874/mensagem_ao_proj._de_lei_no_54-19.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2875/mensagem_ao_proj._de_lei_no_55-19.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2876/mensagem_ao_proj._de_lei_no_56-19.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2891/mens._ao_proj._de_lei_no_57-2019.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2892/mens._ao_proj._de_lei_no_58-2019.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2894/mens._ao_proj._de_lei_no_60-2019.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2895/mens._ao_proj._de_lei_no_61-2019.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2896/mens._ao_proj._de_lei_no_62-2019.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2897/mens._ao_proj._de_lei_no_63-2019.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2914/mens._ao_proj._de_lei_no_64-19.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2915/mens._ao_proj._de_lei_no_65-19.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2974/projto_067-2019_executivo.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2972/projeto_068_000011.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2986/projeto_068_000012.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3000/proj_no_70_000048.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3001/proj_no_71_000049.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3027/ccf_proj.lei_72-19_3.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3028/ccf_proj.lei_73-19_4.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3053/proj._lei_074-2019.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3054/proj._lei_075-2019.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3074/mens._ao_projeto_de_lei_no_76-2019.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3075/mens._ao_projeto_de_lei_no_77-2019.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3076/mens._ao_projeto_de_lei_no_78-2019.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3090/mensagem_ao_proj._de_lei_no_79-2019.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3091/mensagem_ao_proj._de_lei_no_80-2019.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3109/proj._lei_81-2019.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3110/proj._lei_82-2019.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3111/proj._lei_83-2019.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3112/proj._lei_84-2019.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3140/mens._ao_proj._de_lei_no_086-2019.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3141/mens._ao_proj._de_lei_no_087-2019.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3142/mens._ao_proj._de_lei_no_88-19_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3153/mens._proj._de_lei_no_089-2019.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3154/mens._proj._de_lei_090-2019.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3155/men._proj._de_lei_no_091-2019.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3177/proj._lei_92-2019.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3178/proj._lei_93-2019.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3179/proj._094-2019.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3196/mens._ao_proj._de_lei_no_95-2019.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3197/mens._ao_proj._de_lei_no_96-2019.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3198/mens._ao_proj._de_lei_no_97-2019.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3199/mens._ao_proj._de_lei_no_98-2019.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3200/mens._ao_proj._de_lei_no_99-2019.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3201/mens._ao_proj._de_lei_no_100-2019.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3202/mens._ao_proj._de_lei_no_101-2019.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3203/mens._ao_proj._de_lei_no_102-2019.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3204/mens._ao_proj._de_lei_no_103-2019.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3205/mens._ao_proj._de_lei_no_104-2019.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3207/mens._ao_proj._de_lei_no_105-2019.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3206/mens._ao_proj._de_lei_no_106-2019.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3222/mens._ao_proj._de_lei_no_107-2019.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3223/mens._ao_proj._de_lei_no_108-2019.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3224/mens._ao_proj._de_lei_no_110-2019.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3225/mens._ao_proj._de_lei_no_111-2019.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2520/2520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2649/2649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2672/2672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2691/2691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2717/2717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2718/2718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2811/projeto_lei_07.2019_-_legislativo.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2812/projeto_de_lei_no_08-2019__narguile_.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2836/projeto_de_lei_no_09_2019_previverde.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3095/projeto_de_lei_no_10_2019_libras.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2929/projeto_de_lei_n_11_2019_-_alteracao_loa_2019_c_R0lmiV3.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3113/projeto_de_lei_no_012__aguas_de_campo_verde-_cp_LFwvk79.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3188/projeto_de_lei_n_13_2019_-_prorrogacao_aguas.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3189/projeto_de_lei_no_14_restauracao_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3220/projeto_de_lei_leg_no_015.2019.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3221/projeto_de_lei_n_16_assessor_de_gabinete.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2490/2490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2762/2762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3052/projeto_de_resolucao_n_03_2019.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2422/2422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2442/2442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2443/2443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2444/2444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2623/2623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2673/2673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2692/2692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2019/2763/2763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2780/requerimento_no_10_juca_e_joao.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2797/requerimento_no_11_dantte_OLHCVid.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2835/requerimento_no_13_juca.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2958/requerimento_no_14_polito.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2973/requerimento_no_15_dantte.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/2987/requerimento_no_16_polito.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3121/requerimento_no_18_joao.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3122/requerimento_no_19_dantte.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3164/requerimento_no_20_dantte.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3191/requerimento_no_21_dantte.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3218/requerimento_no_22_jh.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2019/3219/requerimento_no_23_dantte.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H714"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>