--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -51,5134 +51,5134 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>ATAS</t>
   </si>
   <si>
     <t>Atas Sessões Extraordinarias</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2012/2012_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2012/2012_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA EXTRAORDINÁRIA.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2013/2013_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2013/2013_texto_integral.pdf</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2016/3114/ata_ext._no_146-2016.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2016/3114/ata_ext._no_146-2016.pdf</t>
   </si>
   <si>
     <t>ATA EXT. Nº 146-2016</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Atas Sessões Ordinárias</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2546/2546_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2546/2546_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA ORDINÁRIA.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/510/510_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/545/545_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/546/546_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2547/2547_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2547/2547_texto_integral.pdf</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2548/2548_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2548/2548_texto_integral.pdf</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2556/2556_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2556/2556_texto_integral.pdf</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2550/2550_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2550/2550_texto_integral.pdf</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2551/2551_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2551/2551_texto_integral.pdf</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2552/2552_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2552/2552_texto_integral.pdf</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2553/2553_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2553/2553_texto_integral.pdf</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2554/2554_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2554/2554_texto_integral.pdf</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2555/2555_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2555/2555_texto_integral.pdf</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2557/2557_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2557/2557_texto_integral.pdf</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2558/2558_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2558/2558_texto_integral.pdf</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2559/2559_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2559/2559_texto_integral.pdf</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2560/2560_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2560/2560_texto_integral.pdf</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2561/2561_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2561/2561_texto_integral.pdf</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2562/2562_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2562/2562_texto_integral.pdf</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2563/2563_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2563/2563_texto_integral.pdf</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2564/2564_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2564/2564_texto_integral.pdf</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2565/2565_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2565/2565_texto_integral.pdf</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2566/2566_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2566/2566_texto_integral.pdf</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2567/2567_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2567/2567_texto_integral.pdf</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2568/2568_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2568/2568_texto_integral.pdf</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2569/2569_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2569/2569_texto_integral.pdf</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2570/2570_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2570/2570_texto_integral.pdf</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2571/2571_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2571/2571_texto_integral.pdf</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2572/2572_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2572/2572_texto_integral.pdf</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2573/2573_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2573/2573_texto_integral.pdf</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2574/2574_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2574/2574_texto_integral.pdf</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2575/2575_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2575/2575_texto_integral.pdf</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2581/2581_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2581/2581_texto_integral.pdf</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2576/2576_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2576/2576_texto_integral.pdf</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2577/2577_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2577/2577_texto_integral.pdf</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2578/2578_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2578/2578_texto_integral.pdf</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2579/2579_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2579/2579_texto_integral.pdf</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2580/2580_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2580/2580_texto_integral.pdf</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Donizete</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE MINI ROTATÓRIA NA AVENIDA MATO GROSSO ACESSO A TRAVESSA NOBRES E RUA ROTARY INTERNACIONAL.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Gessy do Bar, Cícero, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DAR CONTINUIDADE A PAVIMENTAÇÃO ASFÁLTICA, CONCLUINDO O PAVIMENTO DE TODAS AS RUAS DO BAIRRO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVE COM A CRIAÇÃO DO PROGRAMA ASFALTO SOCIAL PARA ATENDER OS MORADORES DO BAIRRO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Zé Maria , Cícero</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM BUSCAR JUNTO AOS ÓRGÃOS COMPETENTE A REALIZAÇÃO DA RECUPERAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DA RODOVIA MT 140 DO TREVO DO GARDEZ ATÉ A FAZENDA FLORESTA.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t xml:space="preserve">Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS OBJETIVEM COM A COLOCAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA NA RUA LUZANIRA DANTAS, LOCALIZADA NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Boneca, Geraldo , Welson Silva, Yara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM ABRIGO NO NÚCLEO URBANO DO ASSENTAMENTO TAPERINHA.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Boneca, Cícero, Welson Silva, Zé Barbeiro, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS NO CANTEIRO DA AVENIDA BRASIL, TAL COMO FOI FEITO NA AVENIDA MATO GROSSO.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AS EMPRESAS ESPECIALIZADAS COM OBJETIVO DE VIABILIZAR A INSTALAÇÃO DE TORRE TELEFÔNICA NOS BAIRROS SANTA ROSA E JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA DAS FAIXAS DE PEDESTRES E ESTACIONAMENTOS, BEM COMO A COLOCAÇÃO DE SINALIZAÇÃO VERTICAL E HORIZONTAL DAS AVENIDAS DE &amp;#8220;MÃO ÚNICA".</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Zé Maria , Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CAPELA MORTUÁRIA MUNICIPAL COM DUAS OU MAIS SALAS PARA VELÓRIO, COPA, QUARTO PARA DESCANSO, BANHEIROS, VARANDA E ESTACIONAMENTO. </t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Juscelino Neves, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE UMA PONTE SOBRE O RIO PIRAPITANGA LIGANDO O ASSENTAMENTO 14 DE AGOSTO AO 04 DE OUTUBRO</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/485/485_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO PARA QUE HAJA A INCLUSÃO DO ENSINO DE &amp;#8220;EDUCAÇÃO FINANCEIRA&amp;#8221; NO ENSINO FUNDAMENTAL E MÉDIO.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/486/486_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS JUNTO A SECRETARIA DE SAÚDE E SECRETÁRIA DE DESENVOLVIMENTO AGRÍCOLA E MEIO AMBIENTE, PARA REALIZAR O PLANTIO E DISTRIBUIÇÃO DE CROTALÁRIA PARA CONTROLE DO MOSQUITO AEDES AEGYPTI, TRANSMISSOR DA DENGUE, FEBRE AMARELA, FEBRE ZIKA E CHIKUNGUNYA. </t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Cícero, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/487/487_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CRECHE PARA ATENDER OS BAIRROS JARDIM AMÉRICA E SANTA ROSA.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t xml:space="preserve">Donizete, Boneca, Cícero, Clebinho do Judô, Geraldo , Gessy do Bar, Silvio Eventos, Welson Silva, Yara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/488/488_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A CDL PARA DISPONIBILIZAR TREINAMENTO SOBRE LICITAÇÃO, PREGÃO E CONCORRÊNCIA PÚBLICA AOS EMPRESÁRIOS DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Gessy do Bar</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/489/489_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM EM PROPOR A EMPRESA BRF (SADIA) À PERMUTA DA ÁREA DE TERRA QUE A MESMA POSSUI NOS FUNDOS DO ESCRITÓRIO, POR OUTRA ÁREA, PARA POSSIBILITAR A CONSTRUÇÃO DE UMA PRAÇA DE LAZER NO BAIRRO SÃO LOURENÇO</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/490/490_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE REPAROS E SUBSTITUIÇÃO DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA NOS BAIRROS: SÃO LOURENÇO, JARDIM CAMPO VERDE II E III.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t xml:space="preserve">Clebinho do Judô, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/491/491_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS NAS RUAS DO BAIRRO JARDIM CAMPO VERDE I, II E III</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Silvio Eventos, Cícero</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/492/492_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ACADEMIA PÚBLICA NAS ÁREAS DE LAZER RECANTO DO SOL E PARQUE DAS ARARAS</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/497/497_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE REALIZAR O PATROLAMENTO E ENCASCALHAMENTO DAS ESTRADAS DO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t xml:space="preserve">Juscelino Neves, Silvio Eventos, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/498/498_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, A NECESSIDADE DA CONSTRUÇÃO DE PONTO DE ÔNIBUS COM ABRIGO NO RESIDENCIAL CUIABÁ.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/499/499_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A ORGANIZAÇÃO E ORNAMENTAÇÃO DO ESTACIONAMENTO AO LADO DA FEIRA MUNICIPAL.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Zé Maria , Boneca, Gessy do Bar, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/500/500_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA AQUISIÇÃO DE MAIS CAMINHÕES PARA REALIZAR A COLETA DO LIXO, EM NOSSA CIDADE</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/501/501_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE POSTO POLICIAL MILITAR NO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA, COM EFETIVOS DA POLÍCIA MILITAR</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Welson Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/502/502_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A VIABILIZAÇÃO DE RECURSOS PARA CONSTRUÇÃO DE QUADRA POLIESPORTIVA NA ESCOLA MUNICIPAL LOCALIZADA NO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Boneca, Cícero, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/503/503_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE PONTO DE ÔNIBUS COM ABRIGO NA RODOVIA MT 140 APÓS A SUBESTAÇÃO</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/504/504_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE LIMPEZA NOS TERRENOS BALDIOS E ENTRADAS DA CIDADE.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Cícero</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/505/505_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE ESTUDO COM OBJETIVO DE AUMENTAR O VALOR DO REPASSE REALIZADO PARA AS ASSOCIAÇÕES DE ESTUDANTES DO MUNICÍPIO</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Cícero, Juscelino Neves, Yara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/506/506_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA IMPLANTAÇÃO DE GRATIFICAÇÃO DE INCENTIVO À PRODUTIVIDADE FISCAL, ATRIBUÍDA AOS SERVIDORES EFETIVOS NO CARGO DE FISCAL DO MUNICÍPIO DE CAMPO VERDE - MT</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/517/517_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE UM ARCO CIRÚRGICO PARA O HOSPITAL MUNICIPAL CORAÇÃO DE JESUS.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/518/518_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO, ENCASCALHAMENTO E REVITALIZAÇÃO DAS RUAS E AVENIDAS DO DISTRITO INDUSTRIAL II.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Juscelino Neves, Boneca, Cícero</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/519/519_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONCLUSÃO E FUNCIONAMENTO DO ATERRO SANITÁRIO BEM COMO A DESATIVAÇÃO IMEDIATA DO LIXÃO.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Boneca, Cícero, Juscelino Neves, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/520/520_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PRAÇA COM ACADEMIA POPULAR E PARQUE INFANTIL NO BAIRRO SÃO LOURENÇO, UTILIZANDO O ESPAÇO QUE ABRIGAVA A FÁBRICA DE MANILHAS AO LADO DA FÁBRICA DE LEITE DE SOJA.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/521/521_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE BUSCAR PARCERIA ENTRE PREFEITURA E PROPRIETÁRIOS COM O OBJETIVO DE DOAR OS MATERIAIS COMO INCENTIVO AOS MORADORES QUE QUISEREM CONSTRUIR CALÇADAS EM FRENTE AOS SEUS TERRENOS E RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/522/522_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTÍSSIMA NECESSIDADE DE BUSCAR JUNTO A SINFRA QUE É A SECRETARIA DE INFRAESTRUTURA DO ESTADO DE MATO GROSSO A MELHORIA NA SINALIZAÇÃO, ILUMINAÇÃO E A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NA OBRA DO TREVO EM FRENTE AO LOTEAMENTO BURITIS.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Cícero, Boneca, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/523/523_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO E PRAÇA DE LAZER NA ÁREA PÚBLICA NO BAIRRO SANTA ROSA. </t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/524/524_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O LEVANTAMENTO E ENCASCALHAMENTO DA ESTRADA DO ASSENTAMENTO DOM OZÓRIO ATÉ A FAZENDA TUCANO EM PARCERIA DOS PRODUTORES DA REGIÃO. </t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Boneca, Cícero, Welson Silva, Yara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/525/525_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES NA AVENIDA CAMPO GRANDE. </t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/530/530_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE PROCEDA A ENTREGA DOS CONTRATOS AOS PROPRIETÁRIOS DAS 200 (DUZENTAS) CASAS DO PROGRAMA &amp;#8220;TÔ FELIZ&amp;#8221; DO BAIRRO SÃO MIGUEL</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Cícero, Boneca, Juscelino Neves, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/531/531_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DISPONIBILIZAÇÃO DE AGENTE DE SAÚDE E AGENTE AMBIENTAL PARA ATENDER O BAIRRO RECANTO DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t xml:space="preserve">Geraldo </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/532/532_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADA NA AVENIDA AIRTON SENNA EM FRENTE A CANCHA 48, NAS PROXIMIDADES DA ACADEMIA POPULAR.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Silvio Eventos, Cícero, Donizete, Welson Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/533/533_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A IMPLANTAÇÃO DE PLACAS DE DENOMINAÇÃO DAS AVENIDAS, RUAS E TRAVESSAS LOCALIZADAS NO LOTEAMENTO RECANTO DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/534/534_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUIR REDE DE BAIXA TENSÃO E INSTALAR ILUMINAÇÃO PÚBLICA NA RUA BOSQUE DA SAÚDE NO BAIRRO RESIDENCIAL JARDIM CUIABÁ.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Juscelino Neves, Cícero</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/535/535_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ACADEMIA PÚBLICA NO RESIDENCIAL CUIABÁ.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Juscelino Neves, Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/536/536_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUIR UMA PRAÇA DE LAZER COM PARQUINHO INFANTIL NO RESIDENCIAL CUIABÁ.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Gessy do Bar, Donizete, Welson Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/537/537_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE UM MONUMENTO COM A IMAGEM DO PADROEIRO DO NOSSO MUNICÍPIO &amp;#8220;SÃO CRISTÓVÃO&amp;#8221; PARA COLOCAR EM DESTAQUE EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/538/538_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE LOMBADA NA AVENIDA DOM AQUINO ABAIXO DA ROTATÓRIA DE ACESSO À AVENIDA DO SABER</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/539/539_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REPAROS E SUBSTITUIÇÃO DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA NO MUNICÍPIO</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/540/540_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DISPONIBILIZAR UM CAMINHÃO PIPA PARA MOLHAR AS RUAS DO BAIRRO SÃO MIGUEL QUE ESTÃO SEM PAVIMENTAÇÃO. </t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca, Welson Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/541/541_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS PARA QUE SEJA REALIZADA A REPOSIÇÃO DE TODAS AS ÁRVORES IMPLANTADAS PELO SISTEMA DE ARBORIZAÇÃO QUE FORAM REMOVIDAS NO PERÍMETRO URBANO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Silvio Eventos, Boneca, Cícero, Donizete</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/550/550_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO GOVERNO DO ESTADO PARA A CONSTRUÇÃO DE LOMBADAS CONJUGADA COM FAIXA DE PEDESTRES, NA MT 140 NAS PROXIMIDADES DO POSTO IPANEMA E TREVO DE SAÍDA PARA NOVA BRASILÂNDIA.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/551/551_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CONSTRUIR REDE DE BAIXA TENSÃO E INSTALAR ILUMINAÇÃO PÚBLICA NA RUA LONDRINA NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t xml:space="preserve">Zé Barbeiro, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/552/552_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE UMA PRAÇA DEDICADA À BÍBLIA, COM MONUMENTO DENOMINADA &amp;#8220;PRAÇA DA BÍBLIA&amp;#8221;.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/553/553_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA DO PSF - POSTO DE SAÚDE DA FAMÍLIA, NA COMUNIDADE DO LIMEIRA.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Zé Maria , Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/554/554_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA INSTALAÇÃO DE ANTENA PARA CELULAR, COM O OBJETIVO DE MELHORAR A COMUNICAÇÃO ENTRE O PSF EULÁLIA FERNANDES CAMPOS DA COMUNIDADE DO POSTO LIMEIRA, SECRETARIA MUNICIPAL DE SAÚDE E DEMAIS ÓRGÃOS PÚBLICOS. </t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/555/555_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS EM CONTRATAR EMPRESA ESPECIALIZADA PARA REALIZAÇÃO DE PULVERIZAÇÃO AÉREA NO PERÍMETRO URBANO DE CAMPO VERDE PARA MELHORAR O CONTROLE DO MOSQUITO AEDES AEGYPTI, TRANSMISSOR DA DENGUE, FEBRE AMARELA, FEBRE ZIKA E CHIKUNGUNYA. </t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/556/556_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA DA PRAÇA JOÃO PAULO II.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/557/557_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE FAIXA DE PEDESTRE NA AVENIDA VEREADOR CESAR LIMA LOCALIZADA NO BAIRRO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t xml:space="preserve">Gessy do Bar, Geraldo </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/558/558_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADAS NA AVENIDA SÃO CRISTÓVÃO NO BAIRRO RECANTO DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/559/559_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ACADEMIA PÚBLICA NO ASSENTAMENTO 04 DE OUTUBRO.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/560/560_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR UM ESTUDO PARA ANALISAR A POSSIBILIDADE DA IMPLANTAÇÃO DE CICLO FAIXAS EM TODAS AS AVENIDAS DUPLAS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/561/561_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVE COM A CONSTRUÇÃO DE CAMPO DE FUTEBOL NO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t xml:space="preserve">Donizete, Boneca, Cícero, Clebinho do Judô, Geraldo , Gessy do Bar, Juscelino Neves, PC, Silvio Eventos, Welson Silva, Yara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/562/562_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVE COM A CRIAÇÃO DE AGENCIA REGULADORA E FISCALIZADORA PARA OS SERVIÇOS COM CONCESSÃO PRIVADA MUNICIPAL.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/569/569_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADA NO CANTEIRO CENTRAL DA AVENIDA VEREADOR CESAR LIMA NO TRECHO QUE COMPREENDE O BAIRRO SÃO MIGUEL, POSSIBILITANDO QUE OS MORADORES DESTE LOCAL REALIZEM CAMINHADAS. </t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Clebinho do Judô, Cícero</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/570/570_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA COM SUPERPOSTES NA AVENIDA SÃO CRISTÓVÃO, EM TODA SUA EXTENSÃO. </t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/571/571_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DO BARRACÃO EXISTENTE HOJE NA ÁREA PÚBLICA LOCALIZADA NO BAIRRO JARDIM AMÉRICA PARA REALIZAÇÃO DE AÇÕES SOCIAIS JUNTO À COMUNIDADE DOS BAIRROS JARDIM AMÉRICA E SANTA ROSA.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/572/572_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA GERAL E CONSTRUÇÃO DE MURO NA SALA DO DEPARTAMENTO DE CULTURA, BEM COMO, A DISPONIBILIZAÇÃO DE UM VEÍCULO, UMA GELADEIRA E APARELHO DE AR CONDICIONADO PARA MELHORAR AS CONDIÇÕES DE TRABALHO DOS PROFISSIONAIS QUE PRESTAM SERVIÇO NO LOCAL.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/573/573_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS NO CANTEIRO CENTRAL DA AVENIDA MATO GROSSO, NO TRECHO DA MT 140 ATÉ O CAMPUS DA IFMT.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Boneca, Welson Silva, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/574/574_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES, PLANTIO DE GRAMA E CONSTRUÇÃO DE CALÇADA PARA CAMINHADA NO CANTEIRO CENTRAL DA AVENIDA MATO GROSSO NO BAIRRO BELVEDERE NO TRECHO ENTRE A IFMT ATÉ AS PROXIMIDADES DA ACADEMIA CROSS FITNESS.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Donizete, Cícero, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/575/575_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE FAIXAS ELEVADAS NAS FRENTES DE TODAS AS ESCOLAS DO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Yara, Cícero, Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/581/581_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE AMPLIAR PARA 6 (SEIS) MESES O PERÍODO DE LICENÇA-MATERNIDADE PARA OS SERVIDORES PÚBLICOS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/582/582_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE CICLOVIA SENTIDO PRIMAVERA DO LESTE, ATÉ O BAIRRO JARDIM AMÉRICA, POSSIBILITANDO CAMINHADAS E PASSEIOS CICLÍSTICOS DIÁRIOS COM MAIOR SEGURANÇA, UTILIZANDO O CITADO PERCURSO.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/583/583_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR PARCERIA COM O GOVERNO DO ESTADO PARA PROMOÇÃO DE CASAMENTO COMUNITÁRIO.  </t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Zé Maria , Silvio Eventos</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/584/584_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DO PATROLAMENTO E ENCASCALHAMENTO DAS RUAS DO BAIRRO SÃO MIGUEL PARA MELHORAR AS CONDIÇÕES DE TRAFEGABILIDADE.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t xml:space="preserve">Donizete, Boneca, Cícero, Geraldo , Gessy do Bar, Juscelino Neves, Silvio Eventos, Welson Silva, Yara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/585/585_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RECUPERAÇÃO COM LAMA ASFÁLTICA ONDE HOUVE O SERVIÇO DE CONSTRUÇÃO DO SISTEMA DE REDE DE ESGOTO.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t xml:space="preserve">Silvio Eventos, Boneca, Cícero, Welson Silva, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/586/586_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A OPERAÇÃO TAPA BURACO E RECUPERAÇÃO COM LAMA ASFÁLTICA NOS BAIRROS BOM CLIMA, BORDAS DO LAGO E CONJUNTO HABITACIONAL ECKERT. </t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t xml:space="preserve">Donizete, Boneca, Silvio Eventos, Welson Silva, Yara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/587/587_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE GALERIA DE DRENAGEM DA ÁGUA PLUVIAL NA RUA BLUMENAU, BEM COMO, A RECUPERAÇÃO DA CAPA ASFÁLTICA DO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/588/588_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REVISÃO DAS BOCAS DE LOBO DA AVENIDA DOM AQUINO.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/593/593_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE LOMBADA NA AVENIDA PARANÁ, ESQUINA COM A RUA RIO GRANDE DO SUL, PRÓXIMO AO BAR DO MOCÓ LOCALIZADO NO BAIRRO SÃO LOURENÇO.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/594/594_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADAS NA RUA JATOBÁ, BEM COMO A REALIZAÇÃO DE ESTUDO ATRAVÉS DO DMTU - DEPARTAMENTO MUNICIPAL DE TRÂNSITO URBANIZAÇÃO PARA CONSTRUÇÃO DE LOMBADAS ONDE HOUVER A NECESSIDADE NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/595/595_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS PARA AQUISIÇÃO DE VAN EXCLUSIVA PARA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Pedro Cambara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/596/596_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COMO PATROLAMENTO E ENCASCALHAMENTO DA ESTRADA SOL DE VERÃO, SITUADA NA REGIÃO DOS BORGES.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/599/599_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADA CONJUGADA COM FAIXA DE PEDESTRES EM FRENTE A AGÊNCIA DO CORREIO, SITUADA NA AVENIDA FLORIANÓPOLIS.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/600/600_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SOLICITAÇÃO JUNTO A SECRETARIA MUNICIPAL DE AGRICULTURA DE MEIO AMBIENTE EM SE FAZER UM ESTUDO PARA DOAÇÃO DE CALCÁRIO AOS PEQUENOS PRODUTORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Yara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/601/601_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE CÂMERA DE SEGURANÇA NA AVENIDA VEREADOR CEZAR LIMA, EM FRENTE DA ESCOLA LEDY ANITA BRESCANCIM. </t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>João Fique Frio, KOITÉ</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/602/602_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A MELHORIA DO SISTEMA DE ILUMINAÇÃO EM TODAS AS CÂMERAS DE MONITORAMENTO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/603/603_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE BANCOS, BEM COMO, A CONSTRUÇÃO DE PARQUE INFANTIL ANEXO A ACADEMIA POPULAR ESPAÇO DE LAZER E SAÚDE JOSEFA DE ARAÚJO LOCALIZADA NA AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Cícero, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/604/604_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM SUBSTITUIÇÃO DOS POSTES DE CONCRETO DANIFICADOS DO ALAMBRADO EM VOLTA DA ÁREA DE LAZER PARQUE DAS ARARAS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/605/605_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA DO PSF- POSTO DE SAÚDE DA FAMÍLIA NO BAIRRO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Pedro Cambara, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/606/606_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REGULARIZAÇÃO DAS ÁREAS REMANESCENTE RESULTANTE DA LEI 678/2000 DANDO PREFERÊNCIA AOS PROPRIETÁRIOS DE TERRENOS QUE FAZEM DIVISA COM A ANTIGA AVENIDA GARÇAS, PARALELO COM A ATUAL AVENIDA ATÍLIO FONTANA.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/611/611_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE BUSCAR RECURSOS JUNTO A SECRETARIA ESTADUAL DE EDUCAÇÃO (SEDUC) PARA CONSTRUÇÃO DE CALÇADA NO ENTORNO DA ESCOLA ESTADUAL LEDY ANITA BRESCANCIM E ESTÁDIO IVO RAUBER JUNIOR.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Yara, Boneca, Cícero, Gessy do Bar</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/612/612_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A PINTURA DE FAIXA DE PEDESTRE NAS PROXIMIDADES DO MERCADO EMPÓRIO LINGANDO A JÁ EXISTENTE EM FRENTE DA ESCOLA LEDY ANITA BRESCANCIM, LOCALIZADA NA AVENIDA VEREADOR CESAR LIMA.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/613/613_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE VEÍCULO TIPO VAN PARA USO EXCLUSIVO DA COZINHA PILOTO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Xico do Chuchu</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/614/614_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE REPAROS DA ILUMINAÇÃO PÚBLICA NA AVENIDA PRESIDENTE JOÃO GOULART NO TRECHO QUE COMPREENDE AS FUTURAS INSTALAÇÕES DO UPA ATÉ A LATERAL DO CENTRO EDUCACIONAL PAULO FREIRE.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/615/615_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM ABRIGO NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/616/616_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTOS DE ÔNIBUS COM ABRIGO NOS BAIRROS SANTA ROSA E RECANTO DOS PÁSSAROS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM A SINALIZAÇÃO HORIZONTAL DAS RUAS E AVENIDAS QUE NÃO AS POSSUEM E A REFORMA DAS QUE JÁ EXISTEM.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA SUBSTITUIÇÃO DO SISTEMA DE ILUMINAÇÃO PÚBLICA NA AVENIDA BRASIL E AVENIDA BRASÍLIA POR LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Juscelino Neves, Boneca, Gessy do Bar, João Fique Frio, PC, Welson Silva, Xico do Chuchu, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE PROFISSIONAL SALVA VIDAS PARA ATENDER A ÁREA DE LAZER RECANTO DO SOL. </t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVE A ARBORIZAÇÃO E PAISAGISMO NO CANTEIRO CENTRAL DA AVENIDA VEREADOR CESAR LIMA, NO TRECHO QUE COMPREENDE A PRAÇA SÃO MIGUEL ATÉ O TERMINO DA MESMA.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/622/622_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVE COM A AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NA ÁREA INTERNA DO CENTRO EDUCACIONAL PAULO FREIRE.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Gessy do Bar, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE PASSARELA COM COBERTURA LIGANDO O NOVO PAVILHÃO DO CENTRO EDUCACIONAL PAULO FREIRE A COZINHA DA ESCOLA.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/624/624_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA E MANUTENÇÃO DOS BANHEIROS PÚBLICOS LOCALIZADOS NA PRAÇA JOÃO PAULO II.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE BARRACÃO PARA ABRIGAR A FEIRA DO BAIRRO SÃO MIGUEL._x000D_
 </t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/627/627_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE COBERTURAS E COLOCAÇÃO DE BANCOS NAS ÁREAS EXTERNAS DAS UNIDADES BÁSICAS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Zé Maria , Boneca, Juscelino Neves, PC, Welson Silva, Yara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE RECORRER JUNTO AO MINISTÉRIO DA SAÚDE PARA A AQUISIÇÃO DE AMBULÂNCIA PARA O USO DA SECRETÁRIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVE COM A AQUISIÇÃO E INSTALAÇÃO DE PARQUE INFANTIL NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Zé Maria , Gessy do Bar, João Fique Frio, KOITÉ, Pedro Cambara, Xico do Chuchu</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DA ILUMINAÇÃO DA ÁREA DE LAZER PARQUE DAS ARARAS POR SUPER POSTES. </t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>João Fique Frio, Boneca, KOITÉ</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE MUTIRÃO DE LIMPEZA DOS TERRENOS BALDIOS E PASSEIOS PÚBLICOS E   REPAROS DO SISTEMA DE ILUMINAÇÃO PÚBLICA DO BAIRRO JARDIM INDUSTRIAL</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Cícero, Juscelino Neves, Welson Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/635/635_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE TORRE DE TELEFONIA MÓVEL, PARA ATENDER OS BAIRROS JARDIM AMÉRICA E SANTA ROSA. </t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/636/636_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS JUNTO A SECRETÁRIO MUNICIPAL DE AGRICULTURA E MEIO AMBIENTE, PARA REALIZAR O CADASTRAMENTO DAS FAMÍLIAS NÃO HOMOLOGADAS NOS ASSENTAMENTOS DO MUNICÍPIO, PRINCIPALMENTE O DOM OSÓRIO</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t xml:space="preserve">Yara, Boneca, Cícero, Gessy do Bar, João Fique Frio, Juscelino Neves, KOITÉ, Pedro Cambara, Welson Silva, Xico do Chuchu, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/637/637_texto_integral.docx</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/637/637_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE FAIXA ELEVADA NA AVENIDA BRASIL, EM FRENTE À PRAÇA JOÃO PAULO II. </t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/638/638_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE SE TOMAR MEDIDA QUE OBJETIVE COM A REFORMA GERAL DO PARQUE INFANTIL DA ÁREA DE LAZER PARQUE DAS ARARAS. </t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/639/639_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO PARA VIABILIZAR A CONSTRUÇÃO DE ESTACIONAMENTO PARA MOTOS, DENTRO DO CANTEIRO CENTRAL DA AVENIDA BRASIL. </t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/640/640_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REGULARIZAÇÃO DOS IMÓVEIS DO LOTEAMENTO POPULAR RECANTO DO BOSQUE II. </t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/641/641_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE ACESSO AOS BAIRRO JARDIM AMÉRICA, SANTA ROSA E RECANTO DOS PÁSSAROS. </t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/644/644_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA REALIZAÇÃO DE PARCERIA COM ENTIDADES FILANTRÓPICAS, IGREJAS E COMUNIDADE, PARA QUE SEJA REABERTO O ALBERGUE BOM SAMARITANO DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADAS NA AVENIDA MATO GROSSO EM AMBAS AS VIAS ATÉ A IFMT. </t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO DEPARTAMENTO COMPETENTE, PARA QUE SE FAÇA A COLETA A LIXO NO LOTEAMENTO GREEN VILLE. </t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/647/647_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE PRAÇA PÚBLICA NO LOTEAMENTO BELVEDERE.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Zé Maria , Boneca, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/648/648_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO DEPARTAMENTO COMPETENTE PARA QUE SEJA ANEXADO PLACAS EDUCATIVAS NOS ESTACIONAMENTOS RESERVADOS AOS IDOSOS E DEFICIENTES COM AS SEGUINTES FRASES: ANEXO A PLACA DE VAGA EXCLUSIVA AO IDOSO &amp;#8220;UM DIA ESTÁ VAGA SERÁ SUA, RESPEITE-A HOJE. &amp;#8221;  E ANEXO A PLACA DE VAGA EXCLUSIVA AO DEFICIENTE &amp;#8220;UM DIA ESTÁ VAGA PODERÁ SER SUA! QUE TAL RESPEITÁ-LA HOJE? &amp;#8221; </t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Zé Maria , Boneca, Xico do Chuchu</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/649/649_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO DEPARTAMENTO COMPETENTE PARA A IMPLANTAÇÃO DE CESTOS DE LIXO NAS VIAS PÚBLICAS NO ASSENTAMENTO TAPERINHA. </t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/650/650_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A OPERAÇÃO TAPA BURACO E RECUPERAÇÃO COM LAMA ASFÁLTICA NOS LOTEAMENTOS BOM CLIMA, BORDAS DO LAGO E ECKERT.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t xml:space="preserve">João Fique Frio, Welson Silva, Xico do Chuchu, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/651/651_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADAS NA AVENIDA MATO GROSSO E NA RODOVIA MT 140, NAS PROXIMIDADES DA ROTATÓRIA A QUAL DÁ ACESSO AOS BAIRROS VALE DO SOL E BELVEDERE EM AMBAS AS VIAS, BEM COMO A RECOLOCAÇÃO DA PLACA DE SINALIZAÇÃO NA BIFURCAÇÃO DAS MESMAS. </t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t xml:space="preserve">Welson Silva, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/652/652_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS ATRAVÉS DA COM A SECRETÁRIA MUNICIPAL DE HABITAÇÃO JUNTO AO BANCO DO BRASIL, AFIM DE AGILIZAR A ENTREGA DO CARTÃO BENEFÍCIO DO PROGRAMA MINHA CASA MELHOR PARA A AQUISIÇÃO DOS MÓVEIS. </t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/653/653_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM MELHORIAS E AMPLIAÇÃO DA UDR - UNIDADE DESCENTRALIZADA DE REABILITAÇÃO.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/654/654_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CRIAÇÃO DE UM CENTRO DE APOIO ÀS FAMÍLIAS DOS ASSENTAMENTOS, EM NOSSA CIDADE. </t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Zé Maria , Welson Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/655/655_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE UMA PRAÇA PÚBLICA NA AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.  </t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/656/656_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE MELHORAR A ILUMINAÇÃO NA ÁREA EXTERNA DA ESCOLA MUNICIPAL PARAÍSO, LOCALIZADA NA COMUNIDADE LIMEIRA. </t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/657/657_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE REPAROS NA ILUMINAÇÃO PÚBLICA NO MUNICÍPIO, INCLUINDO AS LÂMPADAS QUE PERMANECEM ACESSAS DURANTE O DIA. </t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Pedro Cambara, KOITÉ, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/658/658_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE UM ABATEDOURO MUNICIPAL, PARA ABATE DE BOVINOS, OVINOS E SUÍNOS, SEGUINDO TODAS AS NORMAS SANITÁRIAS. </t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PRAÇA PÚBLICA EM LOCAL ESTRATÉGICO PARA QUE ESTA ÁREA BENEFICIE OS BAIRROS: BELVEDERE, VALE DO SOL E CHÁCARA DAS UVAS. </t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ESTUDO COM OBJETIVO DA CONSTRUÇÃO FAIXA ELEVADA DE PEDESTRE NAS EXTENSÕES DAS AVENIDAS BRASÍLIA E SENADOR ATÍLIO FONTANA E BR 070, BEM COMO A CONSTRUÇÃO DE PASSARELA NO GRAMADO DOS CANTEIROS CENTRAIS, NO TRECHO COMPREENDIDO ENTRE A EMPRESA COOPERFIBRA E AVENIDA BRASILIA. </t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PRAÇA PÚBLICA NA AGROVILA JOÃO PONCE DE ARRUDA. </t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t xml:space="preserve">Cícero, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A PAVIMENTAÇÃO E DEMARCAÇÃO DO ESTACIONAMENTO DA FEIRA MUNICIPAL. </t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A TRANSFORMAÇÃO DO ASSENTAMENTO SANTO ANTÔNIO DA FARTURA GOULART EM DISTRITO, DE ACORDO COM A LEI COMPLEMENTAR MUNICIPAL Nº 019/2010, PLANO DIRETOR. </t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE FAIXA ELEVADA NA AVENIDA PRESIDENTE JOÃO EM AMBAS VIAS, NAS PROXIMIDADES DA VIDRAÇARIA MODELO. </t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETÁRIA DE ESTADO DE SAÚDE PARA QUE HAJA COLETA DE SANGUE PERIODICAMENTE NO MUNICÍPIO, ATRAVÉS DE CONVÊNIO COM ENTIDADES FILANTRÓPICAS. </t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t xml:space="preserve">Juscelino Neves, Cícero, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A LIMPEZA, PATROLAMENTO E ENCASCALHAMENTO DA AVENIDA NELSON CAMILO FERNANDES, BEM COMO A MANUTENÇÃO DA ÁREA ENTRE A AVENIDA E A RODOVIA BR 070 NO TRECHO QUE COMPREENDE O PRINCÍPIO DA MESMA ATÉ A EMPRESA DO SENHOR WILSOM VARGAS, SITUADA NO DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONCLUSÃO DA CONSTRUÇÃO DE CALÇADA DO POSTO DE SAÚDE RECANTO DO BOSQUE. </t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Boneca, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/682/682_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM E COLOCAÇÃO DE BANCOS EM FRENTE AO HOSPITAL MUNICIPAL CORAÇÃO DE JESUS. </t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Cícero, Gessy do Bar</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/683/683_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA E COLOCAÇÃO DE MEIO FIO NA RUA BORDAS DO LAGO, LOCALIZADA NO LOTEAMENTO BORDAS DO LAGO, PARTE LOCALIZADA ABAIXO DA RUA DO SABER</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/684/684_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONCLUSÃO DA ILUMINAÇÃO PÚBLICA DE SUPER POSTES NA AVENIDA NELSON CAMILO FERNANDES</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/685/685_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE CÂMERA DE SEGURANÇA NA AVENIDA  BAHIA, AO FUNDO DA ESCOLA SÃO LOURENÇO. </t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>KOITÉ</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/686/686_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DISPONIBILIZAR A VACINA H1N1 PARA TODOS OS SERVIDORES PÚBLICOS MUNICIPAIS E ESTADUAIS, LOTADOS EM CAMPO VERDE. </t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/687/687_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PONTO DE ÔNIBUS COBERTO NA ENTRADA DA BR 070 QUE DÁ ACESSO A COMUNIDADE GARBUGIO. </t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/688/688_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE REALIZAR ESTUDO PRÉVIO EM PARCERIA COM OS MUNICÍPIOS CIRCUNVIZINHOS PARA A CONSTRUÇÃO DE NOVO PRESÍDIO NA REGIÃO. </t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/689/689_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DOS PONTOS DE ÔNIBUS COM COBERTURA EM TODOS OS BAIRROS DA CIDADE PARA ATENDER AOS USUÁRIOS DO TRANSPORTE COLETIVO QUE SERÁ IMPLANTADO NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Boneca, João Fique Frio, KOITÉ</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/690/690_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADA, NA RUA MATO GROSSO DO SUL NA LATERAL DO CENTRO EDUCACIONAL AMERECILDA NO BAIRRO SÃO LOURENÇO. </t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/691/691_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ESTUDO JUNTO A SECRETARIA DE OBRAS, VIAÇÃO E SERVIÇOS PÚBLICOS, PARA A CONSTRUÇÃO DE LOMBADAS NA AVENIDA DOS TRABALHADORES. </t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/693/693_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE BEBEDOUROS NAS ÁREAS DE LAZER DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/694/694_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA MUNICIPAL DE AGRICULTURA DE MEIO AMBIENTE PARA A AQUISIÇÃO DE PRODUTOS COMO CALCÁRIO, CAMA DE FRANGO E CASQUINHA DE ALGODÃO PARA ATENDER O ASSENTAMENTO DOM OSÓRIO</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t xml:space="preserve">João Fique Frio, Boneca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/696/696_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RESTAURAÇÃO NA ILUMINAÇÃO PÚBLICA DO LOTEAMENTO BELVEDERE, BEM COMO A COLOCAÇÃO DE SUPER POSTES NA AVENIDA MATO GROSSO. </t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/697/697_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE REALIZAR ESTUDO PRÉVIO EM PARCERIA COM OS MUNICÍPIOS CIRCUNVIZINHOS PARA A CONSTRUÇÃO DE NOVO PRESÍDIO NA REGIÃO.  </t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/698/698_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO DEPARTAMENTO COMPETENTE PARA A DISPONIBILIZAÇÃO DE BANHEIROS QUÍMICOS NOS DIAS DE FEIRAS DOS BAIRROS PARA ATENDER OS CONSUMIDORES E FEIRANTES</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t xml:space="preserve">Boneca, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE UM PSF NO BAIRRO BELVEDERE. </t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O INCENTIVO A CRIAÇÃO DE ASSOCIAÇÃO PARA A TERCEIRA IDADE, BEM COMO A CONSTRUÇÃO DO CENTRO DE ATENDIMENTO A ESSES IDOSOS NO ASSENTAMENTO DOM OSÓRIO.  </t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE CALÇADAS NO ENTORNO DO CENTRO EDUCACIONAL PAULO FREIRE, NO TRECHO QUE COMPREENDE AS AVENIDAS AIRTON SENNA E PRESIDENTE JOÃO GOULART. </t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM IMPLANTAÇÃO DE TRATAMENTO DE SAÚDE POR EQUOTERAPIA PARA AUXILIAR AS PESSOAS PORTADORAS DE DEFICIÊNCIA FÍSICA E MENTAL DO MUNICÍPIO.   </t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA REALIZAÇÃO DE OBRAS QUE SOLUCIONE O PROBLEMA DA EROSÃO FORMADA A MARGENS ESQUERDA DA RODOVIA MT140, DENTRO DA PROPRIEDADE DO SENHOR IRINEU STEIN. </t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REATIVAÇÃO DO CORAL DA TERCEIRA IDADE. </t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/707/707_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM REPAROS NA CALÇADA EM FRENTE A ÁREA DE LAZER RECANTO DO SOL, LOCALIZADA NA RUA DO SABER. </t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t xml:space="preserve">Welson Silva, João Fique Frio, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/708/708_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO E ENCASCALHAMENTO DAS ESTRADAS DAS REGIÕES DO CÓRREGO DO OURO E DO MATA MATA. </t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/713/713_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA ESTADUAL DE EDUCAÇÃO (SEDUC) COM OBJETIVO DE REFORMA DA ESCOLA DO CÓRREGO DO OURO. </t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE TOMAR MEDIDAS QUE OBJETIVEM COM A DEMARCAÇÃO DE FAIXA DE PEDESTRE EM FRENTE A TODAS AS IGREJAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/715/715_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DO PROJETO CIDADE LIMPA, OU SEJA A PREFEITURA MUNICIPAL DISPONIBILIZARÁ PERIODICAMENTE COLETOR DE TIRA ENTULHOS EM DIVERSOS PONTOS DOS BAIRROS, PARA OS PRÓPRIOS MORADORES QUE QUISEREM FAÇAM A LIMPEZA NA LOCALIDADE ONDE MORAM. </t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>João Fique Frio, Boneca</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/720/720_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE SE TOMAR MEDIDAS QUE OBJETIVEM EM VIABILIZAR RECURSOS PARA A INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO NAS ESCOLAS MUNICIPAIS QUE AINDA NÃO POSSUEM</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/721/721_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A SINFRA-SECRETARIA DE ESTADO DE INFRAESTRUTURA PARA QUE FAÇA REPAROS DAS SINALIZAÇÕES DAS RODOVIAS MT 140 E MT 251 QUE COMPREENDE CAMPO VERDE A CHAPADA DOS GUIMARÃES, TANTO DA HORIZONTAL QUANTO DA VERTICAL: COM A RESTAURAÇÃO DAS FAIXAS, REPOSIÇÃO DOS OLHOS DE GATO E SUBSTITUIÇÃO DAS PLACAS DE SINALIZAÇÃO DANIFICADAS OU SUBTRAÍDAS POR AÇÃO DE VÂNDALOS. </t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/722/722_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DISPONIBILIZAÇÃO DE ENFERMEIRA PARA ACOMPANHAMENTO DOS PACIENTES QUE NECESSITAM SE DESLOCAR DO MUNICÍPIO PARA FAZEREM HEMODIÁLISE. </t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADAS NA RUA GOIÂNIA, SITUADA NO BAIRRO SÃO LOURENÇO, BEM COMO PINTURA DE FAIXAS DE PEDESTRE E COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO, INDICANDO A PROIBIÇÃO DE ESTACIONAMENTO PARA VEÍCULOS PESADOS. </t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DA FÁBRICA DE FARINHA NO ASSENTAMENTO DOM OZÓRIO.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A   NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DOAÇÃO DE CASCALHO COMO INCENTIVO AOS MORADORES QUE QUISEREM CONSTRUIR CALÇADAS EM FRENTE AOS SEUS TERRENOS OU RESIDÊNCIAS</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/726/726_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO E ENCASCALHAMENTO DAS ESTRADAS DA COMUNIDADE FORMIGA DO MUNICÍPIO DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/727/727_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVE COM A CONSTRUÇÃO DE RETORNO DE VEÍCULOS NA AVENIDA DOS TRABALHADORES COM A RUA AMAZONAS, SITUADA NO BAIRRO BORDAS DO LAGO</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/729/729_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA DO ÔNIBUS ESCOLAR DA COMUNIDADE DO CÓRREGO DO OURO </t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/730/730_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ESTUDO JUNTO AO ÓRGÃO COMPETENTE PARA CONSTRUÇÃO DE TREVO DE ACESO NA BR 070 COM MT 244, SAÍDA DA FAZENDA BOM FUTURO. </t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/731/731_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ESTUDO JUNTO AO ÓRGÃO COMPETENTE PARA PINTURA DE FAIXA DE PEDESTRE NA BR 070 E MT 140. </t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/732/732_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O LIGAMENTO DAS AVENIDAS PIRANHAÇÚ E SENADOR ATÍLIO FONTANA, SITUADOS NO BAIRRO JUPIARA. </t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DISPONIBILIZAÇÃO DE ÁREA OU LOCAL ADEQUADO PARA PRÁTICA E COMPETIÇÃO DE SOM AUTOMOTIVO. </t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO OU VENTILADORES NOS PSF QUE AINDA NÃO POSSUEM, INCLUSIVE NO CORREDOR DO CEM - CENTRO ESPECIALIZADO MÉDICO. </t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Zé Maria , Clebinho do Judô</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DISPONIBILIZAÇÃO DE EQUIPE PERMANENTE PARA REALIZAR A LIMPEZA DAS RUAS NO BAIRRO SÃO MIGUEL. </t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CRIAÇÃO DA CASA DA MULHER CAMPOVERDENSE PARA PROTEÇÃO E ACOLHIMENTO PROVISÓRIO DAS MULHERES QUE SOFREM VIOLÊNCIA E QUE SE ENCONTRAM EM SITUAÇÃO DE VULNERABILIDADE SOCIAL. </t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA INSTALAÇÃO DE SONORIZADORES ANTES DAS LOMBADAS, COM O OBJETIVO DE ALERTAR OS MOTORISTAS ATRAVÉS DO BARULHO. </t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVE COM A REVITALIZAÇÃO DA PRAÇA AIRTON SENNA. </t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS    JUNTO AO DMTU PARA REALIZAR LEVANTAMENTO DE NÚMERO DE VAGAS EXCLUSIVA PARA IDOSOS E DEFICIENTES NOS ESTACIONAMENTOS PÚBLICO E PRIVADO, E SE ATENDE A LEGISLAÇÃO VIGENTE. </t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE A NECESSIDADE DE ABERTURA E CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA DA AVENIDA BEIJA-FLOR NO TRECHO QUE LIGA OS BAIRROS SÃO MIGUEL E RECANTO DOS PÁSSAROS. </t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA INSTALAÇÃO DE ACADEMIA PÚBLICA NO ASSENTAMENTO DOM OSÓRIO</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Zé Barbeiro, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA REALIZAÇÃO DE OBRAS QUE SOLUCIONE O PROBLEMA DA EROSÃO FORMADA A MARGENS ESQUERDA DA RODOVIA MT140, DENTRO DA PROPRIEDADE DO SENHOR IRINEU STEIN</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>- INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM REPAROS NAS CALÇADAS DA AVENIDA MATO GROSSO.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA SECRETARIA DE OBRAS, E SERVIÇOS PÚBLICOS ATRAVÉS DO SECRETÁRIO E SEUS SERVIDORES, A REALIZAÇÃO DA COLETA DE ENTULHOS DEIXADOS NAS RUAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM ESTUDO DE AÇÃO ADEQUADA PARA SOLUCIONAR O PROBLEMA DE TRAFEGABILIDADE NO CRUZAMENTO DA BR-070 COM AS AVENIDAS VEREADOR CÉZAR LIMA, ATÍLIO FONTANA E BRASÍLIA.  </t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADAS, PONTO DE ÔNIBUS COM COBERTURA E PINTURA DE FAIXA DE PEDESTRE NA AVENIDA BEIJA FLOR, SITUADA NO BAIRRO RECANTO DOS PÁSSAROS. </t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADAS NA RUA MATO GROSSO DO SUL NO BAIRRO SÃO LOURENÇO E NA RUA LUZANIRA DANTAS NO BAIRRO VALE DO SOL</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ADQUIRIR ÔNIBUS ADEQUADO PARA USO EXCLUSIVO DO TRANSPORTE DOS IDOSOS DO GRUPO DA TERCEIRA IDADE. </t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO DMTU - DEPARTAMENTO MUNICIPAL DE TRÂNSITO URBANO, PARA A INSTALAÇÃO DE SINALIZAÇÃO VERTICAL E PINTURA DE SINALIZAÇÃO HORIZONTAL NO BAIRRO SANTA ROSA. </t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO DMTU - DEPARTAMENTO MUNICIPAL DE TRÂNSITO URBANO PARA QUE OBJETIVEM COM A CONSTRUÇÃO DE LOMBADAS EM AMBOS OS SENTIDOS DA AVENIDA SÃO CRISTÓVÃO, NO TRECHO QUE COMPREENDE A ROTATÓRIA EM FRENTE AO MERCADO AMÉRICA ATÉ A ACADEMIA POPULAR NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ESTUDO JUNTO AO ÓRGÃO COMPETENTE PARA A REALIZAÇÃO DE PINTURA NOS PORTÕES DA FEIRA MUNICIPAL. </t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE NOVAS CÂMERAS DE SEGURANÇA. </t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS QUE OBJETIVEM COM ABERTURA DE ACESSO NA RUA RIO GRANDE DO SUL COM O CANTEIRO CENTRAL DA AVENIDA DOS TRABALHADORES ENTRE OS BAIRROS BORDAS DO LAGO E SÃO LOURENÇO</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO E IMPLANTAÇÃO DE POSTO POLICIAL NA AGROVILA JOÃO PONCE DE ARRUDA</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE NOVA SEDE DO CRAS &amp;#8211; CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL, NO BAIRRO RECANTO DOS PÁSSAROS, POIS ESTA REGIÃO POSSUI A MAIOR DEMANDA DE ATENDIMENTO NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE FARMÁCIA INTERNA, NA UBS - UNIDADE BÁSICA DE SAÚDE JARDIM DAS AMERICAS. </t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PLANTIO DE ÁRVORES IPÊ DE VARIEDADE DIVERSAS NA AVENIDA VEREADOR CESAR LIMA</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>- INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE ELABORAR PROJETO VIABILIZANDO RECURSOS FINANCEIROS PARA A CONSTRUÇÃO DE UM MINIESTÁDIO, PARA ATENDER OS BAIRROS: PARQUE RECANTO DOS PÁSSAROS, LOTEAMENTO JARDIM AMÉRICA E LOTEAMENTO SANTA ROSA</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE CRIAÇÃO DE LEGISLAÇÃO TORNANDO OBRIGATÓRIO A NOMEAÇÃO DE DIRETOR DO PREVIVERDE DENTRE OS EFETIVOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES NA SEDE DO ASSENTAMENTO DOM OSÓRIO. </t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A DISPONIBILIZAÇÃO DE AMBULÂNCIA NO PERÍODO DE ATENDIMENTO NA UNIDADE DE SAÚDE DA FAMÍLIA JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONCLUSÃO DA ILUMINAÇÃO PÚBLICA COM A COLOCAÇÃO DE POSTES NOS FINAIS DAS RUAS DO BAIRRO SANTA ROSA.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DA INSTALAÇÃO DE TABELAS DE BASQUETEBOL NO GINÁSIO DE ESPORTE JOUBERT ISAIAS ROMANCINI. </t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES NA ÁREA URBANA DA COMUNIDADE AGROVILA GOVERNADOR JOÃO PONCE DE ARRUDA.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE, PARA VIABILIZAR A ABERTURA DE VIA DE ACESSO ENTRE A MT 140 E A AVENIDA SANTA MARIA NAS PROXIMIDADES DA EMPRESA CB AGRÍCOLA.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE CÂMERA DE SEGURANÇA NO CRUZAMENTO DA AVENIDA GOIÂNIA COM A AVENIDA ALAGOAS, LOCALIZADAS NO LOTEAMENTO BOM CLIMA.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR ESTUDO COM OBJETIVO DE CRIAR AUXILIO ALIMENTAÇÃO PARA ATLETAS QUE FOREM REPRESENTAR O NOSSO MUNICÍPIO EM COMPETIÇÕES OFICIAIS DENTRO DO TERRITÓRIO NACIONAL.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE PISCINA PARA REALIZAÇÃO DE TRATAMENTOS FISIOTERAPÊUTICOS.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE UMA ÁREA AO LADO DO LOTEAMENTO RESIDENCIAL JARDIM CUIABÁ, PARA CONSTRUÇÃO DE PRAÇA DE LAZER</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL ATRAVÉS DA VIGILÂNCIA SANITÁRIA DO MUNICÍPIO, QUE TOME PROVIDÊNCIA EM VISTORIAR E TOMAR MEDIDAS LEGAIS E URGENTES COM A FINALIDADE DE CESSAR O MAU CHEIRO PELA CRIAÇÃO DE SUÍNOS NAS PROXIMIDADES DA ÁREA URBANA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE ACADEMIA PÚBLICA NA ÁREA URBANA DA GRANJA LINDOIA.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATRULHAMENTO MILITAR COM VIATURAS E MOTOS EM TODAS AS COMUNIDADES RURAIS LOCALIZADAS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE TOMAR MEDIDAS COM OBJETIVO DE FIRMAR PARCERIA COM UMA ESCOLA DE FUTEBOL PROFISSIONAL PARA ATENDER AS CRIANÇAS E JOVENS DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE COM OBJETIVO DE AMPLIAR A QUANTIDADE DE CURSOS DE GRADUAÇÃO OFERTADOS NO CAMPUS DO IFMT NO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVE COM A REALIZAÇÃO DE MANUTENÇÃO NO TELHADO DA QUADRA DE ESPORTE DA ESCOLA MUNICIPAL SÃO LOURENÇO.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR ESTUDO COM OBJETIVO DE FIRMAR PARCERIA COM O IFMT, PARA QUE OS ACADÊMICOS DO CURSO TÉCNICO EM AGROPECUÁRIA DO CAMPUS SÃO VICENTE, POSSAM REALIZAR SEUS ESTÁGIOS NOS ASSENTAMENTOS LOCALIZADOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Zé Maria , Boneca, Cícero, Clebinho do Judô, Gessy do Bar, João Fique Frio, Juscelino Neves, Pedro Cambara, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDA QUE OBJETIVE COM A REVITALIZAÇÃO DA PRAÇA JOÃO PAULO II, INCLUINDO OS QUIOSQUES. </t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE REALIZAR ESTUDO NO SENTIDO DE ELABORAR PROJETO PARA CONSTRUÇÃO DE ÁREA DE LAZER DIRECIONADA ESPECIFICAMENTE AO JOVEM CAMPOVERDENSE.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO ÓRGÃO COMPETENTE COM OBJETIVO DE CONSTRUIR CICLOVIA NA MT 140, NO TRECHO QUE COMPREENDE CAMPO VERDE ATÉ O RIO DAS MORTES.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/805/805_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A MELHORIA E SUBSTITUIÇÃO DO SISTEMA DE ILUMINAÇÃO PÚBLICA DA AVENIDA SÃO CRISTÓVÃO POR LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REALIZAÇÃO DE REPAROS E SUBSTITUIÇÃO DE LÂMPADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO POR LÂMPADAS DE LED. </t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A VIABILIZAÇÃO DE RECURSOS PARA CONSTRUÇÃO DE QUADRA POLIESPORTIVA PARA ATENDER OS BAIRROS SANTA ROSA E JARDIM AMÉRICA.  </t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REVITALIZAÇÃO DO CEMITÉRIO MUNICIPAL SÃO PEDRO, COM: LIMPEZA, PODA DE ÁRVORES, PINTURA DO MURO, CALÇAMENTO E JARDINAGEM.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Zé Maria , João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A REFORMA DAS CALÇADAS AO REDOR DA PRAÇA DOS TRÊS PODERES, BEM COMO A CONSTRUÇÃO DE NOVAS RAMPAS PARA ACESSO À CADEIRANTES. </t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR REPAROS NO TELHADO DO CRAS - CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL. </t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONSTRUÇÃO DE REDE DE GALERIA DE DRENAGEM DE ÁGUAS PLUVIAIS EM TODA A EXTENSÃO DA AVENIDA MATO GROSSO. </t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA DO BAIRRO SÃO MIGUEL.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO AO EXECUTIVO DO ESTADO DE MATO GROSSO A INSTALAÇÃO DA FACULDADE UNEMAT NO MUNICÍPIO DE CAMPO VERDE &amp;#8211; MT</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/826/826_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVE COM A REALIZAÇÃO DE REVISÃO NA ALTURA DE ALGUMAS LOMBADAS, BEM COMO A CONSTRUÇÃO DE LOMBADA NA AVENIDA SANTA MARIA EM FRENTE A EMPRESA GALEÃO PNEUS.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/827/827_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA DAS AVENIDAS MATO GROSSO E AVENIDA BRASIL.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/828/828_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM EM DESTINAR A ÁREA PÚBLICA LOCALIZADA NA RUA TESOURO NO LOTEAMENTO BELVEDERE PARA CONSTRUÇÃO DE PRAÇA DE LAZER OU CONSTRUÇÃO DE PRÉDIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/829/829_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A INSTALAÇÃO DE UM NOVO SISTEMA DE MANILHAMENTO COM MAIOR CAPACIDADE DE CAPTAÇÃO DE ÁGUAS PLUVIAIS NA AVENIDA SÃO LOURENÇO. </t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/830/830_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO DE CAMINHÃO BASCULANTE PARA O MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A PAVIMENTAÇÃO ASFÁLTICA DO DISTRITO INDUSTRIAL II.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/835/835_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A PINTURA DAS FAIXAS DE PEDESTRE EM TODO MUNICÍPIO. </t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/836/836_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DA INSTALAÇÃO DE ACADEMIA PÚBLICA AO AR LIVRE NA ÁREA DE LAZER PARQUE DAS ARARAS. </t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/837/837_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM READEQUAÇÃO DO ACESSO AO ESTACIONAMENTO DO FÓRUM E PREFEITURA.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS DO SISTEMA DE ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DA RUA TOLEDO.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A COLOCAÇÃO DE SUPER POSTES COM LÂMPADA DE LED NA AVENIDA SÃO CRISTÓVÃO. </t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DA REFORMA DAS PRAÇAS: DA CRIANÇA, AIRTON SENNA, SÃO MIGUEL E 4 DE JULHO.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/845/845_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE REALIZAR ESTUDO NO SENTIDO DE ELABORAR PROJETO PARA CONSTRUÇÃO DA CASA DO MEL NO MUNICÍPIO DE CAMPO VERDE. </t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/846/846_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O PATROLAMENTO E ENCASCALHAMENTO DAS ESTRADAS DA COMUNIDADE DA SERRINHA.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Zé Barbeiro, Gessy do Bar</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/847/847_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A AQUISIÇÃO E COLOCAÇÃO DE ENFEITES NATALINOS, PARA ORNAMENTAR AS PRAÇAS E AVENIDAS DE NOSSA CIDADE. </t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/848/848_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CONTRATAÇÃO DE OPERADOR PARA AS PATRULHAS AGRÍCOLAS DAS COMUNIDADES RURAIS. </t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM O ENCASCALHAMENTO NAS ESTRADAS VICINAIS DO ASSENTAMENTO DOM OZÓRIO. </t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A RETOMADA DO PROJETO ANDANDO PELAS CALÇADAS, PROJETO ESTE QUE CONTA COM A PARCERIA DA POPULAÇÃO E A PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Dionizia</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE REALIZAR ESTUDO NO SENTIDO DE ELABORAR PROJETO PARA CONSTRUÇÃO DA CASA DE APOIO AOS IDOSOS E DEFICIENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Dionizia, Juscelino Neves</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>- INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A CRIAÇÃO DE LEI DE PLANO DE CARGOS, CARREIRAS E SALÁRIOS (PCCS) PARA OS SERVIDORES DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Pedro Cambara, João Fique Frio</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE REALIZAR ESTUDO, COM OBJETIVO DE MODIFICAR O ESTACIONAMENTO CENTRAL DA AVENIDA BRASIL, UTILIZANDO SENTIDO OBLÍQUO. </t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/858/858_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>- INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A DIRETORIA DA ASSOCIAÇÃO DOS ENGENHEIROS AGRÔNOMOS, PARA QUE SEJA CONSTRUÍDO MURO NO ENTORNO DA ÁREA DE LAZER DA REFERIDA ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/859/859_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A URGENTE NECESSIDADE DE SE TOMAR MEDIDAS QUE OBJETIVEM COM A ENTREGA DAS ESCRITURAS IMOBILIÁRIAS AOS MORADORES DO RECANTO DO BOSQUE II.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO PODER EXECUTIVO MUNICIPAL A NECESSIDADE DE SE TOMAR MEDIDAS JUNTO A UNIMED COM OBJETIVO DE ESTUDAR A POSSIBILIDADE DE AMENIZAR OS VALORES COBRADOS DOS SERVIDORES DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/474/474_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO A CANTORA KALINY RODRIGUES, PELA PARTICIPAÇÃO NO &amp;#8220;THE VOICE KIDS&amp;#8221;.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/507/507_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO AOS PROFESSORES DA SECRETARIA MUNICIPAL DE ESPORTE E LAZER, PELO TRABALHO REALIZADO NA PINTURA DAS PRAÇAS DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/568/568_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO AOS PROFESSORES DA ESCOLA ESTADUAL ULISSES GUIMARÃES &amp;#8211; ENSINO MÉDIO PELA REALIZAÇÃO DO PROJETO AULÃO ENEM/2016: </t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>KOITÉ, Pedro Cambara, Welson Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO A EQUIPE DE HANDEBOL FEMININO DA ESCOLA MUNICIPAL DONA SABINA LAZARIN PRATI, PELA CONQUISTA DO TÍTULO DE CAMPEÃ BRASILEIRA DOS JOGOS ESCOLARES DA JUVENTUDE. </t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO A EQUIPE DE HANDEBOL MASCULINO DA ESCOLA MUNICIPAL DONA MARIA ARTEMIR PIRES, PELA CONQUISTA DO TÍTULO DE CAMPEÃ BRASILEIRA DOS JOGOS ESCOLARES DA JUVENTUDE. </t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO TENISTA BRYAN KUNTZ, PELA CONQUISTA DO CAMPEONATO SUL-AMERICANO DE TÊNIS.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/856/856_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO AO SENHOR ROBSON SEGANTIN PENNA, POR SER O PRIMEIRO ATLETA CAMPOVERDENSE A FAZER PARTE DO RANQUEAMENTO DA CBJ &amp;#8211; CONFEDERAÇÃO BRASILEIRA DE JUDÔ, PLEITEANDO VAGA PARA PARTICIPAR DAS OLIMPÍADAS DE TÓQUIO EM 2020. </t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>PAUTA</t>
   </si>
   <si>
     <t>Pautas das Sessões da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO EXTRAORDINÁRIA DO DIA 25/01/2016.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 01-02-2016.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/493/493_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 15/02/2016.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/508/508_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 22/02/2016.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/529/529_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 29/02/2016</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/542/542_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 07/03/2016.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/576/576_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 14/03/2016.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/577/577_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 21/03/2016.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/589/589_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 28/03/2016.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/597/597_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 04/04/2016.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/607/607_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 11/04/2016.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/617/617_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 18-04-2016.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 02/05/2016.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/642/642_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 09/05/2016.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/643/643_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 16/05/2016.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/660/660_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 23/05/2016.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 30/05/2016</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/677/677_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 06/06/2016.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/695/695_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 13/06/2016.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 20/06/2016.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/728/728_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 01/08/2016.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 27/06/2016.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 15/08/2016.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 22/08/2016</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 05/09/2016.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 12/09/2016.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 26/09/2016.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 03/10/2016.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 10/10/2016.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 17/10/2016.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 24/10/2016.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/824/824_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 31/10/2016.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/825/825_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 07/11/2016</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 21/11/2016.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 28/11/2016.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/857/857_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 05 /12/2016.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DO DIA 12/12/2016.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO EXTRAORDINÁRIA DO DIA 19/12/2016, AS 09:00 HORAS CONVOCADA PELO PREFEITO ATRAVÉS DO OFÍCIO Nº 834/2016.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t xml:space="preserve">Boneca, Cícero, Gessy do Bar, João Fique Frio, Juscelino Neves, KOITÉ, PC, Pedro Cambara, Welson Silva, Xico do Chuchu, Yara, Zé Barbeiro, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE DECRETO Nº001/2016 &amp;#8211; CONCEDE TÍTULO DE &amp;#8220;CIDADÃO CAMPOVERDENSE&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS. AUTORIA DE TODOS OS VEREADORES.  </t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/692/692_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE CAMPO VERDE-MT, DO EXERCÍCIO DE 2014&amp;#8221;.  </t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Fabio Schroeter</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O VALOR MÍNIMO PARA A REALIZAÇÃO DA COBRANÇA DE DÍVIDA ATIVA DA FAZENDA PÚBLICA MUNICIPAL ATRAVÉS DE EXECUÇÃO FISCAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/598/598_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO INCISO I, ALÍNEA &amp;#8220;G&amp;#8221;, INCISO II, ALÍNEA &amp;#8220;N&amp;#8221;, INCISO III, ALÍNEA &amp;#8220;A&amp;#8221;, DO ARTIGO 5º, DA LEI COMPLEMENTAR Nº 060/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/711/711_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ALTERAÇÃO DO PARÁGRAFO 1º DO ARTIGO 225 DA LEI COMPLEMENTAR Nº045/2014 E DÁ OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/841/841_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA E INCLUI DISPOSITIVOS DA LEI COMPLEMENTAR Nº 021/2010, DE 25 DE NOVEMBRO DE 2010 &amp;#8211; LEI DE USO E OCUPAÇÃO DE SOLO DO MUNICÍPIO DE CAMPO VERDE/MT, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE DE 14,86% AOS SERVIDORES ATIVOS E INATIVOS DA CARREIRA DO MAGISTÉRIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O TRATAMENTO FAVORECIDO, DIFERENCIADO E SIMPLIFICADO PARA AS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE SEDIADAS NO MUNICÍPIO DE CAMPO VERDE, NAS CONTRATAÇÕES PÚBLICAS DE BENS, SERVIÇOS E OBRAS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS- APAE, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A DOAÇÃO DE IMÓVEL URBANO AO SISPCAMP &amp;#8211; SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A DOAÇÃO DE IMÓVEL URBANO AO PREVIVERDE &amp;#8211; FUNDO MUNICIPAL DE PREVIDÊNCIA SOCIAL DOS SERVIDORES DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.037/2014 &amp;#8211; ESTRUTURA ADMINISTRATIVA ORGANIZACIONAL DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/494/494_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL PARCELAR E INCLUIR PARCELAMENTO DE DÉBITOS EM ANDAMENTO EM ACORDO JUNTO A RECEITA FEDERAL DO BRASIL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/495/495_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/496/496_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 01 (UM) VAGA DE ARQUITETO NO ÂMBITO DA ADMINISTRAÇÃO, ALTERANDO A TABELA INSERTA NO ARTIGO 3º. DA LEI 773/2002, COM REDAÇÃO CONFERIDA PELA LEI 2.139/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/511/511_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A DESTINAÇÃO DE VERBAS DE HONORÁRIOS DE SUCUMBÊNCIA DA PROCURADORIA GERAL DO MUNICÍPIO DE CAMPO VERDE, CRIA O FUNDO ESPECIAL DA PROCURADORIA JURÍDICA DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/512/512_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO AMOR EM AÇÃO ALIANÇA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/513/513_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DOS ACADÊMICOS DE CAMPO VERDE &amp;#8211; ASOCAD, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/514/514_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DE ESTUDANTE DO ASSENTAMENTO DOM OSÓRIO &amp;#8211; ASSEDOM, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/515/515_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DOS UNIVERSITÁRIOS DE CAMPO VERDE &amp;#8211; AUCV, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO PRIMEIRO DA LEI 2.138/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/544/544_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIA O PODER EXECUTIVO MUNICIPAL, A FIRMAR CONCESSÃO DE DIREITO REAL DE USO DE ÁREA DE TERRAS PARA A CONSTRUÇÃO DA ESTAÇÃO DE TRATAMENTO DE ESGOTO DO MUNICÍPIO DE CAMPO VERDE (ETE), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/547/547_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER TERRENO À CONCESSIONÁRIA ÁGUAS DE CAMPO VERDE S/A COM A FINALIDADE DE CONSTRUÇÃO DE POÇO TUBULAR PROFUNDO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/548/548_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO DE ASSISTÊNCIA E RECUPERAÇÃO DE VÍTIMAS DO ÁLCOOL E DAS DROGAS &amp;#8211; RESGATE VIDA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/563/563_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS COM A REALIZAÇÃO DA DÉCIMA SEXTA FEIRA COMERCIAL DA ACICAVE NO MUNICÍPIO, E DÁ OUTRAS PROVIDENCIAS.    </t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/564/564_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA INCLUSÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE. _x000D_
 </t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/565/565_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER REVISÃO GERAL ANUAL (ART. 37, X, DA CF) AOS PROVENTOS E AS PENSÕES DOS APOSENTADOS E PENSIONISTAS, DO PODER EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/566/566_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA NOVOS SUBSÍDIOS DOS OCUPANTES DOS CARGOS COMISSIONADOS DO MUNICÍPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/578/578_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVO FINANCEIRO MENSAL AO AGENTE COMUNITÁRIO DE SAÚDE (ACS) E AO AGENTE DE COMBATE A ENDEMIAS (ACE), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/579/579_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A INCLUSÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE._x000D_
 </t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/590/590_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA INCLUSÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/591/591_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/608/608_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 5º, VI; ART. 3º; ART. 6º E INSERE O ART. 12-A NA LEI MUNICIPAL Nª 2.034, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/609/609_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A CONSTRUÇÃO DO SHOPPING DA AGRICULTURA NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/610/610_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A AQUISIÇÃO DE IMÓVEL PARA CONSTRUÇÃO DA ESTAÇÃO ELEVATÓRIA DE ESGOTO NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A CONSTRUÇÃO DA ÁREA PARA LAVAGEM, LIMPEZA E DESINFECÇÃO DA UNIDADE MÓVEL (VIATURA) DO SAMU NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A INCLUSÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE. </t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/634/634_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE LOCAÇÃO DE IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 034/2016 &amp;#8211;&amp;#8220; FICA ALTERADO O ANEXO VI &amp;#8211; CARGO FISCAL, DA LEI MUNICIPAL Nº 1.057/2005, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 035/2016 &amp;#8211; AUTORIZA O PODER EXECUTIVO A DESAFETAR E DOAR O PRÉDIO PÚBLICO ONDE FUNCIONAVA A UNIDADE ESCOLAR MUNICIPAL SANTO ANTÔNIO DA FARTURA AO ESTADO DE MATO GROSSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 10 DA LEI MUNICIPAL Nº 1.357 DE 21 DE DEZEMBRO DE 2007, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/678/678_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 01(UMA) VAGA DO CARGO DE NUTRICIONISTA NO ÂMBITO DA ADMINISTRAÇÃO, ALTERANDO A TABELA INSERTA NO ARTIGO 3º DA LEI Nº 773/2002, COM REDAÇÃO CONFERIDA PELA LEI 2.139/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/679/679_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICIPIO DE CAMPO VERDE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/680/680_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE ACORDO DE COOPERAÇÃO COM UNIÃO, POR INTERMÉDIO DA SRTE/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA AQUISIÇÃO DE MEDICAMENTO.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FORNECER COMBUSTÍVEL PARA AS VIATURAS DA POLÍCIA MILITAR, POLÍCIA JUDICIÁRIA CIVIL E CORPO DE BOMBEIROS DE CAMPO VERDE EM PERÍODO EXCEPCIONAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>_x000D_
 AUTORIZA O PODER EXECUTIVO A RECEBER ÁREA QUE ESPECIFICA EM DOAÇÃO PARA ABERTURA DE RUA EM CARÁTER DE REGULARIZAÇÃO FUNDIÁRIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/716/716_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 043/2016 &amp;#8211; CRIA A AGÊNCIA DE REGULAÇÃO DOS SERVIÇOS PÚBLICOS DELEGADOS EM CAMPO VERDE, DENOMINA AGÊNCIA DE REGULAÇÃO DE SERVIÇOS PÚBLICOS PARA O MUNICÍPIO DE MATO GROSSO &amp;#8211; AGREG/MT, CONSELHO DE REGULAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/717/717_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 044/2016 &amp;#8211; DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/719/719_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 045/2016 &amp;#8211; AUTORIZA O PODER EXECUTIVO A RECEBER EM DAÇÃO EM PAGAMENTO TERRENOS PARA FINS DE QUITAÇÃO DE DÉBITO TRIBUTÁRIOS DA EMPRESA GENTILIN &amp; BIAZON LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/718/718_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 046/2016 &amp;#8211;AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE COOPERAÇÃO MÚTUA COM A CONCESSIONÁRIA ÁGUAS DE CAMPO VERDE S/A, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/733/733_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A CONTRATAR ATRAVÉS DE EDITAL, PESSOAS FÍSICAS OU JURÍDICAS, AS QUAIS ESTEJAM INTERESSADAS NA EXPLORAÇÃO COMERCIAL DOS QUIOSQUES DAS PRAÇAS JOÃO PAULO II E AYRTON SENNA.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A INCLUSÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A INCLUSÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/749/749_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A CONTRATAR ATRAVÉS DE EDITAL, PESSOAS FÍSICAS OU JURÍDICAS, AS QUAIS ESTEJAM INTERESSADAS NA EXPLORAÇÃO COMERCIAL DOS QUIOSQUES PERTENCENTES AO MUNICÍPIO DE CAMPO VERDE - MT.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, PARA A MANUTENÇÃO DE RODOVIAS ESTADUAIS E MUNICIPAIS, E DA OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO, DOAÇÃO DE ÁREA AO ESTADO DE MATO GROSSO, DESTINADA A 11ª COMPANHIA INDEPENDENTE DE BOMBEIROS MILITAR DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 2° DA LEI 2.221/2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE CONTROLE SOCIAL DE CAMPO VERDE, EM CONFORMIDADE COM O DISPOSTO NA LEI FEDERAL Nº 11.445/07, QUE ESTABELECE DIRETRIZES NACIONAIS PARA O SANEAMENTO BÁSICO.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO DE CAMPO VERDE, PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMANÊNCIA DOS CONCESSIONÁRIOS DOS QUIOSQUES DA PRAÇA JOÃO PAULO II, NOS REFERIDOS BENS PÚBLICOS ATÉ A CONCLUSÃO DO NOVO PROCESSO DE CONCORRÊNCIA.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI Nº1936/2013, DE 29 NOVEMBRO DE 2013, PLANO PLURIANUAL &amp;#8211; PPA DO MUNICÍPIO DE CAMPO VERDE PARA O PERÍODO DE 2014-2017.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS DA LEI Nº 2.222, DE 31 DE AGOSTO DE 2016 &amp;#8211; LEI DE DIRETRIZES ORÇAMENTÁRIAS LDO 2017, DO MUNICÍPIO DE CAMPO VERDE.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/831/831_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR E PAGAR ACORDO NAS AÇÕES Nº 2314-31.2010.811.0051 E Nº 123-76.2011.811.0051, AMBOS DA COMARCA DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI QUE REESTRUTUROU O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CAMPO VERDE/MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR E PAGAR ACORDO NA AÇÃO DE COBRANÇA Nº 2577-97.2009.811.0051(CÓDIGO 28482), DA PRIMEIRA VARA DA COMARCA DE CAMPO VERDE, E DÁ OUTRAS PROVIDENCIAS.  </t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/840/840_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONCESSÃO DE DIREITO REAL DE USO DOS BENS PÚBLICOS COMPREENDIDOS NO CONDOMÍNIO DAS PALMEIRAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE COOPERAÇÃO TÉCNICA COM A AGÊNCIA ESTADUAL DE REGULAÇÃO DOS SERVIÇOS PÚBLICOS DELEGADOS - AGER/MT E DÁ OUTRAS PROVIDÊNCIAS._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária/Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/526/526_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.141/2015, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>Juscelino Neves, Cícero, Donizete, Silvio Eventos, Welson Silva, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/527/527_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO ATIVIDADE FOLCLÓRICA ESPORTIVA E PATRIMÔNIO CULTURAL E IMATERIAL NO ÂMBITO DO MUNICÍPIO DE CAMPO VERDE-MT, A PRATICA DO ESTILINGUE DE DEDEIRA, FORQUILHA BODOQUE E BOLEADEIRA.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/549/549_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DENOMINAÇÕES DE TRAVESSAS LOCALIZADAS NOS LOTEAMENTOS BORDAS DO LAGO E RECANTO DOS PÁSSAROS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>Donizete, Boneca, Juscelino Neves, Zé Barbeiro</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/567/567_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO NO DOMÍNIO DO MUNÍCIPIO DE CAMPO VERDE &amp;#8211; MT A LEI QUE VEDA A DISTRIBUIÇÃO DE LIVROS DO MINISTÉRIO DA EDUCAÇÃO E CULTURA, SOBRE A IDEOLOGIA DE GÊNERO</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t xml:space="preserve">Donizete, Boneca, Cícero, Gessy do Bar, Juscelino Neves, PC, Yara, Zé Barbeiro, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/580/580_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE AVENIDAS E RUAS LOCALIZADAS NO LOTEAMENTO BURITIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/592/592_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA CONCESSÃO DE ESPAÇO PÚBLICO PARA INSTALAÇÃO DE PLACAR DE MENSAGENS VARIADAS POR EMPRESAS PARTICULARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t xml:space="preserve">Pedro Cambara, Boneca, Cícero, Gessy do Bar, João Fique Frio, Juscelino Neves, KOITÉ, PC, Welson Silva, Xico do Chuchu, Yara, Zé Barbeiro, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 DISPÕE SOBRE A DENOMINAÇÃO DO PAVILHÃO CENTRAL DO PARQUE DE EXPOSIÇÕES MARCO ANTÔNIO ESTEVES DA ROCHA, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO BEBÊ NO MUNÍCIPIO DE CAMPO VERDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA DA CÂMARA MUNICIPAL DE CAMPO VERDE A EFETUAR BAIXA DOS BENS MÓVEIS INSERVÍVEIS/OBSOLETOS PARA ADMINISTRAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>PLOLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária/Legislativo/externo</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/849/849_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A REDUÇÃO DOS SUBSÍDIOS DOS VEREADORES, CONFORME PRECEITUA O ARTIGO 29, INCISO VI DA CONSTITUIÇÃO FEDERAL E ART. 21, INCISO XXIV DA LEI ORGÂNICA DO MUNICÍPIO E COMARCA DE CAMPO VERDE-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/528/528_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE CAMPO VERDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, AS SEGUINTES INFORMAÇÕES AS SEGUINTES INFORMAÇÕES SOBRE A SITUAÇÃO EM QUE SE ENCONTRA AS CASAS DO LOTEAMENTO RECANTO DOS PÁSSAROS: 1ª &amp;#8211; DE QUEM É A RESPONSABILIDADE PELA ENTREGA DAS CASAS: BANCO DO BRASIL, AMAZON OU PREFEITURA? 2ª - QUAIS OS MOTIVOS PARA NÃO REALIZAREM A ENTREGA DAS CASAS? 3ª &amp;#8211; EXISTE PREVISÃO DE ENTREGA DAS CASAS AOS CONTEMPLADOS?</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, SOBRE A SITUAÇÃO EM QUE SE ENCONTRA O PROCESSO SELETIVO. 1ª &amp;#8211; QUANDO SERÃO CONVOCADOS OS AGENTES DE COMBATE A ENDEMIAS QUE PASSARAM NO ÚLTIMO PROCESSO SELETIVO? 2º - SE FORAM CONVOCADOS? QUANTOS FORAM?</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A LEI 12.796/2013, ALTEROU OS DISPOSITIVOS DA LEI 9.394/96, QUE ESTABELECE AS DIRETRIZES E BASES DA EDUCAÇÃO NACIONAL, E PASSOU A DETERMINAR EDUCAÇÃO BÁSICA E OBRIGATÓRIA A PARTIR DE 04 (QUATRO) ANOS DE IDADE, NOS MOLDES DO ARTIGO 4ª DA REFERIDA LEI. 1º - EM RAZÃO DO DISPOSITIVO DA LEI ACIMA CITADA PRECISO SABER SE HAVERÁ MONITORES PARA ACOMPANHAMENTO DAS CRIANÇAS DENTRO DOS ÔNIBUS DO TRANSPORTE ESCOLAR DE IDA E VOLTA DO LOCAL DE ORIGEM ATÉ O LOCAL DE DESTINO.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/516/516_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, INFORMAÇÕES SOBRE O ANDAMENTO DO ESTUDO DECIDIDO EM AUDIÊNCIA PÚBLICA NA DATA DO DIA 12/08/2016, SOBRE A VIABILIDADE DE TORNAR A RUA GOIÂNIA MÃO DUPLA NOVAMENTE, ENCAMINHADO AO EXECUTIVO ATRAVÉS DO OFÍCIO N° Nº001/2015. GAB. VRA.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº005/2016 - REQUER AO ILUSTRÍSSIMO SENHOR DIVINO JOSÉ DE SOUSA CHEFE DO 51ª CIRETRAN/MT SOLICITANDO AS SEGUINTES INFORMAÇÕES: QUAL O NÚMERO DE EMPLACAMENTOS DE VEÍCULOS EFETUADOS ANUALMENTE NO MUNICÍPIO NOS ÚLTIMOS QUATRO ANOS? QUANTOS VEÍCULOS EXISTE ATUALMENTE EMPLACADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO Nº006/2016 - REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: A MÁQUINA PÁ CARREGADEIRA MAXLOADER ANO 2015, OBJETO DA PERMUTA EFETIVADA NA LEI Nº 2.138/2015, VEIO ZERO QUILÔMETRO, CONFORME DETERMINA A LEI? A MESMA MÁQUINA JÁ APRESENTOU ALGUM DEFEITO? A MANUTENÇÃO DA REFERIDA MÁQUINA É EFETIVADA CONFORME OS TERMOS DA GARANTIA MÍNIMA ESTABELECIDA NO ARTIGO 2º DA LEI SUPRAMENCIONADA? </t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/734/734_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A PREFEITURA MUNICIPAL DE CAMPO VERDE ESTÁ SEGUINDO AS DETERMINAÇÕES DA LEI MUNICIPAL Nº 748/2001, QUE OBRIGA A FIXAÇÃO DE TARJA AMARELA NOS VEÍCULOS, CAMINHÕES, MÁQUINAS E EQUIPAMENTOS DE PROPRIEDADE OU ALUGADOS À ADMINISTRAÇÃO PÚBLICA MUNICIPAL?</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t xml:space="preserve">Welson Silva, João Fique Frio, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A EMPRESA ENERGISA AS SEGUINTES INFORMAÇÕES:_x000D_
 AS REDES DE ALTA TENSÃO NA ZONA URBANA E ZONA RURAL ESTÃO DENTRO DAS NORMAS DE SEGURANÇA ESTABELECIDAS PELA ANEEL (AGENCIA NACIONAL DE ENERGIA ELÉTRICA); QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PARA EVITAR ACIDENTES DENTRO DO MUNICÍPIO DE CAMPO VERDE, POIS, É FATO NOTÓRIO E CORRIQUEIRO OS ACIDENTES SOFRIDOS PELA POPULAÇÃO; SÃO REALIZADAS VISTORIAS NAS REDES DE ALTA TENSÃO DA ZONA RURAL? COM QUE FREQUÊNCIA? APÓS SOLICITADOS REPAROS NA ZONA RURAL QUAL O TEMPO MÉDIO PARA SE EFETUAR O ATENDIMENTO? </t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, A SEGUINTE INFORMAÇÃO: A RELAÇÃO DE NOMES DAS EMPRESAS OU PESSOAS FÍSICAS QUE PRESTARAM OU CONTINUAM PRESTANDO SERVIÇOS À ADMINISTRAÇÃO PÚBLICA MUNICIPAL, NOS ANOS DE 2015 E 2016; QUAIS SÃO OS SERVIÇOS CONTRATADOS PELA PREFEITURA NO SUPRAMENCIONADO PERÍODO; AINDA NESTE CONTEXTO, INFORMAR A RELAÇÃO DE MÁQUINAS, VEÍCULOS E EQUIPAMENTOS QUE FORAM OU SÃO OBJETOS DE CONTRATOS PARA A UTILIZAÇÃO DA ADMINISTRAÇÃO PÚBLICA; RELACIONAR E INFORMAR OS VALORES FINANCEIROS ENVOLVIDOS NOS CONTRATOS SUPRACITADOS. </t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, A SEGUINTE INFORMAÇÃO: QUAIS OS GASTOS DA PREFEITURA MUNICIPAL DE CAMPO VERDE COM PUBLICIDADE, MARKETING E PROPAGANDA NOS ANOS DE 2013, 2014, 2015, 2016. </t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/861/861_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, A SEGUINTE INFORMAÇÃO:1) NOMES DOS ODONTÓLOGOS QUE ATENDEM NOS POSTOS DE SAÚDE, SEJAM CONTRATADOS OU CONCURSADOS COM AS RESPECTIVAS LOTAÇÕES; 2) RELATÓRIO DE ATENDIMENTOS INDIVIDUALIZADOS DE CADA ODONTÓLOGO, OU SEJA, QUANTOS PACIENTES EFETIVAMENTE FORAM ATENDIDOS POR DIA; 3) QUAL É A META DIÁRIA DE ATENDIMENTOS ESTABELECIDA PARA CADA PROFISSIONAL.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t xml:space="preserve">Zé Barbeiro, Boneca, Gessy do Bar, João Fique Frio, Pedro Cambara, Zé Maria </t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/862/862_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXCELENTÍSSIMO SENHOR FÁBIO SCHROETER PREFEITO MUNICIPAL, A SEGUINTE INFORMAÇÃO: 1) CÓPIA DO CONTRATO/CONVÊNIO FIRMADO ENTRE A PREFEITURA E A ASSOCIAÇÃO SOCIAL AMIGOS DA SOLIDARIEDADE &amp;#8211; ASAS, QUE ESTABELECEU O COMPROMISSO PARA O GERENCIAMENTO, OPERACIONALIZAÇÃO E EXECUÇÃO DAS AÇÕES E SERVIÇOS DE SAÚDE, NO HOSPITAL MUNICIPAL CORAÇÃO DE JESUS; 2) VALORES DETALHADOS QUE JÁ FORAM REPASSADOS PARA A REFERIDA ASSOCIAÇÃO. 3) ATO DE NOMEAÇÃO DOS MEMBROS DO CONSELHO/COMISSÃO DE FISCALIZAÇÃO DOS RECURSOS GERIDOS PELA ASAS;</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A EXCELENTÍSSIMA SENHORA MARIA APARECIDA FRAZÃO ZUNTA, AS SEGUINTES INFORMAÇÕES; 1) CÓPIA DAS ATAS DE FORMAÇÃO/NOMEAÇÃO DO CONSELHO ADMINISTRATIVO DA ASAS; 2) NOMES DOS MEMBROS DO RESPECTIVO CONSELHO COM SUAS FUNÇÕES; 3) REGIMENTO OU ATO NORMATIVO QUE REGULAMENTA O FUNCIONAMENTO E A ATUAÇÃO DO CONSELHO; 4) PARECERES MENSAIS SOBRE AS CONTAS DA ASSOCIAÇÃO SOCIAL AMIGOS DA SOLIDARIEDADE &amp;#8211; ASAS; 5) CÓPIAS DAS ATAS DE TODAS AS REUNIÕES DO CONSELHO;</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.pdf</t>
+    <t>http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A EXCELENTÍSSIMA SENHORA MARIA APARECIDA FRAZÃO ZUNTA, AS SEGUINTES INFORMAÇÕES; 1) RELATÓRIO COMPLETO DAS FOLHAS DE PAGAMENTOS COM A IDENTIFICAÇÃO DOS NOMES E VALORES RECEBIDOS POR CADA FUNCIONÁRIO (CONTRATADOS E SERVIDORES); 2) RELATÓRIO COMPLETO DOS PAGAMENTOS EFETUADOS ÀS EMPRESAS PRESTADORAS DE SERVIÇOS HOSPITALARES/MÉDICOS QUE PRESTAM OU PRESTARAM SERVIÇOS À ASAS NOS ÚLTIMOS 6 MESES. O RELATÓRIO DEVE CONTER OS NOMES E OS VALORES PAGOS DE MANEIRA INDIVIDUALIZADA; 3) VALORES DOS TRIBUTOS APURADOS, LANÇADOS E RECOLHIDOS; 4) RESPECTIVOS DÉBITOS TRIBUTÁRIOS, INCLUSIVE PARCELAMENTOS; 5) RELAÇÃO DETALHADA DAS DÍVIDAS/DÉBITOS EXISTENTES, DESDE O INÍCIO DO CONVÊNIO/CONTRATO, CELEBRADO COM O MUNICÍPIO DE CAMPO VERDE, QUE ESTABELECEU O GERENCIAMENTO, OPERACIONALIZAÇÃO E EXECUÇÃO DAS AÇÕES E SERVIÇOS DE SAÚDE, NO HOSPITAL MUNICIPAL CORAÇÃO DE JESUS; 6) RELAÇÃO DETALHADA DOS VALORES RECEBIDOS DA PREFEITURA MUNICIPAL DE CAMPO VERDE. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5485,67 +5485,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2012/2012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2013/2013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2016/3114/ata_ext._no_146-2016.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2546/2546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2547/2547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2548/2548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2556/2556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2550/2550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2551/2551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2552/2552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2553/2553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2554/2554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2555/2555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2557/2557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2558/2558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2559/2559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2560/2560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2561/2561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2562/2562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2563/2563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2564/2564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2565/2565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2566/2566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2567/2567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2568/2568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2569/2569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2570/2570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2571/2571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2572/2572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2573/2573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2574/2574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2575/2575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2581/2581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2576/2576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2577/2577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2578/2578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2579/2579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2580/2580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/637/637_texto_integral.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2012/2012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2013/2013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/sapl/public/materialegislativa/2016/3114/ata_ext._no_146-2016.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2546/2546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2547/2547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2548/2548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2556/2556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2550/2550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2551/2551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2552/2552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2553/2553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2554/2554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2555/2555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2557/2557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2558/2558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2559/2559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2560/2560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2561/2561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2562/2562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2563/2563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2564/2564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2565/2565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2566/2566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2567/2567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2568/2568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2569/2569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2570/2570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2571/2571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2572/2572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2573/2573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2574/2574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2575/2575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2581/2581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2576/2576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2577/2577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2578/2578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2579/2579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/2580/2580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/637/637_texto_integral.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoverde.mt.leg.br/media/./sapl/public/materialegislativa/2016/864/864_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H446"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="131.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>